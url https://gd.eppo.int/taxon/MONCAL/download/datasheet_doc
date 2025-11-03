--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569968edb843e8170" w:history="1">
+            <w:hyperlink r:id="rId82786908aae847d3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId974968edb843e81b2" w:history="1">
+            <w:hyperlink r:id="rId22296908aae847d7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91979083" name="name505068edb843e82b1" descr="13343.jpg"/>
+                  <wp:docPr id="16025578" name="name53906908aae847e5b" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId137068edb843e82af" cstate="print"/>
+                          <a:blip r:embed="rId25026908aae847e5a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId591268edb843e840f" w:history="1">
+            <w:hyperlink r:id="rId65116908aae847f58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33120257" name="name397368edb843e9e78" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="42813738" name="name88946908aae849478" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId498168edb843e9e76" cstate="print"/>
+                    <a:blip r:embed="rId60416908aae849475" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468668edb843eb127" w:history="1">
+      <w:hyperlink r:id="rId94176908aae84a3d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751368edb843eb180" w:history="1">
+      <w:hyperlink r:id="rId88556908aae84a42f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866468edb843eb1ff" w:history="1">
+      <w:hyperlink r:id="rId67236908aae84a4ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId894568edb843eb271" w:history="1">
+      <w:hyperlink r:id="rId59046908aae84a522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447368edb843eb6ac" w:history="1">
+      <w:hyperlink r:id="rId78126908aae84a71f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830668edb843eb704" w:history="1">
+      <w:hyperlink r:id="rId43836908aae84a770" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804568edb843eb8a9" w:history="1">
+      <w:hyperlink r:id="rId31806908aae84a8aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491468edb843ec08f" w:history="1">
+      <w:hyperlink r:id="rId65026908aae84ae49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723668edb843ec4e6" w:history="1">
+      <w:hyperlink r:id="rId73776908aae84b195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265768edb843ec577" w:history="1">
+      <w:hyperlink r:id="rId50346908aae84b20b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683568edb843ec5da" w:history="1">
+      <w:hyperlink r:id="rId71316908aae84b26c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367368edb843ec727" w:history="1">
+      <w:hyperlink r:id="rId12246908aae84b336" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75003473" name="name147968edb843ec829" descr="eu_funding_250.png"/>
+            <wp:docPr id="36325182" name="name97406908aae84b3d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId417868edb843ec827" cstate="print"/>
+                    <a:blip r:embed="rId98576908aae84b3d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77154128">
+  <w:abstractNum w:abstractNumId="75446598">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24044049">
+    <w:lvl w:ilvl="0" w:tplc="34292843">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24044049" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34292843" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77154127">
+  <w:abstractNum w:abstractNumId="75446597">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56235741">
+    <w:lvl w:ilvl="0" w:tplc="24723481">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77154127">
-    <w:abstractNumId w:val="77154127"/>
+  <w:num w:numId="75446597">
+    <w:abstractNumId w:val="75446597"/>
   </w:num>
-  <w:num w:numId="77154128">
-    <w:abstractNumId w:val="77154128"/>
+  <w:num w:numId="75446598">
+    <w:abstractNumId w:val="75446598"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728914086" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId276800225" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId569968edb843e8170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId974968edb843e81b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId591268edb843e840f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId468668edb843eb127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId751368edb843eb180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId866468edb843eb1ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId894568edb843eb271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId447368edb843eb6ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId830668edb843eb704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId804568edb843eb8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId491468edb843ec08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId723668edb843ec4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId265768edb843ec577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId683568edb843ec5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId367368edb843ec727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId137068edb843e82af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId137068edb843e82af.jpg"/><Relationship Id="rId498168edb843e9e76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498168edb843e9e76.jpg"/><Relationship Id="rId417868edb843ec827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId417868edb843ec827.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId406293722" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480229109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82786908aae847d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId22296908aae847d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId65116908aae847f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId94176908aae84a3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId88556908aae84a42f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId67236908aae84a4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId59046908aae84a522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId78126908aae84a71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId43836908aae84a770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId31806908aae84a8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId65026908aae84ae49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId73776908aae84b195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId50346908aae84b20b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId71316908aae84b26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId12246908aae84b336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25026908aae847e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25026908aae847e5a.jpg"/><Relationship Id="rId60416908aae849475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60416908aae849475.jpg"/><Relationship Id="rId98576908aae84b3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98576908aae84b3d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>