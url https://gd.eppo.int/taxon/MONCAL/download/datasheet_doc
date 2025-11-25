--- v1 (2025-11-03)
+++ v2 (2025-11-25)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82786908aae847d3a" w:history="1">
+            <w:hyperlink r:id="rId7501692614a6560f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22296908aae847d7f" w:history="1">
+            <w:hyperlink r:id="rId2727692614a65613b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16025578" name="name53906908aae847e5b" descr="13343.jpg"/>
+                  <wp:docPr id="81832726" name="name9399692614a6561f8" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId25026908aae847e5a" cstate="print"/>
+                          <a:blip r:embed="rId6333692614a6561f7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId65116908aae847f58" w:history="1">
+            <w:hyperlink r:id="rId2076692614a656325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42813738" name="name88946908aae849478" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="88178201" name="name7004692614a657bb6" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60416908aae849475" cstate="print"/>
+                    <a:blip r:embed="rId3033692614a657bb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94176908aae84a3d5" w:history="1">
+      <w:hyperlink r:id="rId1359692614a658b18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88556908aae84a42f" w:history="1">
+      <w:hyperlink r:id="rId4275692614a658b72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67236908aae84a4ae" w:history="1">
+      <w:hyperlink r:id="rId3923692614a658bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59046908aae84a522" w:history="1">
+      <w:hyperlink r:id="rId8871692614a658c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78126908aae84a71f" w:history="1">
+      <w:hyperlink r:id="rId2134692614a658e78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43836908aae84a770" w:history="1">
+      <w:hyperlink r:id="rId7487692614a658ecb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31806908aae84a8aa" w:history="1">
+      <w:hyperlink r:id="rId9334692614a658ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65026908aae84ae49" w:history="1">
+      <w:hyperlink r:id="rId8105692614a6595ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73776908aae84b195" w:history="1">
+      <w:hyperlink r:id="rId6284692614a659919" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50346908aae84b20b" w:history="1">
+      <w:hyperlink r:id="rId6122692614a659991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71316908aae84b26c" w:history="1">
+      <w:hyperlink r:id="rId8900692614a6599f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12246908aae84b336" w:history="1">
+      <w:hyperlink r:id="rId4556692614a659aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36325182" name="name97406908aae84b3d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="17749930" name="name6440692614a659b4b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98576908aae84b3d3" cstate="print"/>
+                    <a:blip r:embed="rId9443692614a659b4a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75446598">
+  <w:abstractNum w:abstractNumId="17394111">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34292843">
+    <w:lvl w:ilvl="0" w:tplc="12671345">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34292843" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12671345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75446597">
+  <w:abstractNum w:abstractNumId="17394110">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24723481">
+    <w:lvl w:ilvl="0" w:tplc="23972207">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75446597">
-    <w:abstractNumId w:val="75446597"/>
+  <w:num w:numId="17394110">
+    <w:abstractNumId w:val="17394110"/>
   </w:num>
-  <w:num w:numId="75446598">
-    <w:abstractNumId w:val="75446598"/>
+  <w:num w:numId="17394111">
+    <w:abstractNumId w:val="17394111"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId406293722" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId480229109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82786908aae847d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId22296908aae847d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId65116908aae847f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId94176908aae84a3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId88556908aae84a42f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId67236908aae84a4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId59046908aae84a522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId78126908aae84a71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId43836908aae84a770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId31806908aae84a8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId65026908aae84ae49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId73776908aae84b195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId50346908aae84b20b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId71316908aae84b26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId12246908aae84b336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25026908aae847e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25026908aae847e5a.jpg"/><Relationship Id="rId60416908aae849475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60416908aae849475.jpg"/><Relationship Id="rId98576908aae84b3d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98576908aae84b3d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId297804794" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId244309232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7501692614a6560f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId2727692614a65613b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId2076692614a656325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId1359692614a658b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId4275692614a658b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId3923692614a658bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId8871692614a658c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId2134692614a658e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId7487692614a658ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId9334692614a658ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId8105692614a6595ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId6284692614a659919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId6122692614a659991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId8900692614a6599f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId4556692614a659aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6333692614a6561f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6333692614a6561f7.jpg"/><Relationship Id="rId3033692614a657bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3033692614a657bb3.jpg"/><Relationship Id="rId9443692614a659b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9443692614a659b4a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>