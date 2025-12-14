--- v2 (2025-11-25)
+++ v3 (2025-12-14)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7501692614a6560f5" w:history="1">
+            <w:hyperlink r:id="rId5889693ed56f88eea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2727692614a65613b" w:history="1">
+            <w:hyperlink r:id="rId6499693ed56f88f2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81832726" name="name9399692614a6561f8" descr="13343.jpg"/>
+                  <wp:docPr id="32982200" name="name8952693ed56f89d43" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6333692614a6561f7" cstate="print"/>
+                          <a:blip r:embed="rId2357693ed56f89d40" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2076692614a656325" w:history="1">
+            <w:hyperlink r:id="rId7125693ed56f89e67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88178201" name="name7004692614a657bb6" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="11860134" name="name8344693ed56f8b626" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3033692614a657bb3" cstate="print"/>
+                    <a:blip r:embed="rId4490693ed56f8b623" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1359692614a658b18" w:history="1">
+      <w:hyperlink r:id="rId4867693ed56f8c7e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4275692614a658b72" w:history="1">
+      <w:hyperlink r:id="rId1952693ed56f8c83f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3923692614a658bf2" w:history="1">
+      <w:hyperlink r:id="rId2806693ed56f8c8c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8871692614a658c66" w:history="1">
+      <w:hyperlink r:id="rId6389693ed56f8c94f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2134692614a658e78" w:history="1">
+      <w:hyperlink r:id="rId1359693ed56f8cbbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7487692614a658ecb" w:history="1">
+      <w:hyperlink r:id="rId2587693ed56f8cc14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9334692614a658ffb" w:history="1">
+      <w:hyperlink r:id="rId3591693ed56f8cd81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8105692614a6595ca" w:history="1">
+      <w:hyperlink r:id="rId3711693ed56f8d3f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6284692614a659919" w:history="1">
+      <w:hyperlink r:id="rId2794693ed56f8d759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6122692614a659991" w:history="1">
+      <w:hyperlink r:id="rId7265693ed56f8d7fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8900692614a6599f2" w:history="1">
+      <w:hyperlink r:id="rId5357693ed56f8d867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4556692614a659aa6" w:history="1">
+      <w:hyperlink r:id="rId6538693ed56f8d94e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17749930" name="name6440692614a659b4b" descr="eu_funding_250.png"/>
+            <wp:docPr id="67237600" name="name2199693ed56f8da10" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9443692614a659b4a" cstate="print"/>
+                    <a:blip r:embed="rId1485693ed56f8da0f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17394111">
+  <w:abstractNum w:abstractNumId="35333292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12671345">
+    <w:lvl w:ilvl="0" w:tplc="23181210">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12671345" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23181210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17394110">
+  <w:abstractNum w:abstractNumId="35333291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23972207">
+    <w:lvl w:ilvl="0" w:tplc="67376151">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17394110">
-    <w:abstractNumId w:val="17394110"/>
+  <w:num w:numId="35333291">
+    <w:abstractNumId w:val="35333291"/>
   </w:num>
-  <w:num w:numId="17394111">
-    <w:abstractNumId w:val="17394111"/>
+  <w:num w:numId="35333292">
+    <w:abstractNumId w:val="35333292"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId297804794" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId244309232" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7501692614a6560f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId2727692614a65613b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId2076692614a656325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId1359692614a658b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId4275692614a658b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId3923692614a658bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId8871692614a658c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId2134692614a658e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId7487692614a658ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId9334692614a658ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId8105692614a6595ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId6284692614a659919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId6122692614a659991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId8900692614a6599f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId4556692614a659aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6333692614a6561f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6333692614a6561f7.jpg"/><Relationship Id="rId3033692614a657bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3033692614a657bb3.jpg"/><Relationship Id="rId9443692614a659b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9443692614a659b4a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449829658" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId980891355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5889693ed56f88eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId6499693ed56f88f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId7125693ed56f89e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId4867693ed56f8c7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId1952693ed56f8c83f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId2806693ed56f8c8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId6389693ed56f8c94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId1359693ed56f8cbbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId2587693ed56f8cc14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId3591693ed56f8cd81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId3711693ed56f8d3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId2794693ed56f8d759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId7265693ed56f8d7fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId5357693ed56f8d867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6538693ed56f8d94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2357693ed56f89d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2357693ed56f89d40.jpg"/><Relationship Id="rId4490693ed56f8b623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4490693ed56f8b623.jpg"/><Relationship Id="rId1485693ed56f8da0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1485693ed56f8da0f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>