--- v3 (2025-12-14)
+++ v4 (2026-01-08)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5889693ed56f88eea" w:history="1">
+            <w:hyperlink r:id="rId646469600ee62978a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6499693ed56f88f2d" w:history="1">
+            <w:hyperlink r:id="rId253769600ee6297ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32982200" name="name8952693ed56f89d43" descr="13343.jpg"/>
+                  <wp:docPr id="58534346" name="name180069600ee629894" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2357693ed56f89d40" cstate="print"/>
+                          <a:blip r:embed="rId848169600ee629893" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7125693ed56f89e67" w:history="1">
+            <w:hyperlink r:id="rId612769600ee6299c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11860134" name="name8344693ed56f8b626" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="125039" name="name112169600ee62ad45" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4490693ed56f8b623" cstate="print"/>
+                    <a:blip r:embed="rId322069600ee62ad43" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4867693ed56f8c7e5" w:history="1">
+      <w:hyperlink r:id="rId473969600ee62bc59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1952693ed56f8c83f" w:history="1">
+      <w:hyperlink r:id="rId943369600ee62bcb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2806693ed56f8c8c0" w:history="1">
+      <w:hyperlink r:id="rId127669600ee62bd2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6389693ed56f8c94f" w:history="1">
+      <w:hyperlink r:id="rId547469600ee62bd9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1359693ed56f8cbbf" w:history="1">
+      <w:hyperlink r:id="rId787869600ee62bfaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2587693ed56f8cc14" w:history="1">
+      <w:hyperlink r:id="rId755669600ee62c001" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3591693ed56f8cd81" w:history="1">
+      <w:hyperlink r:id="rId344869600ee62c12b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3711693ed56f8d3f6" w:history="1">
+      <w:hyperlink r:id="rId715869600ee62c6cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2794693ed56f8d759" w:history="1">
+      <w:hyperlink r:id="rId380069600ee62ca11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7265693ed56f8d7fc" w:history="1">
+      <w:hyperlink r:id="rId327569600ee62ca87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5357693ed56f8d867" w:history="1">
+      <w:hyperlink r:id="rId696569600ee62cae6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6167,73 +6167,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6538693ed56f8d94e" w:history="1">
+      <w:hyperlink r:id="rId674269600ee62cb98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67237600" name="name2199693ed56f8da10" descr="eu_funding_250.png"/>
+            <wp:docPr id="59523982" name="name994469600ee62cc2e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1485693ed56f8da0f" cstate="print"/>
+                    <a:blip r:embed="rId197769600ee62cc2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35333292">
+  <w:abstractNum w:abstractNumId="78790368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23181210">
+    <w:lvl w:ilvl="0" w:tplc="73766083">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23181210" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73766083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35333291">
+  <w:abstractNum w:abstractNumId="78790367">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67376151">
+    <w:lvl w:ilvl="0" w:tplc="36093469">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35333291">
-    <w:abstractNumId w:val="35333291"/>
+  <w:num w:numId="78790367">
+    <w:abstractNumId w:val="78790367"/>
   </w:num>
-  <w:num w:numId="35333292">
-    <w:abstractNumId w:val="35333292"/>
+  <w:num w:numId="78790368">
+    <w:abstractNumId w:val="78790368"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449829658" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId980891355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5889693ed56f88eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId6499693ed56f88f2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId7125693ed56f89e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId4867693ed56f8c7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId1952693ed56f8c83f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId2806693ed56f8c8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId6389693ed56f8c94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId1359693ed56f8cbbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId2587693ed56f8cc14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId3591693ed56f8cd81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId3711693ed56f8d3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId2794693ed56f8d759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId7265693ed56f8d7fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId5357693ed56f8d867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6538693ed56f8d94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2357693ed56f89d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2357693ed56f89d40.jpg"/><Relationship Id="rId4490693ed56f8b623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4490693ed56f8b623.jpg"/><Relationship Id="rId1485693ed56f8da0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1485693ed56f8da0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId420368111" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336367273" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId646469600ee62978a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId253769600ee6297ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId612769600ee6299c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId473969600ee62bc59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId943369600ee62bcb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId127669600ee62bd2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId547469600ee62bd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId787869600ee62bfaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId755669600ee62c001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId344869600ee62c12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId715869600ee62c6cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId380069600ee62ca11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId327569600ee62ca87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId696569600ee62cae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId674269600ee62cb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId848169600ee629893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848169600ee629893.jpg"/><Relationship Id="rId322069600ee62ad43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId322069600ee62ad43.jpg"/><Relationship Id="rId197769600ee62cc2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197769600ee62cc2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>