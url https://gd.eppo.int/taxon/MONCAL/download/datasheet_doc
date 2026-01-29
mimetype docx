--- v4 (2026-01-08)
+++ v5 (2026-01-29)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId646469600ee62978a" w:history="1">
+            <w:hyperlink r:id="rId3118697ba94660e48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253769600ee6297ce" w:history="1">
+            <w:hyperlink r:id="rId8790697ba94660e8f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58534346" name="name180069600ee629894" descr="13343.jpg"/>
+                  <wp:docPr id="31130590" name="name2312697ba9466145d" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId848169600ee629893" cstate="print"/>
+                          <a:blip r:embed="rId4473697ba9466145b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId612769600ee6299c2" w:history="1">
+            <w:hyperlink r:id="rId6309697ba9466159c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="125039" name="name112169600ee62ad45" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="90706245" name="name8185697ba946629b0" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId322069600ee62ad43" cstate="print"/>
+                    <a:blip r:embed="rId3467697ba946629ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473969600ee62bc59" w:history="1">
+      <w:hyperlink r:id="rId9738697ba9466393d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943369600ee62bcb0" w:history="1">
+      <w:hyperlink r:id="rId3808697ba946639ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127669600ee62bd2f" w:history="1">
+      <w:hyperlink r:id="rId2802697ba94663a30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547469600ee62bd9f" w:history="1">
+      <w:hyperlink r:id="rId6693697ba94663acb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787869600ee62bfaf" w:history="1">
+      <w:hyperlink r:id="rId1928697ba94663de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755669600ee62c001" w:history="1">
+      <w:hyperlink r:id="rId3633697ba94663e4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344869600ee62c12b" w:history="1">
+      <w:hyperlink r:id="rId6848697ba94663f7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715869600ee62c6cd" w:history="1">
+      <w:hyperlink r:id="rId1936697ba94664530" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380069600ee62ca11" w:history="1">
+      <w:hyperlink r:id="rId4049697ba9466487f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327569600ee62ca87" w:history="1">
+      <w:hyperlink r:id="rId1787697ba946648f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696569600ee62cae6" w:history="1">
+      <w:hyperlink r:id="rId1765697ba9466496d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674269600ee62cb98" w:history="1">
+      <w:hyperlink r:id="rId8734697ba94664a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59523982" name="name994469600ee62cc2e" descr="eu_funding_250.png"/>
+            <wp:docPr id="63930818" name="name5963697ba94664e1e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId197769600ee62cc2d" cstate="print"/>
+                    <a:blip r:embed="rId3082697ba94664e1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78790368">
+  <w:abstractNum w:abstractNumId="97158428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73766083">
+    <w:lvl w:ilvl="0" w:tplc="53657862">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73766083" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53657862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78790367">
+  <w:abstractNum w:abstractNumId="97158427">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36093469">
+    <w:lvl w:ilvl="0" w:tplc="46339502">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78790367">
-    <w:abstractNumId w:val="78790367"/>
+  <w:num w:numId="97158427">
+    <w:abstractNumId w:val="97158427"/>
   </w:num>
-  <w:num w:numId="78790368">
-    <w:abstractNumId w:val="78790368"/>
+  <w:num w:numId="97158428">
+    <w:abstractNumId w:val="97158428"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId420368111" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336367273" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId646469600ee62978a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId253769600ee6297ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId612769600ee6299c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId473969600ee62bc59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId943369600ee62bcb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId127669600ee62bd2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId547469600ee62bd9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId787869600ee62bfaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId755669600ee62c001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId344869600ee62c12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId715869600ee62c6cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId380069600ee62ca11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId327569600ee62ca87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId696569600ee62cae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId674269600ee62cb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId848169600ee629893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848169600ee629893.jpg"/><Relationship Id="rId322069600ee62ad43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId322069600ee62ad43.jpg"/><Relationship Id="rId197769600ee62cc2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197769600ee62cc2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId236163443" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886204503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3118697ba94660e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId8790697ba94660e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId6309697ba9466159c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId9738697ba9466393d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId3808697ba946639ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId2802697ba94663a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId6693697ba94663acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId1928697ba94663de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId3633697ba94663e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId6848697ba94663f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId1936697ba94664530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId4049697ba9466487f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId1787697ba946648f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId1765697ba9466496d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId8734697ba94664a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4473697ba9466145b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4473697ba9466145b.jpg"/><Relationship Id="rId3467697ba946629ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3467697ba946629ad.jpg"/><Relationship Id="rId3082697ba94664e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3082697ba94664e1c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>