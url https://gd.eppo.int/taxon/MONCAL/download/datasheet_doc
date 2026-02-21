--- v5 (2026-01-29)
+++ v6 (2026-02-21)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3118697ba94660e48" w:history="1">
+            <w:hyperlink r:id="rId4469699a25a9e771d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8790697ba94660e8f" w:history="1">
+            <w:hyperlink r:id="rId3439699a25a9e7770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31130590" name="name2312697ba9466145d" descr="13343.jpg"/>
+                  <wp:docPr id="19259447" name="name5103699a25a9e7e6d" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4473697ba9466145b" cstate="print"/>
+                          <a:blip r:embed="rId6920699a25a9e7e6b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6309697ba9466159c" w:history="1">
+            <w:hyperlink r:id="rId5132699a25a9e7fd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90706245" name="name8185697ba946629b0" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="28855772" name="name6183699a25a9e958d" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3467697ba946629ad" cstate="print"/>
+                    <a:blip r:embed="rId2168699a25a9e958b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9738697ba9466393d" w:history="1">
+      <w:hyperlink r:id="rId5219699a25a9ea531" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3808697ba946639ad" w:history="1">
+      <w:hyperlink r:id="rId2179699a25a9ea58d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2802697ba94663a30" w:history="1">
+      <w:hyperlink r:id="rId2002699a25a9ea636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6693697ba94663acb" w:history="1">
+      <w:hyperlink r:id="rId6572699a25a9ea6ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1928697ba94663de2" w:history="1">
+      <w:hyperlink r:id="rId7407699a25a9ea8b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3633697ba94663e4f" w:history="1">
+      <w:hyperlink r:id="rId1836699a25a9ea903" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6848697ba94663f7d" w:history="1">
+      <w:hyperlink r:id="rId7377699a25a9eaa31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1936697ba94664530" w:history="1">
+      <w:hyperlink r:id="rId4011699a25a9eaff4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4049697ba9466487f" w:history="1">
+      <w:hyperlink r:id="rId8866699a25a9eb343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1787697ba946648f7" w:history="1">
+      <w:hyperlink r:id="rId5611699a25a9eb3ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1765697ba9466496d" w:history="1">
+      <w:hyperlink r:id="rId1311699a25a9eb41d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8734697ba94664a8c" w:history="1">
+      <w:hyperlink r:id="rId6844699a25a9eb4d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63930818" name="name5963697ba94664e1e" descr="eu_funding_250.png"/>
+            <wp:docPr id="72091877" name="name7042699a25a9eb6e3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3082697ba94664e1c" cstate="print"/>
+                    <a:blip r:embed="rId8406699a25a9eb6e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97158428">
+  <w:abstractNum w:abstractNumId="55363840">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53657862">
+    <w:lvl w:ilvl="0" w:tplc="43828455">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53657862" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43828455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97158427">
+  <w:abstractNum w:abstractNumId="55363839">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46339502">
+    <w:lvl w:ilvl="0" w:tplc="51037384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97158427">
-    <w:abstractNumId w:val="97158427"/>
+  <w:num w:numId="55363839">
+    <w:abstractNumId w:val="55363839"/>
   </w:num>
-  <w:num w:numId="97158428">
-    <w:abstractNumId w:val="97158428"/>
+  <w:num w:numId="55363840">
+    <w:abstractNumId w:val="55363840"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId236163443" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId886204503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3118697ba94660e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId8790697ba94660e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId6309697ba9466159c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId9738697ba9466393d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId3808697ba946639ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId2802697ba94663a30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId6693697ba94663acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId1928697ba94663de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId3633697ba94663e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId6848697ba94663f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId1936697ba94664530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId4049697ba9466487f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId1787697ba946648f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId1765697ba9466496d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId8734697ba94664a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4473697ba9466145b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4473697ba9466145b.jpg"/><Relationship Id="rId3467697ba946629ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3467697ba946629ad.jpg"/><Relationship Id="rId3082697ba94664e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3082697ba94664e1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698680305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId782525530" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4469699a25a9e771d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId3439699a25a9e7770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId5132699a25a9e7fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId5219699a25a9ea531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId2179699a25a9ea58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId2002699a25a9ea636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId6572699a25a9ea6ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId7407699a25a9ea8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId1836699a25a9ea903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId7377699a25a9eaa31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId4011699a25a9eaff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId8866699a25a9eb343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId5611699a25a9eb3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId1311699a25a9eb41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6844699a25a9eb4d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6920699a25a9e7e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6920699a25a9e7e6b.jpg"/><Relationship Id="rId2168699a25a9e958b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2168699a25a9e958b.jpg"/><Relationship Id="rId8406699a25a9eb6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8406699a25a9eb6e2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>