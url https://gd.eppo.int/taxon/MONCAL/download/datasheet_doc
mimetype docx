--- v6 (2026-02-21)
+++ v7 (2026-02-21)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4469699a25a9e771d" w:history="1">
+            <w:hyperlink r:id="rId4081699a3a6488eb4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3439699a25a9e7770" w:history="1">
+            <w:hyperlink r:id="rId2340699a3a6488ef9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19259447" name="name5103699a25a9e7e6d" descr="13343.jpg"/>
+                  <wp:docPr id="36141476" name="name5070699a3a648900e" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6920699a25a9e7e6b" cstate="print"/>
+                          <a:blip r:embed="rId8307699a3a648900d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5132699a25a9e7fd8" w:history="1">
+            <w:hyperlink r:id="rId3448699a3a6489141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28855772" name="name6183699a25a9e958d" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="34767274" name="name4477699a3a648a972" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2168699a25a9e958b" cstate="print"/>
+                    <a:blip r:embed="rId1240699a3a648a969" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5219699a25a9ea531" w:history="1">
+      <w:hyperlink r:id="rId8090699a3a648c33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2179699a25a9ea58d" w:history="1">
+      <w:hyperlink r:id="rId6235699a3a648c396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2002699a25a9ea636" w:history="1">
+      <w:hyperlink r:id="rId3538699a3a648c415" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6572699a25a9ea6ae" w:history="1">
+      <w:hyperlink r:id="rId3837699a3a648c486" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7407699a25a9ea8b0" w:history="1">
+      <w:hyperlink r:id="rId6227699a3a648c677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1836699a25a9ea903" w:history="1">
+      <w:hyperlink r:id="rId4216699a3a648c6c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7377699a25a9eaa31" w:history="1">
+      <w:hyperlink r:id="rId1578699a3a648c7ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4011699a25a9eaff4" w:history="1">
+      <w:hyperlink r:id="rId8596699a3a648cda6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8866699a25a9eb343" w:history="1">
+      <w:hyperlink r:id="rId5606699a3a648d0f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5611699a25a9eb3ba" w:history="1">
+      <w:hyperlink r:id="rId3263699a3a648d16f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1311699a25a9eb41d" w:history="1">
+      <w:hyperlink r:id="rId5725699a3a648d1ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6844699a25a9eb4d3" w:history="1">
+      <w:hyperlink r:id="rId6473699a3a648d283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72091877" name="name7042699a25a9eb6e3" descr="eu_funding_250.png"/>
+            <wp:docPr id="76420622" name="name1163699a3a648d375" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8406699a25a9eb6e2" cstate="print"/>
+                    <a:blip r:embed="rId3831699a3a648d374" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55363840">
+  <w:abstractNum w:abstractNumId="83380984">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43828455">
+    <w:lvl w:ilvl="0" w:tplc="69435264">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43828455" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69435264" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55363839">
+  <w:abstractNum w:abstractNumId="83380983">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51037384">
+    <w:lvl w:ilvl="0" w:tplc="39712516">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55363839">
-    <w:abstractNumId w:val="55363839"/>
+  <w:num w:numId="83380983">
+    <w:abstractNumId w:val="83380983"/>
   </w:num>
-  <w:num w:numId="55363840">
-    <w:abstractNumId w:val="55363840"/>
+  <w:num w:numId="83380984">
+    <w:abstractNumId w:val="83380984"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698680305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId782525530" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4469699a25a9e771d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId3439699a25a9e7770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId5132699a25a9e7fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId5219699a25a9ea531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId2179699a25a9ea58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId2002699a25a9ea636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId6572699a25a9ea6ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId7407699a25a9ea8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId1836699a25a9ea903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId7377699a25a9eaa31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId4011699a25a9eaff4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId8866699a25a9eb343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId5611699a25a9eb3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId1311699a25a9eb41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6844699a25a9eb4d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6920699a25a9e7e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6920699a25a9e7e6b.jpg"/><Relationship Id="rId2168699a25a9e958b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2168699a25a9e958b.jpg"/><Relationship Id="rId8406699a25a9eb6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8406699a25a9eb6e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989523794" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId601061575" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4081699a3a6488eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId2340699a3a6488ef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId3448699a3a6489141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId8090699a3a648c33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId6235699a3a648c396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId3538699a3a648c415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId3837699a3a648c486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6227699a3a648c677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId4216699a3a648c6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId1578699a3a648c7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId8596699a3a648cda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId5606699a3a648d0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId3263699a3a648d16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId5725699a3a648d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6473699a3a648d283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8307699a3a648900d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8307699a3a648900d.jpg"/><Relationship Id="rId1240699a3a648a969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1240699a3a648a969.jpg"/><Relationship Id="rId3831699a3a648d374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3831699a3a648d374.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>