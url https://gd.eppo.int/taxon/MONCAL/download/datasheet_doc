--- v7 (2026-02-21)
+++ v8 (2026-03-14)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4081699a3a6488eb4" w:history="1">
+            <w:hyperlink r:id="rId768269b4b0548981b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2340699a3a6488ef9" w:history="1">
+            <w:hyperlink r:id="rId831569b4b05489862" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36141476" name="name5070699a3a648900e" descr="13343.jpg"/>
+                  <wp:docPr id="56757293" name="name197669b4b0548a067" descr="13343.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13343.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8307699a3a648900d" cstate="print"/>
+                          <a:blip r:embed="rId125969b4b0548a065" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3448699a3a6489141" w:history="1">
+            <w:hyperlink r:id="rId288069b4b0548a1b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1702,63 +1702,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is common in several southern Asian countries. This species has been detected many times in wood packaging material imported to Europe (Estonia, Germany, United Kingdom, Denmark, Norway) with cargos from China, but there are no cases of its establishment in the natural environment (Kvamme &amp; Magnusson, 2006; EPPO, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34767274" name="name4477699a3a648a972" descr="MONCAL_distribution_map.jpg"/>
+            <wp:docPr id="39433273" name="name675869b4b0548b3fe" descr="MONCAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1240699a3a648a969" cstate="print"/>
+                    <a:blip r:embed="rId855469b4b0548b3fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3795,101 +3795,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2016) Exotic Wood Borer/Bark Beetle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hope). Coleoptera: Cerambycidae. Japanese Pine Sawyer, Survey Reference (Last updated: July 29, 2016). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8090699a3a648c33e" w:history="1">
+      <w:hyperlink r:id="rId597069b4b0548c3a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI online. Invasive Species Compendium, online. Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6235699a3a648c396" w:history="1">
+      <w:hyperlink r:id="rId306369b4b0548c3fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davis EE, Albrecht EM, Venette RC (2008) Exotic pine pests: survey reference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAPS, cooperative agriculture pest survey, 63-74. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3538699a3a648c415" w:history="1">
+      <w:hyperlink r:id="rId957969b4b0548c47e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3990,51 +3990,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781. 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3837699a3a648c486" w:history="1">
+      <w:hyperlink r:id="rId263969b4b0548c4f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4302,101 +4302,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6227699a3a648c677" w:history="1">
+      <w:hyperlink r:id="rId202969b4b0548c6f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C, Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4216699a3a648c6c9" w:history="1">
+      <w:hyperlink r:id="rId909669b4b0548c742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://studylib.net/doc/7541927/09-15450</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4536,51 +4536,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood Produced by the Secretariat of the International Plant Protection Convention Adopted 2017; published 2017, FAO, Rome, 20 pp</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1578699a3a648c7ee" w:history="1">
+      <w:hyperlink r:id="rId250769b4b0548c86e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5425,51 +5425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, N 9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8596699a3a648cda6" w:history="1">
+      <w:hyperlink r:id="rId778769b4b0548ce43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0045505</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5950,51 +5950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 35–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5606699a3a648d0f7" w:history="1">
+      <w:hyperlink r:id="rId347569b4b0548d199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10310-005-0184-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6020,51 +6020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium (online) Datasheet report for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese pine sawyer). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3263699a3a648d16f" w:history="1">
+      <w:hyperlink r:id="rId864169b4b0548d21b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/34719#tocontributors</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed: 14 January 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6079,51 +6079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority) (2020) Schenk M, Loomans A, Kinkar M, Vos S (2020) Pest survey card on non-European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. EFSA supporting publication EN-1781, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5725699a3a648d1ce" w:history="1">
+      <w:hyperlink r:id="rId522869b4b0548d27d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6189,51 +6189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6473699a3a648d283" w:history="1">
+      <w:hyperlink r:id="rId159769b4b0548d330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6246,63 +6246,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76420622" name="name1163699a3a648d375" descr="eu_funding_250.png"/>
+            <wp:docPr id="17287861" name="name229869b4b0548d76c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3831699a3a648d374" cstate="print"/>
+                    <a:blip r:embed="rId848269b4b0548d76a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6400,137 +6400,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83380984">
+  <w:abstractNum w:abstractNumId="68832068">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69435264">
+    <w:lvl w:ilvl="0" w:tplc="76240595">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69435264" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76240595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83380983">
+  <w:abstractNum w:abstractNumId="68832067">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39712516">
+    <w:lvl w:ilvl="0" w:tplc="13991255">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7282,55 +7282,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83380983">
-    <w:abstractNumId w:val="83380983"/>
+  <w:num w:numId="68832067">
+    <w:abstractNumId w:val="68832067"/>
   </w:num>
-  <w:num w:numId="83380984">
-    <w:abstractNumId w:val="83380984"/>
+  <w:num w:numId="68832068">
+    <w:abstractNumId w:val="68832068"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18880,51 +18880,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989523794" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId601061575" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4081699a3a6488eb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId2340699a3a6488ef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId3448699a3a6489141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId8090699a3a648c33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId6235699a3a648c396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId3538699a3a648c415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId3837699a3a648c486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6227699a3a648c677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId4216699a3a648c6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId1578699a3a648c7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId8596699a3a648cda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId5606699a3a648d0f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId3263699a3a648d16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId5725699a3a648d1ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId6473699a3a648d283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8307699a3a648900d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8307699a3a648900d.jpg"/><Relationship Id="rId1240699a3a648a969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1240699a3a648a969.jpg"/><Relationship Id="rId3831699a3a648d374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3831699a3a648d374.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId595227397" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId747192077" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId768269b4b0548981b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/" TargetMode="External"/><Relationship Id="rId831569b4b05489862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/categorization" TargetMode="External"/><Relationship Id="rId288069b4b0548a1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCAL/photos" TargetMode="External"/><Relationship Id="rId597069b4b0548c3a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3059" TargetMode="External"/><Relationship Id="rId306369b4b0548c3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId957969b4b0548c47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_026444.pdf" TargetMode="External"/><Relationship Id="rId263969b4b0548c4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId202969b4b0548c6f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId909669b4b0548c742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studylib.net/doc/7541927/09-15450" TargetMode="External"/><Relationship Id="rId250769b4b0548c86e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId778769b4b0548ce43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0045505" TargetMode="External"/><Relationship Id="rId347569b4b0548d199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10310-005-0184-5" TargetMode="External"/><Relationship Id="rId864169b4b0548d21b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/34719#tocontributors" TargetMode="External"/><Relationship Id="rId522869b4b0548d27d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId159769b4b0548d330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId125969b4b0548a065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId125969b4b0548a065.jpg"/><Relationship Id="rId855469b4b0548b3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId855469b4b0548b3fa.jpg"/><Relationship Id="rId848269b4b0548d76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848269b4b0548d76a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>