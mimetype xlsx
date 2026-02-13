--- v0 (2025-10-04)
+++ v1 (2026-02-13)
@@ -104,51 +104,51 @@
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>
   <si>
     <t>EPPO</t>
   </si>
   <si>
     <t>9A</t>
   </si>