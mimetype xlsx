--- v0 (2025-10-04)
+++ v1 (2025-11-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MNGIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 ------- "Records of L. orbonalis on non-Solanaceae host plants appear to be incidental, and the species is unlikely to complete its life cycle on these plants". For Mangifera indica, the host record is considered erroneous. </t>
   </si>
@@ -271,50 +271,59 @@
     <t>Bactrocera curvipennis</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.
 * He Y, Xu Y, Chen X (2023) Biology, ecology and management of Tephritid fruit flies in China: A review. Insects 14, 196. https://doi.org/10.3390/insects14020196
 * Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549
 * Rasolofoarivao H, Raveloson Ravaomanarivo LH, Delatte H (2021) Host plant ranges of fruit flies (Diptera: Tephritidae) in Madagascar. Bulletin of Entomological Research 1–12. https://doi.org/10.1017/ S0007485321000511</t>
   </si>
   <si>
     <t>BCTRPA</t>
   </si>
   <si>
     <t>Bactrocera passiflorae</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549.</t>
+  </si>
+  <si>
+    <t>TOLCND</t>
+  </si>
+  <si>
+    <t>Begomovirus solanumdelhiense</t>
+  </si>
+  <si>
+    <t>* Reddy CL, Venkataravanappa V, Madhu GS, Ashwathappa KV, Muralidhara BM, Reddy MK (2025) First record of tomato leaf curl New Delhi virus causing mosaic disease of Mango in India. Indian Phytopathology 8, 1-5.</t>
   </si>
   <si>
     <t>CERTAN</t>
   </si>
   <si>
     <t>Ceratitis anonae</t>
   </si>
   <si>
     <t>* INTERNET
 True Fruit Flies (Diptera: Tephritidae) of the Afrotropical Region. Ceratitis anonae. Specimens. http://projects.bebif.be/fruitfly/taxoninfo.html?id=56
 ------- Confirmed host.
 * Nanga Nanga S, Hanna R, Fotso Kuate A, Fiaboe KK, Nchoutnji I, Ndjab M, Gnanvossou D, Mohamed SA, Ekesi S, Djieto-Lordon C (2022) Tephritid fruit fly species composition, seasonality, and fruit infestations in two central African agro-ecological zones. Insects 13(11), 1045. https://doi.org/10.3390/insects13111045
 * Vayssières JF, Sanogo F, Noussourou M (2007) Inventory of the fruit fly species (Diptera: Tephritidae) linked to the mango tree in Mali and tests of integrated control. Fruits. 62(5), 329-341.</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>CERTFA</t>
@@ -1325,51 +1334,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D102"/>
+  <dimension ref="A1:D103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1799,115 +1808,115 @@
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>21</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>21</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>21</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>99</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>21</v>
       </c>
       <c r="B36" t="s">
         <v>100</v>
       </c>
       <c r="C36" t="s">
         <v>101</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>21</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>21</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>108</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>21</v>
       </c>
       <c r="B40" t="s">
         <v>109</v>
       </c>
       <c r="C40" t="s">
         <v>110</v>
       </c>
       <c r="D40" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>21</v>
       </c>
       <c r="B41" t="s">
         <v>112</v>
       </c>
       <c r="C41" t="s">
         <v>113</v>
       </c>
@@ -1917,91 +1926,91 @@
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>21</v>
       </c>
       <c r="B42" t="s">
         <v>115</v>
       </c>
       <c r="C42" t="s">
         <v>116</v>
       </c>
       <c r="D42" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>21</v>
       </c>
       <c r="B43" t="s">
         <v>118</v>
       </c>
       <c r="C43" t="s">
         <v>119</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>21</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>122</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>21</v>
       </c>
       <c r="B45" t="s">
         <v>123</v>
       </c>
       <c r="C45" t="s">
         <v>124</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>21</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>127</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>21</v>
       </c>
       <c r="B47" t="s">
         <v>128</v>
       </c>
       <c r="C47" t="s">
         <v>129</v>
       </c>
       <c r="D47" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>21</v>
       </c>
       <c r="B48" t="s">
         <v>131</v>
       </c>
       <c r="C48" t="s">
         <v>132</v>
       </c>
@@ -2025,65 +2034,65 @@
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
         <v>137</v>
       </c>
       <c r="C50" t="s">
         <v>138</v>
       </c>
       <c r="D50" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
         <v>140</v>
       </c>
       <c r="C51" t="s">
         <v>141</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C52" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>144</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>21</v>
       </c>
       <c r="B53" t="s">
         <v>145</v>
       </c>
       <c r="C53" t="s">
         <v>146</v>
       </c>
       <c r="D53" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>21</v>
       </c>
       <c r="B54" t="s">
         <v>148</v>
       </c>
       <c r="C54" t="s">
         <v>149</v>
       </c>
@@ -2093,65 +2102,65 @@
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>21</v>
       </c>
       <c r="B55" t="s">
         <v>151</v>
       </c>
       <c r="C55" t="s">
         <v>152</v>
       </c>
       <c r="D55" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>21</v>
       </c>
       <c r="B56" t="s">
         <v>154</v>
       </c>
       <c r="C56" t="s">
         <v>155</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>21</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>158</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>21</v>
       </c>
       <c r="B58" t="s">
         <v>159</v>
       </c>
       <c r="C58" t="s">
         <v>160</v>
       </c>
       <c r="D58" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>21</v>
       </c>
       <c r="B59" t="s">
         <v>162</v>
       </c>
       <c r="C59" t="s">
         <v>163</v>
       </c>
@@ -2203,115 +2212,115 @@
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>21</v>
       </c>
       <c r="B63" t="s">
         <v>174</v>
       </c>
       <c r="C63" t="s">
         <v>175</v>
       </c>
       <c r="D63" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>21</v>
       </c>
       <c r="B64" t="s">
         <v>177</v>
       </c>
       <c r="C64" t="s">
         <v>178</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>179</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C66" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D66" t="s">
         <v>183</v>
       </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
         <v>184</v>
       </c>
       <c r="C67" t="s">
         <v>185</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C68" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C69" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="D69" t="s">
         <v>190</v>
       </c>
+      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
         <v>191</v>
       </c>
       <c r="C70" t="s">
         <v>192</v>
       </c>
       <c r="D70" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
         <v>194</v>
       </c>
       <c r="C71" t="s">
         <v>195</v>
       </c>
@@ -2467,304 +2476,318 @@
         <v>227</v>
       </c>
       <c r="C82" t="s">
         <v>228</v>
       </c>
       <c r="D82" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>21</v>
       </c>
       <c r="B83" t="s">
         <v>230</v>
       </c>
       <c r="C83" t="s">
         <v>231</v>
       </c>
       <c r="D83" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>21</v>
+      </c>
+      <c r="B84" t="s">
         <v>233</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>234</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B85" t="s">
         <v>237</v>
       </c>
       <c r="C85" t="s">
         <v>238</v>
       </c>
-      <c r="D85"/>
+      <c r="D85" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B86" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C86" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D86" t="s">
         <v>241</v>
       </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B87" t="s">
         <v>242</v>
       </c>
       <c r="C87" t="s">
         <v>243</v>
       </c>
       <c r="D87" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B88" t="s">
         <v>245</v>
       </c>
       <c r="C88" t="s">
         <v>246</v>
       </c>
       <c r="D88" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B89" t="s">
         <v>248</v>
       </c>
       <c r="C89" t="s">
         <v>249</v>
       </c>
       <c r="D89" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B90" t="s">
         <v>251</v>
       </c>
       <c r="C90" t="s">
         <v>252</v>
       </c>
       <c r="D90" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B91" t="s">
         <v>254</v>
       </c>
       <c r="C91" t="s">
         <v>255</v>
       </c>
       <c r="D91" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B92" t="s">
         <v>257</v>
       </c>
       <c r="C92" t="s">
         <v>258</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B93" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C93" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D93" t="s">
         <v>261</v>
       </c>
+      <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B94" t="s">
         <v>262</v>
       </c>
       <c r="C94" t="s">
         <v>263</v>
       </c>
       <c r="D94" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B95" t="s">
         <v>265</v>
       </c>
       <c r="C95" t="s">
         <v>266</v>
       </c>
-      <c r="D95"/>
+      <c r="D95" t="s">
+        <v>267</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B96" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C96" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="D96" t="s">
         <v>269</v>
       </c>
+      <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B97" t="s">
         <v>270</v>
       </c>
       <c r="C97" t="s">
         <v>271</v>
       </c>
-      <c r="D97"/>
+      <c r="D97" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B98" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C98" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>274</v>
       </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B99" t="s">
         <v>275</v>
       </c>
       <c r="C99" t="s">
         <v>276</v>
       </c>
       <c r="D99" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B100" t="s">
         <v>278</v>
       </c>
       <c r="C100" t="s">
         <v>279</v>
       </c>
       <c r="D100" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B101" t="s">
         <v>281</v>
       </c>
       <c r="C101" t="s">
         <v>282</v>
       </c>
       <c r="D101" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B102" t="s">
         <v>284</v>
       </c>
       <c r="C102" t="s">
         <v>285</v>
       </c>
       <c r="D102" t="s">
         <v>286</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>236</v>
+      </c>
+      <c r="B103" t="s">
+        <v>287</v>
+      </c>
+      <c r="C103" t="s">
+        <v>288</v>
+      </c>
+      <c r="D103" t="s">
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">