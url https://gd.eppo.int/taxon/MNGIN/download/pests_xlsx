--- v1 (2025-11-23)
+++ v2 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MNGIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 ------- "Records of L. orbonalis on non-Solanaceae host plants appear to be incidental, and the species is unlikely to complete its life cycle on these plants". For Mangifera indica, the host record is considered erroneous. </t>
   </si>
@@ -621,50 +621,59 @@
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Abou-Awad BA, Afia SI, Al-Azzazy MM (2012) Ecological studies on the mango red spider mite Oligonycbus mangiferus (Rahman and Sapra) in mango orchards (Acari: Tetranychidae). Acarines 6, 7-13.
 * Bolland HR, Gutierrez J, Flechtmann CH (1988) World catalogue of the spider mite family (Acari: Tetranychidae). Brill, 392 pp.
 * Gutierrez J,  Etienne J (1986) Les Tetranychidae de l'île de la Réunion et quelques-uns de leurs prédateurs. Agronomie Tropicale 41(1), 84-91.
 * Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb
 * Sidhu AS, Singh G (1972) Studies on the chemical control of Oligonychus mangiferus (Rahman and Sapra) on grapevine. Journal of Research, Punjab Agricultural University (1971, pub. in 1972), 8(4), 462-465.
 * Zaher MA, Shehata KK (1971) Biology of the red spider mite, Oligonychus mangiferus (R. &amp; S.) (Acarina: Tetranychidae). Bulletin de la Société Entomologique d'Egypte (1971, pub. 1972), 55, 393-401.</t>
   </si>
   <si>
     <t>ONCMUN</t>
   </si>
   <si>
     <t>Oncometopia orbona</t>
   </si>
   <si>
     <t>* Turner WF (1959) Life histories and behavior of five insect vectors of phony peach disease. Technical Bulletin no. 1188. US Department of Agriculture. 28 pp.
 ------- as food plant of Oncometopia undata.</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra</t>
+  </si>
+  <si>
+    <t>PHENPR</t>
+  </si>
+  <si>
+    <t>Phenacoccus peruvianus</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
     <t>Phytophthora nicotianae var. parasitica</t>
   </si>
   <si>
     <t>PSDTWA</t>
   </si>
@@ -1334,51 +1343,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D103"/>
+  <dimension ref="A1:D104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2238,103 +2247,103 @@
         <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>21</v>
       </c>
       <c r="B65" t="s">
         <v>180</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>21</v>
       </c>
       <c r="B66" t="s">
         <v>182</v>
       </c>
       <c r="C66" t="s">
         <v>183</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>21</v>
       </c>
       <c r="B67" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C67" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>186</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>21</v>
       </c>
       <c r="B68" t="s">
         <v>187</v>
       </c>
       <c r="C68" t="s">
         <v>188</v>
       </c>
-      <c r="D68"/>
+      <c r="D68" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C69" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C70" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D70" t="s">
         <v>193</v>
       </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
         <v>194</v>
       </c>
       <c r="C71" t="s">
         <v>195</v>
       </c>
       <c r="D71" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
         <v>197</v>
       </c>
       <c r="C72" t="s">
         <v>198</v>
       </c>
@@ -2490,304 +2499,318 @@
         <v>230</v>
       </c>
       <c r="C83" t="s">
         <v>231</v>
       </c>
       <c r="D83" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>21</v>
       </c>
       <c r="B84" t="s">
         <v>233</v>
       </c>
       <c r="C84" t="s">
         <v>234</v>
       </c>
       <c r="D84" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>21</v>
+      </c>
+      <c r="B85" t="s">
         <v>236</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>237</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B86" t="s">
         <v>240</v>
       </c>
       <c r="C86" t="s">
         <v>241</v>
       </c>
-      <c r="D86"/>
+      <c r="D86" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B87" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C87" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>244</v>
       </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B88" t="s">
         <v>245</v>
       </c>
       <c r="C88" t="s">
         <v>246</v>
       </c>
       <c r="D88" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B89" t="s">
         <v>248</v>
       </c>
       <c r="C89" t="s">
         <v>249</v>
       </c>
       <c r="D89" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B90" t="s">
         <v>251</v>
       </c>
       <c r="C90" t="s">
         <v>252</v>
       </c>
       <c r="D90" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B91" t="s">
         <v>254</v>
       </c>
       <c r="C91" t="s">
         <v>255</v>
       </c>
       <c r="D91" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B92" t="s">
         <v>257</v>
       </c>
       <c r="C92" t="s">
         <v>258</v>
       </c>
       <c r="D92" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B93" t="s">
         <v>260</v>
       </c>
       <c r="C93" t="s">
         <v>261</v>
       </c>
-      <c r="D93"/>
+      <c r="D93" t="s">
+        <v>262</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B94" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C94" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D94" t="s">
         <v>264</v>
       </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B95" t="s">
         <v>265</v>
       </c>
       <c r="C95" t="s">
         <v>266</v>
       </c>
       <c r="D95" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B96" t="s">
         <v>268</v>
       </c>
       <c r="C96" t="s">
         <v>269</v>
       </c>
-      <c r="D96"/>
+      <c r="D96" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B97" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C97" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D97" t="s">
         <v>272</v>
       </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B98" t="s">
         <v>273</v>
       </c>
       <c r="C98" t="s">
         <v>274</v>
       </c>
-      <c r="D98"/>
+      <c r="D98" t="s">
+        <v>275</v>
+      </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B99" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C99" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D99" t="s">
         <v>277</v>
       </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B100" t="s">
         <v>278</v>
       </c>
       <c r="C100" t="s">
         <v>279</v>
       </c>
       <c r="D100" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B101" t="s">
         <v>281</v>
       </c>
       <c r="C101" t="s">
         <v>282</v>
       </c>
       <c r="D101" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B102" t="s">
         <v>284</v>
       </c>
       <c r="C102" t="s">
         <v>285</v>
       </c>
       <c r="D102" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B103" t="s">
         <v>287</v>
       </c>
       <c r="C103" t="s">
         <v>288</v>
       </c>
       <c r="D103" t="s">
         <v>289</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>239</v>
+      </c>
+      <c r="B104" t="s">
+        <v>290</v>
+      </c>
+      <c r="C104" t="s">
+        <v>291</v>
+      </c>
+      <c r="D104" t="s">
+        <v>292</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">