--- v2 (2026-02-10)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MNGIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t xml:space="preserve">* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 ------- "Records of L. orbonalis on non-Solanaceae host plants appear to be incidental, and the species is unlikely to complete its life cycle on these plants". For Mangifera indica, the host record is considered erroneous. </t>
   </si>
@@ -651,50 +651,60 @@
     <t>Phenacoccus peruvianus</t>
   </si>
   <si>
     <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
     <t>Phytophthora nicotianae var. parasitica</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Mangifera)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSDTWA</t>
   </si>
   <si>
     <t>Pseudotheraptus wayi</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t xml:space="preserve">* Grové T, Giliomee JH, Pringle KL (2000) Treatment levels for citrus thrips, Scirtothrips aurantii (Thysanoptera: Thripidae), in mango orchards. African Plant Protection, 6(1), 17-20.
 ------- confirmed host, causing damage in South Africa
 * Rafter MA, Walter GH (2013) Mate recognition in the South African citrus thrips Scirtothrips aurantii (Faure) and cross-mating tests with populations from Australia and South Africa. Journal of Insect Behaviour, 26, 780-795
 ------- confirmed host. </t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri</t>
   </si>
@@ -1343,61 +1353,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D104"/>
+  <dimension ref="A1:D105"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -2299,65 +2309,65 @@
         <v>189</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>21</v>
       </c>
       <c r="B69" t="s">
         <v>190</v>
       </c>
       <c r="C69" t="s">
         <v>191</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>21</v>
       </c>
       <c r="B70" t="s">
         <v>192</v>
       </c>
       <c r="C70" t="s">
         <v>193</v>
       </c>
-      <c r="D70"/>
+      <c r="D70" t="s">
+        <v>194</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>21</v>
       </c>
       <c r="B71" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C71" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D71" t="s">
         <v>196</v>
       </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>21</v>
       </c>
       <c r="B72" t="s">
         <v>197</v>
       </c>
       <c r="C72" t="s">
         <v>198</v>
       </c>
       <c r="D72" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>21</v>
       </c>
       <c r="B73" t="s">
         <v>200</v>
       </c>
       <c r="C73" t="s">
         <v>201</v>
       </c>
@@ -2513,304 +2523,318 @@
         <v>233</v>
       </c>
       <c r="C84" t="s">
         <v>234</v>
       </c>
       <c r="D84" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>21</v>
       </c>
       <c r="B85" t="s">
         <v>236</v>
       </c>
       <c r="C85" t="s">
         <v>237</v>
       </c>
       <c r="D85" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>21</v>
+      </c>
+      <c r="B86" t="s">
         <v>239</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>240</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B87" t="s">
         <v>243</v>
       </c>
       <c r="C87" t="s">
         <v>244</v>
       </c>
-      <c r="D87"/>
+      <c r="D87" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B88" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C88" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="D88" t="s">
         <v>247</v>
       </c>
+      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B89" t="s">
         <v>248</v>
       </c>
       <c r="C89" t="s">
         <v>249</v>
       </c>
       <c r="D89" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B90" t="s">
         <v>251</v>
       </c>
       <c r="C90" t="s">
         <v>252</v>
       </c>
       <c r="D90" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B91" t="s">
         <v>254</v>
       </c>
       <c r="C91" t="s">
         <v>255</v>
       </c>
       <c r="D91" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B92" t="s">
         <v>257</v>
       </c>
       <c r="C92" t="s">
         <v>258</v>
       </c>
       <c r="D92" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B93" t="s">
         <v>260</v>
       </c>
       <c r="C93" t="s">
         <v>261</v>
       </c>
       <c r="D93" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B94" t="s">
         <v>263</v>
       </c>
       <c r="C94" t="s">
         <v>264</v>
       </c>
-      <c r="D94"/>
+      <c r="D94" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B95" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C95" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D95" t="s">
         <v>267</v>
       </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B96" t="s">
         <v>268</v>
       </c>
       <c r="C96" t="s">
         <v>269</v>
       </c>
       <c r="D96" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B97" t="s">
         <v>271</v>
       </c>
       <c r="C97" t="s">
         <v>272</v>
       </c>
-      <c r="D97"/>
+      <c r="D97" t="s">
+        <v>273</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B98" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C98" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>275</v>
       </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B99" t="s">
         <v>276</v>
       </c>
       <c r="C99" t="s">
         <v>277</v>
       </c>
-      <c r="D99"/>
+      <c r="D99" t="s">
+        <v>278</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B100" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C100" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="D100" t="s">
         <v>280</v>
       </c>
+      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B101" t="s">
         <v>281</v>
       </c>
       <c r="C101" t="s">
         <v>282</v>
       </c>
       <c r="D101" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B102" t="s">
         <v>284</v>
       </c>
       <c r="C102" t="s">
         <v>285</v>
       </c>
       <c r="D102" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B103" t="s">
         <v>287</v>
       </c>
       <c r="C103" t="s">
         <v>288</v>
       </c>
       <c r="D103" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B104" t="s">
         <v>290</v>
       </c>
       <c r="C104" t="s">
         <v>291</v>
       </c>
       <c r="D104" t="s">
         <v>292</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>242</v>
+      </c>
+      <c r="B105" t="s">
+        <v>293</v>
+      </c>
+      <c r="C105" t="s">
+        <v>294</v>
+      </c>
+      <c r="D105" t="s">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">