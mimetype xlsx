--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -38,51 +38,53 @@
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
 * Rayachhetry MB, Elliott ML, Van TK (1997) Natural epiphytotic of the rust Puccinia psidii on Melaleuca quinquenervia in Florida. Plant Disease 81, p 831.
 * Rayachhetry MB, Van TK, Center TD, Elliott ML (2001) Host range of Puccinia psidii, a potential biological control agent of Melaleuca quinquenervia in Florida. Biological Control 22, 38–45.
-* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.</t>
+* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2018) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.</t>
   </si>
   <si>
     <t>VINSST</t>
   </si>
   <si>
     <t>Ceroplastes stellifer</t>
   </si>
   <si>
     <t>* Blackwood JS, Pratt PD (2007) New host and expanded geographical range of stellate scale, Vinsonia stellifera (Hemiptera: Coccidae: Ceroplastinae). Florida Entomologist 90(2), 413-414.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>