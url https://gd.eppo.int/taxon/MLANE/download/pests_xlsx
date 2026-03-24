--- v0 (2025-10-08)
+++ v1 (2026-03-24)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Zauza EAV, Alfenas AC, Old K, Couto MMF, Graca RN, Maffia LA (2010) Myrtaceae species resistance to rust caused by Puccinia psidii. Australasian Plant Pathology 39, 406-411.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>