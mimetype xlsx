--- v0 (2025-10-03)
+++ v1 (2026-03-15)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
-* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;</t>
+* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035;
+* Rayachhetry MB, Van TK, Center TD, Elliott ML (2001) Host range of Puccinia psidii, a potential biological control agent of Melaleuca quinquenervia in Florida. Biological Control 22, 38-45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>