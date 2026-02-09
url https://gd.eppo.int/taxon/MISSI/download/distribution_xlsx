--- v0 (2025-10-18)
+++ v1 (2026-02-09)
@@ -416,51 +416,51 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>