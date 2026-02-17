--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -12,71 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MIKMI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Rédei D (2016) The identity of the Brachyplatys species recently introduced to Panama, with a review of bionomics (Hemiptera: Heteroptera: Plataspidae). Zootaxa 4136(1), 141-154.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Li F, Qiao R, Yang X (2022) Occurrence, distribution, and management of tomato yellow leaf curl virus in China. Phytopathological Research 4, 28. https://doi.org/10.1186/s42483-022-00133-1
 * Tang YF, Li ZG, She XM, Yu L, Lan GB, Deng MG, He ZF (2020) First report of Tomato yellow leaf curl virus infecting Mikania micrantha in China. Plant disease 104(2), p3274-3275.
 ------- Found in July 2013 on Mikania micrantha plants showing mild yellow vein symptoms near Guangzhou (Guangdong).</t>
   </si>
   <si>
@@ -424,119 +427,121 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="306.639" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">