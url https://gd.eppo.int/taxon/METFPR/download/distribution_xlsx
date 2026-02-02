--- v0 (2025-10-08)
+++ v1 (2026-02-02)
@@ -488,51 +488,51 @@
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>