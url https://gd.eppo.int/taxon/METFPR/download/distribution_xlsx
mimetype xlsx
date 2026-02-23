--- v1 (2026-02-02)
+++ v2 (2026-02-23)
@@ -1960,51 +1960,51 @@
       <c r="B54" t="s">
         <v>118</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>119</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" t="s">
         <v>120</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>121</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>9</v>
+        <v>116</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
         <v>122</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>123</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>124</v>
       </c>