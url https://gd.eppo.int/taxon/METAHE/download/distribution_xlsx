--- v0 (2025-10-04)
+++ v1 (2026-03-07)
@@ -1695,51 +1695,51 @@
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>106</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>21</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>108</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
         <v>21</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>110</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>21</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>