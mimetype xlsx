--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -178,81 +178,81 @@
   <si>
     <t>Populus</t>
   </si>
   <si>
     <t>POPMA</t>
   </si>
   <si>
     <t>Populus maximowiczii</t>
   </si>
   <si>
     <t>* Hiratsuka N (1939) Miscellaneous notes on the East Asiatic Uredinales with special reference to the Japanese species (VI). Journal of Japanese Botany 15, 621-627
 ------- confirmed telial host of Melampsora medusae f. sp. deltoidae</t>
   </si>
   <si>
     <t>POPMX</t>
   </si>
   <si>
     <t>Populus mexicana</t>
   </si>
   <si>
     <t>* Lloyd AL, Smith JA (2018) First report of poplar leaf rust caused by Melampsora medusae on Populus mexicana in the United States. Plant Disease 102(10), 2031-2033.
 ------- On Populus mexicana subsp. dimorpha in Florida (US), also reported earlier on P. mexicana in Mexico.
 "Based on morphology and ITS sequence alone, we could not determine whether our sample was M. medusae f. sp. deltoidae or M. medusae f. sp. tremuloidae, but it is likely that it is M. medusae f. sp. deltoidae given that Populus deltoides is native to Florida"</t>
   </si>
   <si>
+    <t>POPBS</t>
+  </si>
+  <si>
+    <t>Populus × ontariensis</t>
+  </si>
+  <si>
+    <t>* Schipper AL, Dawson DH (1974) Poplar leaf rust - a problem in maximum wood production. Plant Disease Reporter 58, 721-723.
+------- confirmed telial host of Melampsora medusae f. sp. deltoidae (as P. deltoides x P. balsamifera)</t>
+  </si>
+  <si>
     <t>POPSM</t>
   </si>
   <si>
     <t>Populus simonii</t>
   </si>
   <si>
     <t xml:space="preserve">* Sharma JK, Heather WA (1976) Physiologic specialization in poplar leaf rusts, Melampsora medusae Thum. and M. larici-populina Kleb. in Australia. Proc. XIX Session FAO/IPC Working Party on Poplar Diseases. France.
 ------- confirmed telial host of Melampsora medusae f. sp. deltoidae
 * Zheng W, Newcombe G, Hu D, Cao Z, Yu Z, Peng Z (2019) The first record of a North American poplar leaf rust fungus, Melampsora medusae, in China. Forests 10(2), p 182. https://doi.org/10.3390/f10020182
 ------- host in China
 </t>
   </si>
   <si>
     <t>POPSZ</t>
   </si>
   <si>
     <t>Populus szechuanica</t>
   </si>
   <si>
     <t>* Zheng W, Newcombe G, Hu D, Cao Z, Yu Z, Peng Z (2019) The first record of a North American poplar leaf rust fungus, Melampsora medusae, in China. Forests 10(2), p 182. https://doi.org/10.3390/f10020182
 ------- new host in China</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Schipper AL, Dawson DH (1974) Poplar leaf rust - a problem in maximum wood production. Plant Disease Reporter 58, 721-723.
-------- confirmed telial host of Melampsora medusae f. sp. deltoidae (as P. deltoides x P. balsamifera)</t>
   </si>
   <si>
     <t>POPYU</t>
   </si>
   <si>
     <t>Populus yunnanensis</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>1ABIG</t>
   </si>
   <si>
     <t>Abies</t>
   </si>
   <si>
     <t>* Pinon J (1986) Situation de Melampsora medusae en Europe. Bulletin OEPP/EPPO Bulletin 16, 547-551.
 ------- infection reported after following inoculation studies.</t>
   </si>
   <si>
     <t>1PIEG</t>
   </si>
   <si>
     <t>Picea</t>
@@ -912,51 +912,51 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>63</v>
       </c>
       <c r="C23" t="s">
         <v>64</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>62</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
       <c r="C24" t="s">
         <v>67</v>