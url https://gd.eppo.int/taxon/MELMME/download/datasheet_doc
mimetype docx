--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499368e64143536c3" w:history="1">
+            <w:hyperlink r:id="rId5000690158aa4cbee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId984268e6414353706" w:history="1">
+            <w:hyperlink r:id="rId1483690158aa4cc35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81128581" name="name605468e6414353e23" descr="13273.jpg"/>
+                  <wp:docPr id="34118314" name="name6031690158aa4d425" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId963468e6414353e1b" cstate="print"/>
+                          <a:blip r:embed="rId8936690158aa4d423" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId696968e6414354073" w:history="1">
+            <w:hyperlink r:id="rId4779690158aa4d58a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97907302" name="name835768e641435788e" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="83559397" name="name8067690158aa507b0" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId594068e641435788b" cstate="print"/>
+                    <a:blip r:embed="rId4856690158aa507ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979068e6414359458" w:history="1">
+      <w:hyperlink r:id="rId7321690158aa52572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424268e64143594bb" w:history="1">
+      <w:hyperlink r:id="rId5760690158aa525db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252368e641435950e" w:history="1">
+      <w:hyperlink r:id="rId8121690158aa5262f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387968e6414359543" w:history="1">
+      <w:hyperlink r:id="rId7629690158aa52665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473068e6414359791" w:history="1">
+      <w:hyperlink r:id="rId2770690158aa528c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139068e641435a799" w:history="1">
+      <w:hyperlink r:id="rId8672690158aa5398b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898968e641435a9fb" w:history="1">
+      <w:hyperlink r:id="rId7220690158aa53bfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53059136" name="name710268e641435ab76" descr="eu_funding_250.png"/>
+            <wp:docPr id="73027495" name="name7663690158aa53dd0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId533268e641435ab75" cstate="print"/>
+                    <a:blip r:embed="rId8164690158aa53dcf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95634062">
+  <w:abstractNum w:abstractNumId="46905883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26586675">
+    <w:lvl w:ilvl="0" w:tplc="57953116">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26586675" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57953116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95634061">
+  <w:abstractNum w:abstractNumId="46905882">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80415680">
+    <w:lvl w:ilvl="0" w:tplc="17556445">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95634061">
-    <w:abstractNumId w:val="95634061"/>
+  <w:num w:numId="46905882">
+    <w:abstractNumId w:val="46905882"/>
   </w:num>
-  <w:num w:numId="95634062">
-    <w:abstractNumId w:val="95634062"/>
+  <w:num w:numId="46905883">
+    <w:abstractNumId w:val="46905883"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835479472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId242819581" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId499368e64143536c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId984268e6414353706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId696968e6414354073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId979068e6414359458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId424268e64143594bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId252368e641435950e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId387968e6414359543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId473068e6414359791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId139068e641435a799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId898968e641435a9fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId963468e6414353e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963468e6414353e1b.jpg"/><Relationship Id="rId594068e641435788b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594068e641435788b.jpg"/><Relationship Id="rId533268e641435ab75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533268e641435ab75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId151405770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377238083" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5000690158aa4cbee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId1483690158aa4cc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId4779690158aa4d58a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId7321690158aa52572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId5760690158aa525db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8121690158aa5262f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId7629690158aa52665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2770690158aa528c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId8672690158aa5398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId7220690158aa53bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8936690158aa4d423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8936690158aa4d423.jpg"/><Relationship Id="rId4856690158aa507ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4856690158aa507ad.jpg"/><Relationship Id="rId8164690158aa53dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8164690158aa53dcf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>