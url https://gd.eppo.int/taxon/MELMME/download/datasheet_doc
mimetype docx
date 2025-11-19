--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5000690158aa4cbee" w:history="1">
+            <w:hyperlink r:id="rId2215691d4f143bf03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1483690158aa4cc35" w:history="1">
+            <w:hyperlink r:id="rId8205691d4f143bf46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34118314" name="name6031690158aa4d425" descr="13273.jpg"/>
+                  <wp:docPr id="76134608" name="name2795691d4f143c9a0" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8936690158aa4d423" cstate="print"/>
+                          <a:blip r:embed="rId1993691d4f143c99e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4779690158aa4d58a" w:history="1">
+            <w:hyperlink r:id="rId8219691d4f143cab5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83559397" name="name8067690158aa507b0" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="96887211" name="name2573691d4f143fbd8" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4856690158aa507ad" cstate="print"/>
+                    <a:blip r:embed="rId4609691d4f143fbd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7321690158aa52572" w:history="1">
+      <w:hyperlink r:id="rId9413691d4f1441715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5760690158aa525db" w:history="1">
+      <w:hyperlink r:id="rId1651691d4f1441792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8121690158aa5262f" w:history="1">
+      <w:hyperlink r:id="rId1060691d4f14417e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7629690158aa52665" w:history="1">
+      <w:hyperlink r:id="rId6222691d4f144181f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2770690158aa528c6" w:history="1">
+      <w:hyperlink r:id="rId7967691d4f1441a7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8672690158aa5398b" w:history="1">
+      <w:hyperlink r:id="rId8602691d4f1442ad4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7220690158aa53bfe" w:history="1">
+      <w:hyperlink r:id="rId9229691d4f1442d48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73027495" name="name7663690158aa53dd0" descr="eu_funding_250.png"/>
+            <wp:docPr id="19115128" name="name8049691d4f1442ef9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8164690158aa53dcf" cstate="print"/>
+                    <a:blip r:embed="rId9932691d4f1442ef8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46905883">
+  <w:abstractNum w:abstractNumId="96314133">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57953116">
+    <w:lvl w:ilvl="0" w:tplc="75079673">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57953116" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75079673" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46905882">
+  <w:abstractNum w:abstractNumId="96314132">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17556445">
+    <w:lvl w:ilvl="0" w:tplc="58839908">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46905882">
-    <w:abstractNumId w:val="46905882"/>
+  <w:num w:numId="96314132">
+    <w:abstractNumId w:val="96314132"/>
   </w:num>
-  <w:num w:numId="46905883">
-    <w:abstractNumId w:val="46905883"/>
+  <w:num w:numId="96314133">
+    <w:abstractNumId w:val="96314133"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId151405770" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377238083" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5000690158aa4cbee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId1483690158aa4cc35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId4779690158aa4d58a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId7321690158aa52572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId5760690158aa525db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId8121690158aa5262f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId7629690158aa52665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId2770690158aa528c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId8672690158aa5398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId7220690158aa53bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8936690158aa4d423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8936690158aa4d423.jpg"/><Relationship Id="rId4856690158aa507ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4856690158aa507ad.jpg"/><Relationship Id="rId8164690158aa53dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8164690158aa53dcf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335882679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId834612214" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2215691d4f143bf03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId8205691d4f143bf46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId8219691d4f143cab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId9413691d4f1441715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId1651691d4f1441792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId1060691d4f14417e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6222691d4f144181f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7967691d4f1441a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId8602691d4f1442ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId9229691d4f1442d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1993691d4f143c99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1993691d4f143c99e.jpg"/><Relationship Id="rId4609691d4f143fbd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4609691d4f143fbd5.jpg"/><Relationship Id="rId9932691d4f1442ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9932691d4f1442ef8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>