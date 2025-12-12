--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2215691d4f143bf03" w:history="1">
+            <w:hyperlink r:id="rId5439693c16484107d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8205691d4f143bf46" w:history="1">
+            <w:hyperlink r:id="rId1805693c1648410c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76134608" name="name2795691d4f143c9a0" descr="13273.jpg"/>
+                  <wp:docPr id="47280846" name="name4235693c16484118a" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1993691d4f143c99e" cstate="print"/>
+                          <a:blip r:embed="rId8679693c164841189" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8219691d4f143cab5" w:history="1">
+            <w:hyperlink r:id="rId7693693c1648412ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96887211" name="name2573691d4f143fbd8" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="46174857" name="name7658693c164843f7a" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4609691d4f143fbd5" cstate="print"/>
+                    <a:blip r:embed="rId1009693c164843f77" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9413691d4f1441715" w:history="1">
+      <w:hyperlink r:id="rId5965693c164845fd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1651691d4f1441792" w:history="1">
+      <w:hyperlink r:id="rId8992693c164846042" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1060691d4f14417e7" w:history="1">
+      <w:hyperlink r:id="rId3098693c164846095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6222691d4f144181f" w:history="1">
+      <w:hyperlink r:id="rId3166693c1648460cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7967691d4f1441a7e" w:history="1">
+      <w:hyperlink r:id="rId3043693c16484634b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8602691d4f1442ad4" w:history="1">
+      <w:hyperlink r:id="rId9660693c1648473c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9229691d4f1442d48" w:history="1">
+      <w:hyperlink r:id="rId2956693c16484764c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19115128" name="name8049691d4f1442ef9" descr="eu_funding_250.png"/>
+            <wp:docPr id="84162250" name="name4998693c1648477ef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9932691d4f1442ef8" cstate="print"/>
+                    <a:blip r:embed="rId2707693c1648477ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96314133">
+  <w:abstractNum w:abstractNumId="36021563">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75079673">
+    <w:lvl w:ilvl="0" w:tplc="29120675">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75079673" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29120675" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96314132">
+  <w:abstractNum w:abstractNumId="36021562">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58839908">
+    <w:lvl w:ilvl="0" w:tplc="53438476">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96314132">
-    <w:abstractNumId w:val="96314132"/>
+  <w:num w:numId="36021562">
+    <w:abstractNumId w:val="36021562"/>
   </w:num>
-  <w:num w:numId="96314133">
-    <w:abstractNumId w:val="96314133"/>
+  <w:num w:numId="36021563">
+    <w:abstractNumId w:val="36021563"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId335882679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId834612214" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2215691d4f143bf03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId8205691d4f143bf46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId8219691d4f143cab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId9413691d4f1441715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId1651691d4f1441792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId1060691d4f14417e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId6222691d4f144181f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7967691d4f1441a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId8602691d4f1442ad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId9229691d4f1442d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1993691d4f143c99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1993691d4f143c99e.jpg"/><Relationship Id="rId4609691d4f143fbd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4609691d4f143fbd5.jpg"/><Relationship Id="rId9932691d4f1442ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9932691d4f1442ef8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676187967" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533079856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5439693c16484107d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId1805693c1648410c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId7693693c1648412ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId5965693c164845fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId8992693c164846042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3098693c164846095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3166693c1648460cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3043693c16484634b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId9660693c1648473c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId2956693c16484764c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8679693c164841189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8679693c164841189.jpg"/><Relationship Id="rId1009693c164843f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1009693c164843f77.jpg"/><Relationship Id="rId2707693c1648477ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2707693c1648477ee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>