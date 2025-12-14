--- v3 (2025-12-12)
+++ v4 (2025-12-14)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5439693c16484107d" w:history="1">
+            <w:hyperlink r:id="rId9020693ed7080d8d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1805693c1648410c2" w:history="1">
+            <w:hyperlink r:id="rId5295693ed7080d91c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47280846" name="name4235693c16484118a" descr="13273.jpg"/>
+                  <wp:docPr id="7419713" name="name9634693ed7080e072" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8679693c164841189" cstate="print"/>
+                          <a:blip r:embed="rId9369693ed7080e070" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7693693c1648412ae" w:history="1">
+            <w:hyperlink r:id="rId7239693ed7080e18c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="46174857" name="name7658693c164843f7a" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="28315796" name="name4874693ed708110c7" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1009693c164843f77" cstate="print"/>
+                    <a:blip r:embed="rId2616693ed708110c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5965693c164845fd8" w:history="1">
+      <w:hyperlink r:id="rId3682693ed70812ece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8992693c164846042" w:history="1">
+      <w:hyperlink r:id="rId8267693ed70812f36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3098693c164846095" w:history="1">
+      <w:hyperlink r:id="rId7146693ed70812f8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3166693c1648460cc" w:history="1">
+      <w:hyperlink r:id="rId1482693ed70812fc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3043693c16484634b" w:history="1">
+      <w:hyperlink r:id="rId3745693ed70813235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9660693c1648473c6" w:history="1">
+      <w:hyperlink r:id="rId3475693ed708142a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2956693c16484764c" w:history="1">
+      <w:hyperlink r:id="rId1087693ed7081451b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84162250" name="name4998693c1648477ef" descr="eu_funding_250.png"/>
+            <wp:docPr id="38208896" name="name1255693ed708146ba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2707693c1648477ee" cstate="print"/>
+                    <a:blip r:embed="rId9837693ed708146b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36021563">
+  <w:abstractNum w:abstractNumId="26519292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29120675">
+    <w:lvl w:ilvl="0" w:tplc="79018493">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29120675" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79018493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36021562">
+  <w:abstractNum w:abstractNumId="26519291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53438476">
+    <w:lvl w:ilvl="0" w:tplc="29202546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36021562">
-    <w:abstractNumId w:val="36021562"/>
+  <w:num w:numId="26519291">
+    <w:abstractNumId w:val="26519291"/>
   </w:num>
-  <w:num w:numId="36021563">
-    <w:abstractNumId w:val="36021563"/>
+  <w:num w:numId="26519292">
+    <w:abstractNumId w:val="26519292"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676187967" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId533079856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5439693c16484107d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId1805693c1648410c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId7693693c1648412ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId5965693c164845fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId8992693c164846042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3098693c164846095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3166693c1648460cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3043693c16484634b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId9660693c1648473c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId2956693c16484764c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8679693c164841189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8679693c164841189.jpg"/><Relationship Id="rId1009693c164843f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1009693c164843f77.jpg"/><Relationship Id="rId2707693c1648477ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2707693c1648477ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491331117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352025706" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9020693ed7080d8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId5295693ed7080d91c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId7239693ed7080e18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId3682693ed70812ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId8267693ed70812f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId7146693ed70812f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId1482693ed70812fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3745693ed70813235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId3475693ed708142a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId1087693ed7081451b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9369693ed7080e070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9369693ed7080e070.jpg"/><Relationship Id="rId2616693ed708110c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2616693ed708110c4.jpg"/><Relationship Id="rId9837693ed708146b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9837693ed708146b9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>