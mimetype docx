--- v4 (2025-12-14)
+++ v5 (2026-01-21)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9020693ed7080d8d5" w:history="1">
+            <w:hyperlink r:id="rId681169714530cd7f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5295693ed7080d91c" w:history="1">
+            <w:hyperlink r:id="rId102869714530cd83a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7419713" name="name9634693ed7080e072" descr="13273.jpg"/>
+                  <wp:docPr id="58473886" name="name359569714530ce149" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9369693ed7080e070" cstate="print"/>
+                          <a:blip r:embed="rId625069714530ce147" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7239693ed7080e18c" w:history="1">
+            <w:hyperlink r:id="rId673069714530ce29c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28315796" name="name4874693ed708110c7" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="38688952" name="name898569714530d1224" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2616693ed708110c4" cstate="print"/>
+                    <a:blip r:embed="rId807369714530d1221" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3682693ed70812ece" w:history="1">
+      <w:hyperlink r:id="rId308869714530d2f65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8267693ed70812f36" w:history="1">
+      <w:hyperlink r:id="rId235269714530d2fcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7146693ed70812f8a" w:history="1">
+      <w:hyperlink r:id="rId191669714530d3022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1482693ed70812fc0" w:history="1">
+      <w:hyperlink r:id="rId472769714530d3056" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3745693ed70813235" w:history="1">
+      <w:hyperlink r:id="rId910869714530d32ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3475693ed708142a9" w:history="1">
+      <w:hyperlink r:id="rId471769714530d42c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11904,73 +11904,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1087693ed7081451b" w:history="1">
+      <w:hyperlink r:id="rId696069714530d453d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38208896" name="name1255693ed708146ba" descr="eu_funding_250.png"/>
+            <wp:docPr id="31445776" name="name619969714530d47ce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9837693ed708146b9" cstate="print"/>
+                    <a:blip r:embed="rId244969714530d47cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26519292">
+  <w:abstractNum w:abstractNumId="95772661">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79018493">
+    <w:lvl w:ilvl="0" w:tplc="94640689">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79018493" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94640689" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26519291">
+  <w:abstractNum w:abstractNumId="95772660">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29202546">
+    <w:lvl w:ilvl="0" w:tplc="23862341">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26519291">
-    <w:abstractNumId w:val="26519291"/>
+  <w:num w:numId="95772660">
+    <w:abstractNumId w:val="95772660"/>
   </w:num>
-  <w:num w:numId="26519292">
-    <w:abstractNumId w:val="26519292"/>
+  <w:num w:numId="95772661">
+    <w:abstractNumId w:val="95772661"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491331117" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352025706" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9020693ed7080d8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId5295693ed7080d91c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId7239693ed7080e18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId3682693ed70812ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId8267693ed70812f36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId7146693ed70812f8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId1482693ed70812fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3745693ed70813235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId3475693ed708142a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId1087693ed7081451b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9369693ed7080e070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9369693ed7080e070.jpg"/><Relationship Id="rId2616693ed708110c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2616693ed708110c4.jpg"/><Relationship Id="rId9837693ed708146b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9837693ed708146b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId825537369" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523369566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId681169714530cd7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId102869714530cd83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId673069714530ce29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId308869714530d2f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId235269714530d2fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId191669714530d3022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId472769714530d3056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId910869714530d32ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId471769714530d42c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId696069714530d453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId625069714530ce147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId625069714530ce147.jpg"/><Relationship Id="rId807369714530d1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807369714530d1221.jpg"/><Relationship Id="rId244969714530d47cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244969714530d47cc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>