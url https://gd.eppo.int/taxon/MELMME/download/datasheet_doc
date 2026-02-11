--- v5 (2026-01-21)
+++ v6 (2026-02-11)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId681169714530cd7f5" w:history="1">
+            <w:hyperlink r:id="rId6919698bcd24a6b4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102869714530cd83a" w:history="1">
+            <w:hyperlink r:id="rId2934698bcd24a6b94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58473886" name="name359569714530ce149" descr="13273.jpg"/>
+                  <wp:docPr id="14686587" name="name4993698bcd24a7251" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId625069714530ce147" cstate="print"/>
+                          <a:blip r:embed="rId8884698bcd24a724f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId673069714530ce29c" w:history="1">
+            <w:hyperlink r:id="rId3944698bcd24a73a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4238,71 +4238,71 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus x generosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Populus x jackii</w:t>
+        <w:t xml:space="preserve">Populus yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Populus yunnanensis</w:t>
+        <w:t xml:space="preserve">Populus × ontariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38688952" name="name898569714530d1224" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="51404918" name="name4133698bcd24aa943" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId807369714530d1221" cstate="print"/>
+                    <a:blip r:embed="rId6193698bcd24aa93f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308869714530d2f65" w:history="1">
+      <w:hyperlink r:id="rId8606698bcd24ac7b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235269714530d2fcf" w:history="1">
+      <w:hyperlink r:id="rId2074698bcd24ac81d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191669714530d3022" w:history="1">
+      <w:hyperlink r:id="rId3779698bcd24ac872" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472769714530d3056" w:history="1">
+      <w:hyperlink r:id="rId4495698bcd24ac8a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910869714530d32ae" w:history="1">
+      <w:hyperlink r:id="rId4962698bcd24acb13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471769714530d42c6" w:history="1">
+      <w:hyperlink r:id="rId4166698bcd24adbad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696069714530d453d" w:history="1">
+      <w:hyperlink r:id="rId7148698bcd24ade79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31445776" name="name619969714530d47ce" descr="eu_funding_250.png"/>
+            <wp:docPr id="47386450" name="name4462698bcd24ae0eb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId244969714530d47cc" cstate="print"/>
+                    <a:blip r:embed="rId2846698bcd24ae0ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95772661">
+  <w:abstractNum w:abstractNumId="28845207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94640689">
+    <w:lvl w:ilvl="0" w:tplc="18312444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94640689" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18312444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95772660">
+  <w:abstractNum w:abstractNumId="28845206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23862341">
+    <w:lvl w:ilvl="0" w:tplc="73085808">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95772660">
-    <w:abstractNumId w:val="95772660"/>
+  <w:num w:numId="28845206">
+    <w:abstractNumId w:val="28845206"/>
   </w:num>
-  <w:num w:numId="95772661">
-    <w:abstractNumId w:val="95772661"/>
+  <w:num w:numId="28845207">
+    <w:abstractNumId w:val="28845207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId825537369" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523369566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId681169714530cd7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId102869714530cd83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId673069714530ce29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId308869714530d2f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId235269714530d2fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId191669714530d3022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId472769714530d3056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId910869714530d32ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId471769714530d42c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId696069714530d453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId625069714530ce147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId625069714530ce147.jpg"/><Relationship Id="rId807369714530d1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807369714530d1221.jpg"/><Relationship Id="rId244969714530d47cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244969714530d47cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId229529499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311127512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6919698bcd24a6b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId2934698bcd24a6b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId3944698bcd24a73a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId8606698bcd24ac7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId2074698bcd24ac81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3779698bcd24ac872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId4495698bcd24ac8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId4962698bcd24acb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId4166698bcd24adbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId7148698bcd24ade79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8884698bcd24a724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8884698bcd24a724f.jpg"/><Relationship Id="rId6193698bcd24aa93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6193698bcd24aa93f.jpg"/><Relationship Id="rId2846698bcd24ae0ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2846698bcd24ae0ea.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>