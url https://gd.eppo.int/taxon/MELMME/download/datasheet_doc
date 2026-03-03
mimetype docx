--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6919698bcd24a6b4f" w:history="1">
+            <w:hyperlink r:id="rId725769a64bb7ad0e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2934698bcd24a6b94" w:history="1">
+            <w:hyperlink r:id="rId249169a64bb7ad12e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14686587" name="name4993698bcd24a7251" descr="13273.jpg"/>
+                  <wp:docPr id="6274914" name="name208469a64bb7ad858" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8884698bcd24a724f" cstate="print"/>
+                          <a:blip r:embed="rId859169a64bb7ad855" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3944698bcd24a73a2" w:history="1">
+            <w:hyperlink r:id="rId896969a64bb7ad9a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51404918" name="name4133698bcd24aa943" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="60115110" name="name801369a64bb7b0a0f" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6193698bcd24aa93f" cstate="print"/>
+                    <a:blip r:embed="rId991569a64bb7b0a0a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8606698bcd24ac7b3" w:history="1">
+      <w:hyperlink r:id="rId108369a64bb7b2c83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2074698bcd24ac81d" w:history="1">
+      <w:hyperlink r:id="rId488969a64bb7b2ce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3779698bcd24ac872" w:history="1">
+      <w:hyperlink r:id="rId114969a64bb7b2d3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4495698bcd24ac8a9" w:history="1">
+      <w:hyperlink r:id="rId414669a64bb7b2d72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4962698bcd24acb13" w:history="1">
+      <w:hyperlink r:id="rId791669a64bb7b2ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4166698bcd24adbad" w:history="1">
+      <w:hyperlink r:id="rId861269a64bb7b4054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7148698bcd24ade79" w:history="1">
+      <w:hyperlink r:id="rId423069a64bb7b42c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47386450" name="name4462698bcd24ae0eb" descr="eu_funding_250.png"/>
+            <wp:docPr id="23674644" name="name673269a64bb7b470c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2846698bcd24ae0ea" cstate="print"/>
+                    <a:blip r:embed="rId833269a64bb7b470a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28845207">
+  <w:abstractNum w:abstractNumId="75760178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18312444">
+    <w:lvl w:ilvl="0" w:tplc="50743017">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18312444" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50743017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28845206">
+  <w:abstractNum w:abstractNumId="75760177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73085808">
+    <w:lvl w:ilvl="0" w:tplc="82480887">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28845206">
-    <w:abstractNumId w:val="28845206"/>
+  <w:num w:numId="75760177">
+    <w:abstractNumId w:val="75760177"/>
   </w:num>
-  <w:num w:numId="28845207">
-    <w:abstractNumId w:val="28845207"/>
+  <w:num w:numId="75760178">
+    <w:abstractNumId w:val="75760178"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId229529499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311127512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6919698bcd24a6b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId2934698bcd24a6b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId3944698bcd24a73a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId8606698bcd24ac7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId2074698bcd24ac81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId3779698bcd24ac872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId4495698bcd24ac8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId4962698bcd24acb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId4166698bcd24adbad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId7148698bcd24ade79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8884698bcd24a724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8884698bcd24a724f.jpg"/><Relationship Id="rId6193698bcd24aa93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6193698bcd24aa93f.jpg"/><Relationship Id="rId2846698bcd24ae0ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2846698bcd24ae0ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId946474433" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730196893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId725769a64bb7ad0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId249169a64bb7ad12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId896969a64bb7ad9a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId108369a64bb7b2c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId488969a64bb7b2ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId114969a64bb7b2d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId414669a64bb7b2d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId791669a64bb7b2ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId861269a64bb7b4054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId423069a64bb7b42c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId859169a64bb7ad855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859169a64bb7ad855.jpg"/><Relationship Id="rId991569a64bb7b0a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId991569a64bb7b0a0a.jpg"/><Relationship Id="rId833269a64bb7b470a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId833269a64bb7b470a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>