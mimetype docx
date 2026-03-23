--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> (von Thümen) Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> conifer/poplar rust, leaf rust of poplar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId725769a64bb7ad0e9" w:history="1">
+            <w:hyperlink r:id="rId276269c0e865c2b3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249169a64bb7ad12e" w:history="1">
+            <w:hyperlink r:id="rId612269c0e865c2b80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6274914" name="name208469a64bb7ad858" descr="13273.jpg"/>
+                  <wp:docPr id="64616938" name="name115969c0e865c2c6e" descr="13273.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13273.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId859169a64bb7ad855" cstate="print"/>
+                          <a:blip r:embed="rId499569c0e865c2c6d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId896969a64bb7ad9a8" w:history="1">
+            <w:hyperlink r:id="rId245669c0e865c2db6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4536,63 +4536,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60115110" name="name801369a64bb7b0a0f" descr="MELMME_distribution_map.jpg"/>
+            <wp:docPr id="76476162" name="name369769c0e865c5cbf" descr="MELMME_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMME_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId991569a64bb7b0a0a" cstate="print"/>
+                    <a:blip r:embed="rId764569c0e865c5cbb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8451,51 +8451,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (under revision).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108369a64bb7b2c83" w:history="1">
+      <w:hyperlink r:id="rId530369c0e865c7a78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMME/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8510,131 +8510,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/2 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coniferae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488969a64bb7b2ce9" w:history="1">
+      <w:hyperlink r:id="rId399569c0e865c7adf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Standard PM 8/7 Commodity-speciﬁc phytosanitary measures for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Populus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114969a64bb7b2d3c" w:history="1">
+      <w:hyperlink r:id="rId923369c0e865c7b32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM8/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414669a64bb7b2d72" w:history="1">
+      <w:hyperlink r:id="rId889969c0e865c7b67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8961,51 +8961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 5354. 28 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791669a64bb7b2ff7" w:history="1">
+      <w:hyperlink r:id="rId720169c0e865c7ddb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5354</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11542,51 +11542,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 182. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861269a64bb7b4054" w:history="1">
+      <w:hyperlink r:id="rId794969c0e865c8e23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f10020182</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11926,51 +11926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora medusae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423069a64bb7b42c2" w:history="1">
+      <w:hyperlink r:id="rId760469c0e865c908d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -12129,63 +12129,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-86.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23674644" name="name673269a64bb7b470c" descr="eu_funding_250.png"/>
+            <wp:docPr id="96602151" name="name352069c0e865c9239" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId833269a64bb7b470a" cstate="print"/>
+                    <a:blip r:embed="rId379269c0e865c9238" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -12283,137 +12283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75760178">
+  <w:abstractNum w:abstractNumId="15619135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50743017">
+    <w:lvl w:ilvl="0" w:tplc="58710501">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50743017" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58710501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75760177">
+  <w:abstractNum w:abstractNumId="15619134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82480887">
+    <w:lvl w:ilvl="0" w:tplc="58610664">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -13165,55 +13165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75760177">
-    <w:abstractNumId w:val="75760177"/>
+  <w:num w:numId="15619134">
+    <w:abstractNumId w:val="15619134"/>
   </w:num>
-  <w:num w:numId="75760178">
-    <w:abstractNumId w:val="75760178"/>
+  <w:num w:numId="15619135">
+    <w:abstractNumId w:val="15619135"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24763,51 +24763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId946474433" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730196893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId725769a64bb7ad0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId249169a64bb7ad12e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId896969a64bb7ad9a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId108369a64bb7b2c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId488969a64bb7b2ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId114969a64bb7b2d3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId414669a64bb7b2d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId791669a64bb7b2ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId861269a64bb7b4054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId423069a64bb7b42c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId859169a64bb7ad855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId859169a64bb7ad855.jpg"/><Relationship Id="rId991569a64bb7b0a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId991569a64bb7b0a0a.jpg"/><Relationship Id="rId833269a64bb7b470a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId833269a64bb7b470a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241103390" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854720822" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId276269c0e865c2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/" TargetMode="External"/><Relationship Id="rId612269c0e865c2b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/categorization" TargetMode="External"/><Relationship Id="rId245669c0e865c2db6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/photos" TargetMode="External"/><Relationship Id="rId530369c0e865c7a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMME/documents" TargetMode="External"/><Relationship Id="rId399569c0e865c7adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId923369c0e865c7b32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM8/" TargetMode="External"/><Relationship Id="rId889969c0e865c7b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId720169c0e865c7ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5354" TargetMode="External"/><Relationship Id="rId794969c0e865c8e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f10020182" TargetMode="External"/><Relationship Id="rId760469c0e865c908d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId499569c0e865c2c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId499569c0e865c2c6d.jpg"/><Relationship Id="rId764569c0e865c5cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764569c0e865c5cbb.jpg"/><Relationship Id="rId379269c0e865c9238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379269c0e865c9238.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>