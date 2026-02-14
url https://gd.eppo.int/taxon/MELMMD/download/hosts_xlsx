--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -157,68 +157,68 @@
     <t>PSTME</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>1POPG</t>
   </si>
   <si>
     <t>Populus</t>
   </si>
   <si>
     <t>POPMA</t>
   </si>
   <si>
     <t>Populus maximowiczii</t>
   </si>
   <si>
     <t>* Hiratsuka N (1939) Miscellaneous notes on the East Asiatic Uredinales with special reference to the Japanese species (VI). Journal of Japanese Botany 15, 621-627
 ------- confirmed telial host of Melampsora medusae f. sp. deltoidae</t>
   </si>
   <si>
+    <t>POPBS</t>
+  </si>
+  <si>
+    <t>Populus × ontariensis</t>
+  </si>
+  <si>
+    <t>* Schipper AL, Dawson DH (1974) Poplar leaf rust - a problem in maximum wood production. Plant Disease Reporter 58, 721-723.
+------- confirmed telial host of Melampsora medusae f. sp. deltoidae (as P. deltoides x P. balsamifera)</t>
+  </si>
+  <si>
     <t>POPSM</t>
   </si>
   <si>
     <t>Populus simonii</t>
   </si>
   <si>
     <t>* Sharma JK, Heather WA (1976) Physiologic specialization in poplar leaf rusts, Melampsora medusae Thum. and M. larici-populina Kleb. in Australia. Proc. XIX Session FAO/IPC Working Party on Poplar Diseases. France.
 ------- confirmed telial host of Melampsora medusae f. sp. deltoidae</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Schipper AL, Dawson DH (1974) Poplar leaf rust - a problem in maximum wood production. Plant Disease Reporter 58, 721-723.
-------- confirmed telial host of Melampsora medusae f. sp. deltoidae (as P. deltoides x P. balsamifera)</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>1ABIG</t>
   </si>
   <si>
     <t>Abies</t>
   </si>
   <si>
     <t>* Pinon J (1986) Situation de Melampsora medusae en Europe. Bulletin OEPP/EPPO Bulletin 16, 547-551.
 ------- infection reported after following inoculation studies.</t>
   </si>
   <si>
     <t>1PIEG</t>
   </si>
   <si>
     <t>Picea</t>
   </si>
   <si>
     <t>PIESI</t>
   </si>
   <si>
     <t>Picea sitchensis</t>