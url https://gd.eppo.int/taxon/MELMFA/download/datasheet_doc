--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId655468e8d31a47dca" w:history="1">
+            <w:hyperlink r:id="rId6677690489a1ef310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259068e8d31a47e36" w:history="1">
+            <w:hyperlink r:id="rId8959690489a1ef37a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27365422" name="name791968e8d31a48484" descr="14827.jpg"/>
+                  <wp:docPr id="48521810" name="name2581690489a1efaba" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId168768e8d31a48482" cstate="print"/>
+                          <a:blip r:embed="rId3455690489a1efab8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId813368e8d31a485b3" w:history="1">
+            <w:hyperlink r:id="rId6195690489a1efbdc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68536829" name="name108168e8d31a494ba" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="38603117" name="name9609690489a1f0d31" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId662868e8d31a494b7" cstate="print"/>
+                    <a:blip r:embed="rId3911690489a1f0d2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172668e8d31a4a3a2" w:history="1">
+      <w:hyperlink r:id="rId9000690489a1f15d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117468e8d31a4a502" w:history="1">
+      <w:hyperlink r:id="rId2945690489a1f1753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977768e8d31a4a6ab" w:history="1">
+      <w:hyperlink r:id="rId9310690489a1f18e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2788,51 +2788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374768e8d31a4a832" w:history="1">
+      <w:hyperlink r:id="rId3258690489a1f1a01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425468e8d31a4a926" w:history="1">
+      <w:hyperlink r:id="rId1447690489a1f1ad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22814382" name="name396768e8d31a4ad4f" descr="eu_funding_250.png"/>
+            <wp:docPr id="101038" name="name8360690489a1f1b58" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId941868e8d31a4ad4d" cstate="print"/>
+                    <a:blip r:embed="rId1115690489a1f1b57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80349354">
+  <w:abstractNum w:abstractNumId="29330572">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79556586">
+    <w:lvl w:ilvl="0" w:tplc="95578696">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79556586" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95578696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80349353">
+  <w:abstractNum w:abstractNumId="29330571">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33551839">
+    <w:lvl w:ilvl="0" w:tplc="93085096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80349353">
-    <w:abstractNumId w:val="80349353"/>
+  <w:num w:numId="29330571">
+    <w:abstractNumId w:val="29330571"/>
   </w:num>
-  <w:num w:numId="80349354">
-    <w:abstractNumId w:val="80349354"/>
+  <w:num w:numId="29330572">
+    <w:abstractNumId w:val="29330572"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId291261987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157174230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId655468e8d31a47dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId259068e8d31a47e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId813368e8d31a485b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId172668e8d31a4a3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId117468e8d31a4a502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId977768e8d31a4a6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId374768e8d31a4a832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId425468e8d31a4a926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId168768e8d31a48482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168768e8d31a48482.jpg"/><Relationship Id="rId662868e8d31a494b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662868e8d31a494b7.jpg"/><Relationship Id="rId941868e8d31a4ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId941868e8d31a4ad4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId322390708" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854986549" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6677690489a1ef310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId8959690489a1ef37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId6195690489a1efbdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId9000690489a1f15d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId2945690489a1f1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId9310690489a1f18e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId3258690489a1f1a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1447690489a1f1ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId3455690489a1efab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3455690489a1efab8.jpg"/><Relationship Id="rId3911690489a1f0d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3911690489a1f0d2e.jpg"/><Relationship Id="rId1115690489a1f1b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1115690489a1f1b57.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>