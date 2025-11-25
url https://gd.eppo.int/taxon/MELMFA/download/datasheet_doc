--- v1 (2025-10-31)
+++ v2 (2025-11-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6677690489a1ef310" w:history="1">
+            <w:hyperlink r:id="rId8057692582c076f7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8959690489a1ef37a" w:history="1">
+            <w:hyperlink r:id="rId3440692582c076fe5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48521810" name="name2581690489a1efaba" descr="14827.jpg"/>
+                  <wp:docPr id="18914899" name="name6559692582c077788" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3455690489a1efab8" cstate="print"/>
+                          <a:blip r:embed="rId3625692582c077786" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6195690489a1efbdc" w:history="1">
+            <w:hyperlink r:id="rId6276692582c0778bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38603117" name="name9609690489a1f0d31" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="47238766" name="name5465692582c078af0" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3911690489a1f0d2e" cstate="print"/>
+                    <a:blip r:embed="rId8557692582c078aed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9000690489a1f15d1" w:history="1">
+      <w:hyperlink r:id="rId9978692582c0793d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2945690489a1f1753" w:history="1">
+      <w:hyperlink r:id="rId2210692582c07950c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9310690489a1f18e1" w:history="1">
+      <w:hyperlink r:id="rId9150692582c0796a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2788,51 +2788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3258690489a1f1a01" w:history="1">
+      <w:hyperlink r:id="rId9132692582c0797c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1447690489a1f1ad5" w:history="1">
+      <w:hyperlink r:id="rId3531692582c07989e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="101038" name="name8360690489a1f1b58" descr="eu_funding_250.png"/>
+            <wp:docPr id="90631460" name="name6385692582c079924" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1115690489a1f1b57" cstate="print"/>
+                    <a:blip r:embed="rId5620692582c079923" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29330572">
+  <w:abstractNum w:abstractNumId="22272635">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95578696">
+    <w:lvl w:ilvl="0" w:tplc="33298729">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95578696" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33298729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29330571">
+  <w:abstractNum w:abstractNumId="22272634">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93085096">
+    <w:lvl w:ilvl="0" w:tplc="82240541">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29330571">
-    <w:abstractNumId w:val="29330571"/>
+  <w:num w:numId="22272634">
+    <w:abstractNumId w:val="22272634"/>
   </w:num>
-  <w:num w:numId="29330572">
-    <w:abstractNumId w:val="29330572"/>
+  <w:num w:numId="22272635">
+    <w:abstractNumId w:val="22272635"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId322390708" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854986549" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6677690489a1ef310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId8959690489a1ef37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId6195690489a1efbdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId9000690489a1f15d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId2945690489a1f1753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId9310690489a1f18e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId3258690489a1f1a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1447690489a1f1ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId3455690489a1efab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3455690489a1efab8.jpg"/><Relationship Id="rId3911690489a1f0d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3911690489a1f0d2e.jpg"/><Relationship Id="rId1115690489a1f1b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1115690489a1f1b57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824252157" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId562346862" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8057692582c076f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId3440692582c076fe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId6276692582c0778bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId9978692582c0793d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId2210692582c07950c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId9150692582c0796a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId9132692582c0797c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3531692582c07989e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId3625692582c077786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3625692582c077786.jpg"/><Relationship Id="rId8557692582c078aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8557692582c078aed.jpg"/><Relationship Id="rId5620692582c079923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5620692582c079923.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>