--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8057692582c076f7b" w:history="1">
+            <w:hyperlink r:id="rId333969406a59c000f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3440692582c076fe5" w:history="1">
+            <w:hyperlink r:id="rId808369406a59c0079" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18914899" name="name6559692582c077788" descr="14827.jpg"/>
+                  <wp:docPr id="86094221" name="name181469406a59c081f" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3625692582c077786" cstate="print"/>
+                          <a:blip r:embed="rId167369406a59c081c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6276692582c0778bf" w:history="1">
+            <w:hyperlink r:id="rId139369406a59c094a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47238766" name="name5465692582c078af0" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="26855822" name="name380069406a59c1b3e" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8557692582c078aed" cstate="print"/>
+                    <a:blip r:embed="rId594169406a59c1b3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9978692582c0793d6" w:history="1">
+      <w:hyperlink r:id="rId818069406a59c2399" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2210692582c07950c" w:history="1">
+      <w:hyperlink r:id="rId572269406a59c24c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9150692582c0796a5" w:history="1">
+      <w:hyperlink r:id="rId405669406a59c2662" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2788,51 +2788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9132692582c0797c7" w:history="1">
+      <w:hyperlink r:id="rId224969406a59c2782" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3531692582c07989e" w:history="1">
+      <w:hyperlink r:id="rId634969406a59c2857" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90631460" name="name6385692582c079924" descr="eu_funding_250.png"/>
+            <wp:docPr id="54752774" name="name627169406a59c2a29" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5620692582c079923" cstate="print"/>
+                    <a:blip r:embed="rId595969406a59c2a27" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22272635">
+  <w:abstractNum w:abstractNumId="45549081">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33298729">
+    <w:lvl w:ilvl="0" w:tplc="13389885">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33298729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13389885" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22272634">
+  <w:abstractNum w:abstractNumId="45549080">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82240541">
+    <w:lvl w:ilvl="0" w:tplc="46752747">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22272634">
-    <w:abstractNumId w:val="22272634"/>
+  <w:num w:numId="45549080">
+    <w:abstractNumId w:val="45549080"/>
   </w:num>
-  <w:num w:numId="22272635">
-    <w:abstractNumId w:val="22272635"/>
+  <w:num w:numId="45549081">
+    <w:abstractNumId w:val="45549081"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824252157" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId562346862" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8057692582c076f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId3440692582c076fe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId6276692582c0778bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId9978692582c0793d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId2210692582c07950c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId9150692582c0796a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId9132692582c0797c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3531692582c07989e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId3625692582c077786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3625692582c077786.jpg"/><Relationship Id="rId8557692582c078aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8557692582c078aed.jpg"/><Relationship Id="rId5620692582c079923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5620692582c079923.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId963517295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351579363" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId333969406a59c000f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId808369406a59c0079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId139369406a59c094a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId818069406a59c2399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId572269406a59c24c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId405669406a59c2662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId224969406a59c2782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId634969406a59c2857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId167369406a59c081c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167369406a59c081c.jpg"/><Relationship Id="rId594169406a59c1b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594169406a59c1b3b.jpg"/><Relationship Id="rId595969406a59c2a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId595969406a59c2a27.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>