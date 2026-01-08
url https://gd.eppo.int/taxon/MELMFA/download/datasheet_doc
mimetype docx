--- v3 (2025-12-15)
+++ v4 (2026-01-08)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333969406a59c000f" w:history="1">
+            <w:hyperlink r:id="rId1130695fda9909cd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId808369406a59c0079" w:history="1">
+            <w:hyperlink r:id="rId3410695fda9909d3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86094221" name="name181469406a59c081f" descr="14827.jpg"/>
+                  <wp:docPr id="40623969" name="name2144695fda9909e02" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId167369406a59c081c" cstate="print"/>
+                          <a:blip r:embed="rId1753695fda9909e01" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId139369406a59c094a" w:history="1">
+            <w:hyperlink r:id="rId2220695fda9909f0a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26855822" name="name380069406a59c1b3e" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="83547964" name="name7342695fda990b639" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId594169406a59c1b3b" cstate="print"/>
+                    <a:blip r:embed="rId1689695fda990b633" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818069406a59c2399" w:history="1">
+      <w:hyperlink r:id="rId7302695fda990c039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572269406a59c24c9" w:history="1">
+      <w:hyperlink r:id="rId6851695fda990c176" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405669406a59c2662" w:history="1">
+      <w:hyperlink r:id="rId7653695fda990c315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2766,73 +2766,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224969406a59c2782" w:history="1">
+      <w:hyperlink r:id="rId1113695fda990c449" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634969406a59c2857" w:history="1">
+      <w:hyperlink r:id="rId4539695fda990c55e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54752774" name="name627169406a59c2a29" descr="eu_funding_250.png"/>
+            <wp:docPr id="57686306" name="name5740695fda990c617" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId595969406a59c2a27" cstate="print"/>
+                    <a:blip r:embed="rId1838695fda990c615" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45549081">
+  <w:abstractNum w:abstractNumId="56085959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13389885">
+    <w:lvl w:ilvl="0" w:tplc="82044433">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13389885" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82044433" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45549080">
+  <w:abstractNum w:abstractNumId="56085958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46752747">
+    <w:lvl w:ilvl="0" w:tplc="82930567">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45549080">
-    <w:abstractNumId w:val="45549080"/>
+  <w:num w:numId="56085958">
+    <w:abstractNumId w:val="56085958"/>
   </w:num>
-  <w:num w:numId="45549081">
-    <w:abstractNumId w:val="45549081"/>
+  <w:num w:numId="56085959">
+    <w:abstractNumId w:val="56085959"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId963517295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351579363" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId333969406a59c000f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId808369406a59c0079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId139369406a59c094a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId818069406a59c2399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId572269406a59c24c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId405669406a59c2662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId224969406a59c2782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId634969406a59c2857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId167369406a59c081c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167369406a59c081c.jpg"/><Relationship Id="rId594169406a59c1b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594169406a59c1b3b.jpg"/><Relationship Id="rId595969406a59c2a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId595969406a59c2a27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId410802269" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId662655329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1130695fda9909cd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId3410695fda9909d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId2220695fda9909f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId7302695fda990c039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId6851695fda990c176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId7653695fda990c315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId1113695fda990c449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4539695fda990c55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId1753695fda9909e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1753695fda9909e01.jpg"/><Relationship Id="rId1689695fda990b633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1689695fda990b633.jpg"/><Relationship Id="rId1838695fda990c615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1838695fda990c615.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>