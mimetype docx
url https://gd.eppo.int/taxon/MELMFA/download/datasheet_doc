--- v4 (2026-01-08)
+++ v5 (2026-02-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1130695fda9909cd4" w:history="1">
+            <w:hyperlink r:id="rId887469931a3081b92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3410695fda9909d3d" w:history="1">
+            <w:hyperlink r:id="rId945369931a3081bfc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40623969" name="name2144695fda9909e02" descr="14827.jpg"/>
+                  <wp:docPr id="3800346" name="name203769931a308222f" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1753695fda9909e01" cstate="print"/>
+                          <a:blip r:embed="rId940269931a308222d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2220695fda9909f0a" w:history="1">
+            <w:hyperlink r:id="rId971169931a3082355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83547964" name="name7342695fda990b639" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="37840515" name="name613669931a3083a3d" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1689695fda990b633" cstate="print"/>
+                    <a:blip r:embed="rId759069931a3083a3a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7302695fda990c039" w:history="1">
+      <w:hyperlink r:id="rId277069931a3084338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6851695fda990c176" w:history="1">
+      <w:hyperlink r:id="rId922669931a308446f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7653695fda990c315" w:history="1">
+      <w:hyperlink r:id="rId103669931a30845f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2788,51 +2788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1113695fda990c449" w:history="1">
+      <w:hyperlink r:id="rId874669931a3084715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4539695fda990c55e" w:history="1">
+      <w:hyperlink r:id="rId900169931a30847eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57686306" name="name5740695fda990c617" descr="eu_funding_250.png"/>
+            <wp:docPr id="40850782" name="name758669931a30848a8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1838695fda990c615" cstate="print"/>
+                    <a:blip r:embed="rId618869931a30848a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56085959">
+  <w:abstractNum w:abstractNumId="99886136">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82044433">
+    <w:lvl w:ilvl="0" w:tplc="72970102">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82044433" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72970102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56085958">
+  <w:abstractNum w:abstractNumId="99886135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82930567">
+    <w:lvl w:ilvl="0" w:tplc="35069942">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56085958">
-    <w:abstractNumId w:val="56085958"/>
+  <w:num w:numId="99886135">
+    <w:abstractNumId w:val="99886135"/>
   </w:num>
-  <w:num w:numId="56085959">
-    <w:abstractNumId w:val="56085959"/>
+  <w:num w:numId="99886136">
+    <w:abstractNumId w:val="99886136"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId410802269" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId662655329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1130695fda9909cd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId3410695fda9909d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId2220695fda9909f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId7302695fda990c039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId6851695fda990c176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId7653695fda990c315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId1113695fda990c449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4539695fda990c55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId1753695fda9909e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1753695fda9909e01.jpg"/><Relationship Id="rId1689695fda990b633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1689695fda990b633.jpg"/><Relationship Id="rId1838695fda990c615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1838695fda990c615.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632896222" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId249904336" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId887469931a3081b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId945369931a3081bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId971169931a3082355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId277069931a3084338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId922669931a308446f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId103669931a30845f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId874669931a3084715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId900169931a30847eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId940269931a308222d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId940269931a308222d.jpg"/><Relationship Id="rId759069931a3083a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId759069931a3083a3a.jpg"/><Relationship Id="rId618869931a30848a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId618869931a30848a7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>