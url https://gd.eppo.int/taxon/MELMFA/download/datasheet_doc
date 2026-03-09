--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId887469931a3081b92" w:history="1">
+            <w:hyperlink r:id="rId303169af5d33367f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId945369931a3081bfc" w:history="1">
+            <w:hyperlink r:id="rId747469af5d333685f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3800346" name="name203769931a308222f" descr="14827.jpg"/>
+                  <wp:docPr id="53330682" name="name894969af5d333691f" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId940269931a308222d" cstate="print"/>
+                          <a:blip r:embed="rId660969af5d333691e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId971169931a3082355" w:history="1">
+            <w:hyperlink r:id="rId698269af5d3336a33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37840515" name="name613669931a3083a3d" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="84957385" name="name244369af5d3337ebf" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId759069931a3083a3a" cstate="print"/>
+                    <a:blip r:embed="rId463769af5d3337ebc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277069931a3084338" w:history="1">
+      <w:hyperlink r:id="rId626469af5d3338749" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922669931a308446f" w:history="1">
+      <w:hyperlink r:id="rId820669af5d333887b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103669931a30845f6" w:history="1">
+      <w:hyperlink r:id="rId108469af5d33389fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2788,51 +2788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874669931a3084715" w:history="1">
+      <w:hyperlink r:id="rId828869af5d3338b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900169931a30847eb" w:history="1">
+      <w:hyperlink r:id="rId225969af5d3338c04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40850782" name="name758669931a30848a8" descr="eu_funding_250.png"/>
+            <wp:docPr id="26709747" name="name131869af5d3338d9a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId618869931a30848a7" cstate="print"/>
+                    <a:blip r:embed="rId902169af5d3338d99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99886136">
+  <w:abstractNum w:abstractNumId="82653977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72970102">
+    <w:lvl w:ilvl="0" w:tplc="15675785">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72970102" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15675785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99886135">
+  <w:abstractNum w:abstractNumId="82653976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35069942">
+    <w:lvl w:ilvl="0" w:tplc="90446019">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99886135">
-    <w:abstractNumId w:val="99886135"/>
+  <w:num w:numId="82653976">
+    <w:abstractNumId w:val="82653976"/>
   </w:num>
-  <w:num w:numId="99886136">
-    <w:abstractNumId w:val="99886136"/>
+  <w:num w:numId="82653977">
+    <w:abstractNumId w:val="82653977"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId632896222" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId249904336" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId887469931a3081b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId945369931a3081bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId971169931a3082355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId277069931a3084338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId922669931a308446f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId103669931a30845f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId874669931a3084715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId900169931a30847eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId940269931a308222d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId940269931a308222d.jpg"/><Relationship Id="rId759069931a3083a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId759069931a3083a3a.jpg"/><Relationship Id="rId618869931a30848a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId618869931a30848a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677549505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId290840885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId303169af5d33367f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId747469af5d333685f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId698269af5d3336a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId626469af5d3338749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId820669af5d333887b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId108469af5d33389fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId828869af5d3338b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId225969af5d3338c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId660969af5d333691e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660969af5d333691e.jpg"/><Relationship Id="rId463769af5d3337ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463769af5d3337ebc.jpg"/><Relationship Id="rId902169af5d3338d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902169af5d3338d99.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>