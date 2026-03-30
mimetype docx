--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Arthur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> hemlock twig rust, rust of hemlock, rust of tsuga</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303169af5d33367f7" w:history="1">
+            <w:hyperlink r:id="rId434069ca1bfcaa8b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId747469af5d333685f" w:history="1">
+            <w:hyperlink r:id="rId834069ca1bfcaa96b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELMFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53330682" name="name894969af5d333691f" descr="14827.jpg"/>
+                  <wp:docPr id="63973346" name="name772369ca1bfcaaf4e" descr="14827.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14827.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId660969af5d333691e" cstate="print"/>
+                          <a:blip r:embed="rId148569ca1bfcaaf4c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId698269af5d3336a33" w:history="1">
+            <w:hyperlink r:id="rId796769ca1bfcab13a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1117,63 +1117,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. caroliniana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Hepting and Toole 1939; Kenaley and Hudler, 2010; MyCoPortal, 2023). The rust fungus is found mainly at higher altitudes in the southern part of its range (CABI, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84957385" name="name244369af5d3337ebf" descr="MELMFA_distribution_map.jpg"/>
+            <wp:docPr id="59965556" name="name284269ca1bfcac45a" descr="MELMFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELMFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId463769af5d3337ebc" cstate="print"/>
+                    <a:blip r:embed="rId558069ca1bfcac458" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2198,51 +2198,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (hemlock rust)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium. CABI, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626469af5d3338749" w:history="1">
+      <w:hyperlink r:id="rId367469ca1bfcacd24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2382,51 +2382,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5442, 19 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) EPPO Standard on Commodity-specific phytosanitary measures. PM 8/2 (3) Coniferae. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820669af5d333887b" w:history="1">
+      <w:hyperlink r:id="rId613469ca1bfcace84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELMFA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2613,51 +2613,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davis. Cornell University Factsheet, Ithaca, NY, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2023) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108469af5d33389fa" w:history="1">
+      <w:hyperlink r:id="rId699769ca1bfcad00b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed on 2023-02-21.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2788,51 +2788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melampsora farlowii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828869af5d3338b30" w:history="1">
+      <w:hyperlink r:id="rId844369ca1bfcad12b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2917,108 +2917,108 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225969af5d3338c04" w:history="1">
+      <w:hyperlink r:id="rId293169ca1bfcad1ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02687.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26709747" name="name131869af5d3338d9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="99516133" name="name609669ca1bfcad29d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId902169af5d3338d99" cstate="print"/>
+                    <a:blip r:embed="rId532469ca1bfcad29c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3116,137 +3116,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82653977">
+  <w:abstractNum w:abstractNumId="24567371">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15675785">
+    <w:lvl w:ilvl="0" w:tplc="91244268">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15675785" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91244268" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82653976">
+  <w:abstractNum w:abstractNumId="24567370">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90446019">
+    <w:lvl w:ilvl="0" w:tplc="41947315">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3998,55 +3998,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82653976">
-    <w:abstractNumId w:val="82653976"/>
+  <w:num w:numId="24567370">
+    <w:abstractNumId w:val="24567370"/>
   </w:num>
-  <w:num w:numId="82653977">
-    <w:abstractNumId w:val="82653977"/>
+  <w:num w:numId="24567371">
+    <w:abstractNumId w:val="24567371"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15596,51 +15596,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677549505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId290840885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId303169af5d33367f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId747469af5d333685f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId698269af5d3336a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId626469af5d3338749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId820669af5d333887b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId108469af5d33389fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId828869af5d3338b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId225969af5d3338c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId660969af5d333691e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660969af5d333691e.jpg"/><Relationship Id="rId463769af5d3337ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463769af5d3337ebc.jpg"/><Relationship Id="rId902169af5d3338d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902169af5d3338d99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId307887060" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500850813" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId434069ca1bfcaa8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/" TargetMode="External"/><Relationship Id="rId834069ca1bfcaa96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/categorization" TargetMode="External"/><Relationship Id="rId796769ca1bfcab13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/photos" TargetMode="External"/><Relationship Id="rId367469ca1bfcacd24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.33287" TargetMode="External"/><Relationship Id="rId613469ca1bfcace84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELMFA/documents" TargetMode="External"/><Relationship Id="rId699769ca1bfcad00b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php." TargetMode="External"/><Relationship Id="rId844369ca1bfcad12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId293169ca1bfcad1ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02687.x" TargetMode="External"/><Relationship Id="rId148569ca1bfcaaf4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId148569ca1bfcaaf4c.jpg"/><Relationship Id="rId558069ca1bfcac458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId558069ca1bfcac458.jpg"/><Relationship Id="rId532469ca1bfcad29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId532469ca1bfcad29c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>