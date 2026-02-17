--- v0 (2025-10-17)
+++ v1 (2026-02-17)
@@ -758,51 +758,51 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>