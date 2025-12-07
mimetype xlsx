--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MELGMY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>COFAR</t>
   </si>
   <si>
     <t>Coffea arabica</t>
   </si>
   <si>
     <t>* Villain L, Sarah JL, Hernandez A, Charmetant P, Bertrand B, Anthony F, Topart P, Lashermes P, Anzueto F, Gomes CRMD (2006) Biodiversity of root knot nematodes, Meloidogyne spp., on coffee in Central America.  In : 21st International Conference on Coffee Science, Montpellier (France), 11th - 15th September 2006. (Abstract) Available online at https://agritrop.cirad.fr/540129/                   
 ------- confirmed hos
 * Muniz MS, Campo VP, Moita AW, Goncalves W, Almeira MRA, De Souza FR, Carneiro RMDG (2009) Reaction of coffee genotypes to different populations of Meloidogyne spp.: detection of a naturally virulent M. exigua population. Tropical Plant Pathology 34, 370-378. DOI: 10.1590/S1982-56762009000600002
@@ -401,50 +401,60 @@
     <t>CEOAR</t>
   </si>
   <si>
     <t>Celosia argentea</t>
   </si>
   <si>
     <t>* Ho JT, Liang CC, Chen PJ (2022) First report of root-knot nematode Meloidogyne enterolobii on cockscomb (Celosia argentea var. cristata) in Taiwan. Plant Disease 106(7), 2000. https://doi.org/10.1094/PDIS-10-21-2126-PDN</t>
   </si>
   <si>
     <t>CEEFE</t>
   </si>
   <si>
     <t>Cereus fernambucensis</t>
   </si>
   <si>
     <t>CEEHI</t>
   </si>
   <si>
     <t>Cereus hildmannianus</t>
   </si>
   <si>
     <t>* Santos D, Abrantes I, Maleita C (2019) The quarantine root‐knot nematode Meloidogyne enterolobii – a potential threat to Portugal and Europe. Plant Pathology 68, 1607-1615. doi:10.1111/ppa.13079
 ------- confirmed host</t>
   </si>
   <si>
+    <t>CWCLU</t>
+  </si>
+  <si>
+    <t>Chrysalidocarpus lutescens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* NPPO of the Netherlands (2025-08, 2025-09). 
+-----reported to infest 51,190 C. lutescens plants in one production site and potentially 56,208 in another. No root-knot or above ground symptoms observed but root rotting observed.  </t>
+  </si>
+  <si>
     <t>CITLA</t>
   </si>
   <si>
     <t>Citrullus lanatus</t>
   </si>
   <si>
     <t>* Ramírez-Suárez A, Rosas-Hernández L, Alcasio-Rangel S, Powers TO (2014) First report of the root-knot nematode Meloidogyne enterolobii parasitizing watermelon from Veracruz, Mexico. Plant Disease 98(3), 428-429.
 * Yang B, Eisenback JD (1983) Meloidogyne enterolobii n.sp. (Meloidogynidae), a root-knot nematode parasitizing pacara earpot tree in China. Journal of Nematology 15(3), 381–391
 * Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, McAvoy EJ, Powers TO, Dickson DW (2008) Identification and isozyme characterization of Meloidogyne spp. infecting horticultural and agronomic drops, and weeds in Florida. Nematology 10(5), 757-766. https://doi.org/10.1163/156854108785787253
 ------- confirmed host</t>
   </si>
   <si>
     <t>CIDGR</t>
   </si>
   <si>
     <t>Citrus maxima</t>
   </si>
   <si>
     <t xml:space="preserve">* Le TML, Nguyen HT, Nguyen TD, Nguyen GS, Trinh QP (2023) First report of root-knot nematode Meloidogyne enterolobii infecting pomelo (Citrus maxima (Burm.) Merri) in Vietnam. Academia Journal of Biology, 45(2), 37–46. </t>
   </si>
   <si>
     <t>CXUBH</t>
   </si>
   <si>
     <t>Coleus scutellarioides</t>
@@ -584,52 +594,55 @@
     <t>* Han H, Brito JA, Dickson DW (2012) First report of Meloidogyne enterolobii infecting Euphorbia punicea in Florida. Plant Disease 96(11), p 1706.
 ------- confirmed host</t>
   </si>
   <si>
     <t>EPHTI</t>
   </si>
   <si>
     <t>Euphorbia tirucalli</t>
   </si>
   <si>
     <t>FIUSS</t>
   </si>
   <si>
     <t>Ficus sp.</t>
   </si>
   <si>
     <t>* EPPO (2010) Pest risk assessment for Meloidogyne enterolobii. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGMY/documents</t>
   </si>
   <si>
     <t>GADJA</t>
   </si>
   <si>
     <t>Gardenia jasminoides</t>
   </si>
   <si>
-    <t>* Lu XH, Solangi GS, Li DJ, Huang JL, Zhang Y, Liu ZM (2019) First report of root-knot nematode Meloidogyne enterolobii on Gardenia jasminoides in China. Plant Disease 103(6), p 1434.
-------- Confirmed host. Natural infestation found in a field in Hezhou city (Guangxi, China). Affected plants showed stunting and root knots. Inoculation trials confirmed the pathogenicty of M. enterolobii to G. jasminoides.</t>
+    <t xml:space="preserve">* de Oliveira EK, Gotardi GA, Mattiuz CF, Inomoto MM (2025) First report of guava root-knot nematode (Meloidogyne enterolobii) infecting gardenia in Brazil. Journal of Plant Diseases and Protection 132(6), 185.
+------- Confirmed host. Reproduction factor (Rf) was 3.46.
+* Lu XH, Solangi GS, Li DJ, Huang JL, Zhang Y, Liu ZM (2019) First report of root-knot nematode Meloidogyne enterolobii on Gardenia jasminoides in China. Plant Disease 103(6), p 1434.
+------- Confirmed host. Natural infestation found in a field in Hezhou city (Guangxi, China). Affected plants showed stunting and root knots. Inoculation trials confirmed the pathogenicty of M. enterolobii to G. jasminoides.
+</t>
   </si>
   <si>
     <t>GOSHI</t>
   </si>
   <si>
     <t>Gossypium hirsutum</t>
   </si>
   <si>
     <t>* Galbieri R, Davis RF,  Scoz LB, Belot JL, Skantar  AM (2020) First report of Meloidogyne enterolobii on cotton in Brazil. Plant Disease 104(8), 2295
 * Yang B, Eisenback JD (1983) Meloidogyne enterolobii n.sp. (Meloidogynidae), a root-knot nematode parasitizing pacara earpot tree in China. Journal of Nematology 15(3), 381–391
 * Ye WM, Koenning SR, Zhuo K, Liao JL (2013) First report of Meloidogyne enterolobii on cotton and soybean in North Carolina, United States. Plant Disease 97, 1262.</t>
   </si>
   <si>
     <t>HYDBO</t>
   </si>
   <si>
     <t>Hydrocotyle bonariensis</t>
   </si>
   <si>
     <t>* Souza RM, Nogueira MS, Lima IM, Melarto M, Dolinski CM (2006) Manejo de nematoides das galhas da goiabeira em Sao Joao da Barra (RJ) e relato de novos hospedeiros. Nematologia Brasileira 30, 165-169. 
 ------- confirmed host, as Hidrocotyli bonariensis.</t>
   </si>
   <si>
     <t>IXRCH</t>
   </si>
@@ -1793,51 +1806,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D157"/>
+  <dimension ref="A1:D158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="470.599" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2406,65 +2419,65 @@
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
         <v>119</v>
       </c>
       <c r="C42" t="s">
         <v>120</v>
       </c>
       <c r="D42" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>44</v>
       </c>
       <c r="B43" t="s">
         <v>122</v>
       </c>
       <c r="C43" t="s">
         <v>123</v>
       </c>
       <c r="D43" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D44" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>127</v>
       </c>
       <c r="C45" t="s">
         <v>128</v>
       </c>
       <c r="D45" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>44</v>
       </c>
       <c r="B46" t="s">
         <v>130</v>
       </c>
       <c r="C46" t="s">
         <v>131</v>
@@ -2504,65 +2517,65 @@
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>44</v>
       </c>
       <c r="B49" t="s">
         <v>139</v>
       </c>
       <c r="C49" t="s">
         <v>140</v>
       </c>
       <c r="D49" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>44</v>
       </c>
       <c r="B50" t="s">
         <v>142</v>
       </c>
       <c r="C50" t="s">
         <v>143</v>
       </c>
       <c r="D50" t="s">
-        <v>16</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>44</v>
       </c>
       <c r="B51" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>44</v>
       </c>
       <c r="B52" t="s">
         <v>147</v>
       </c>
       <c r="C52" t="s">
         <v>148</v>
       </c>
       <c r="D52" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" t="s">
         <v>150</v>
       </c>
       <c r="C53" t="s">
         <v>151</v>
@@ -2602,65 +2615,65 @@
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>44</v>
       </c>
       <c r="B56" t="s">
         <v>159</v>
       </c>
       <c r="C56" t="s">
         <v>160</v>
       </c>
       <c r="D56" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>44</v>
       </c>
       <c r="B57" t="s">
         <v>162</v>
       </c>
       <c r="C57" t="s">
         <v>163</v>
       </c>
       <c r="D57" t="s">
-        <v>59</v>
+        <v>164</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>44</v>
       </c>
       <c r="B58" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D58" t="s">
-        <v>166</v>
+        <v>59</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>44</v>
       </c>
       <c r="B59" t="s">
         <v>167</v>
       </c>
       <c r="C59" t="s">
         <v>168</v>
       </c>
       <c r="D59" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>44</v>
       </c>
       <c r="B60" t="s">
         <v>170</v>
       </c>
       <c r="C60" t="s">
         <v>171</v>
@@ -2686,135 +2699,135 @@
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>44</v>
       </c>
       <c r="B62" t="s">
         <v>176</v>
       </c>
       <c r="C62" t="s">
         <v>177</v>
       </c>
       <c r="D62" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>44</v>
       </c>
       <c r="B63" t="s">
         <v>179</v>
       </c>
       <c r="C63" t="s">
         <v>180</v>
       </c>
       <c r="D63" t="s">
-        <v>155</v>
+        <v>181</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>44</v>
       </c>
       <c r="B64" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C64" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D64" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>44</v>
       </c>
       <c r="B65" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C65" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D65" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>44</v>
       </c>
       <c r="B66" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C66" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D66" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>44</v>
       </c>
       <c r="B67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D67" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>44</v>
       </c>
       <c r="B68" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D68" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>44</v>
       </c>
       <c r="B69" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D69" t="s">
-        <v>193</v>
+        <v>53</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>44</v>
       </c>
       <c r="B70" t="s">
         <v>194</v>
       </c>
       <c r="C70" t="s">
         <v>195</v>
       </c>
       <c r="D70" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>44</v>
       </c>
       <c r="B71" t="s">
         <v>197</v>
       </c>
       <c r="C71" t="s">
         <v>198</v>
@@ -2854,65 +2867,65 @@
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>44</v>
       </c>
       <c r="B74" t="s">
         <v>206</v>
       </c>
       <c r="C74" t="s">
         <v>207</v>
       </c>
       <c r="D74" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>44</v>
       </c>
       <c r="B75" t="s">
         <v>209</v>
       </c>
       <c r="C75" t="s">
         <v>210</v>
       </c>
       <c r="D75" t="s">
-        <v>53</v>
+        <v>211</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>44</v>
       </c>
       <c r="B76" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D76" t="s">
-        <v>213</v>
+        <v>53</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>44</v>
       </c>
       <c r="B77" t="s">
         <v>214</v>
       </c>
       <c r="C77" t="s">
         <v>215</v>
       </c>
       <c r="D77" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>44</v>
       </c>
       <c r="B78" t="s">
         <v>217</v>
       </c>
       <c r="C78" t="s">
         <v>218</v>
@@ -2952,205 +2965,205 @@
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>44</v>
       </c>
       <c r="B81" t="s">
         <v>226</v>
       </c>
       <c r="C81" t="s">
         <v>227</v>
       </c>
       <c r="D81" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>44</v>
       </c>
       <c r="B82" t="s">
         <v>229</v>
       </c>
       <c r="C82" t="s">
         <v>230</v>
       </c>
       <c r="D82" t="s">
-        <v>53</v>
+        <v>231</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>44</v>
       </c>
       <c r="B83" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C83" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D83" t="s">
-        <v>233</v>
+        <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>44</v>
       </c>
       <c r="B84" t="s">
         <v>234</v>
       </c>
       <c r="C84" t="s">
         <v>235</v>
       </c>
       <c r="D84" t="s">
-        <v>146</v>
+        <v>236</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>44</v>
       </c>
       <c r="B85" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C85" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D85" t="s">
-        <v>238</v>
+        <v>149</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>44</v>
       </c>
       <c r="B86" t="s">
         <v>239</v>
       </c>
       <c r="C86" t="s">
         <v>240</v>
       </c>
       <c r="D86" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>44</v>
       </c>
       <c r="B87" t="s">
         <v>242</v>
       </c>
       <c r="C87" t="s">
         <v>243</v>
       </c>
       <c r="D87" t="s">
-        <v>155</v>
+        <v>244</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>44</v>
       </c>
       <c r="B88" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C88" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D88" t="s">
-        <v>246</v>
+        <v>158</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>44</v>
       </c>
       <c r="B89" t="s">
         <v>247</v>
       </c>
       <c r="C89" t="s">
         <v>248</v>
       </c>
       <c r="D89" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>44</v>
       </c>
       <c r="B90" t="s">
         <v>250</v>
       </c>
       <c r="C90" t="s">
         <v>251</v>
       </c>
       <c r="D90" t="s">
-        <v>76</v>
+        <v>252</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>44</v>
       </c>
       <c r="B91" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C91" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D91" t="s">
-        <v>254</v>
+        <v>76</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>44</v>
       </c>
       <c r="B92" t="s">
         <v>255</v>
       </c>
       <c r="C92" t="s">
         <v>256</v>
       </c>
       <c r="D92" t="s">
-        <v>112</v>
+        <v>257</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>44</v>
       </c>
       <c r="B93" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C93" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D93" t="s">
-        <v>259</v>
+        <v>112</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>44</v>
       </c>
       <c r="B94" t="s">
         <v>260</v>
       </c>
       <c r="C94" t="s">
         <v>261</v>
       </c>
       <c r="D94" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>44</v>
       </c>
       <c r="B95" t="s">
         <v>263</v>
       </c>
       <c r="C95" t="s">
         <v>264</v>
@@ -3176,65 +3189,65 @@
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>44</v>
       </c>
       <c r="B97" t="s">
         <v>269</v>
       </c>
       <c r="C97" t="s">
         <v>270</v>
       </c>
       <c r="D97" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>44</v>
       </c>
       <c r="B98" t="s">
         <v>272</v>
       </c>
       <c r="C98" t="s">
         <v>273</v>
       </c>
       <c r="D98" t="s">
-        <v>53</v>
+        <v>274</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>44</v>
       </c>
       <c r="B99" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C99" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D99" t="s">
-        <v>276</v>
+        <v>53</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>44</v>
       </c>
       <c r="B100" t="s">
         <v>277</v>
       </c>
       <c r="C100" t="s">
         <v>278</v>
       </c>
       <c r="D100" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>44</v>
       </c>
       <c r="B101" t="s">
         <v>280</v>
       </c>
       <c r="C101" t="s">
         <v>281</v>
@@ -3260,107 +3273,107 @@
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>44</v>
       </c>
       <c r="B103" t="s">
         <v>286</v>
       </c>
       <c r="C103" t="s">
         <v>287</v>
       </c>
       <c r="D103" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>44</v>
       </c>
       <c r="B104" t="s">
         <v>289</v>
       </c>
       <c r="C104" t="s">
         <v>290</v>
       </c>
       <c r="D104" t="s">
-        <v>59</v>
+        <v>291</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>44</v>
       </c>
       <c r="B105" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C105" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D105" t="s">
-        <v>293</v>
+        <v>59</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>44</v>
       </c>
       <c r="B106" t="s">
         <v>294</v>
       </c>
       <c r="C106" t="s">
         <v>295</v>
       </c>
       <c r="D106" t="s">
-        <v>53</v>
+        <v>296</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>44</v>
       </c>
       <c r="B107" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C107" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D107" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>44</v>
       </c>
       <c r="B108" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C108" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D108" t="s">
-        <v>300</v>
+        <v>76</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>44</v>
       </c>
       <c r="B109" t="s">
         <v>301</v>
       </c>
       <c r="C109" t="s">
         <v>302</v>
       </c>
       <c r="D109" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>44</v>
       </c>
       <c r="B110" t="s">
         <v>304</v>
       </c>
       <c r="C110" t="s">
         <v>305</v>
@@ -3372,681 +3385,695 @@
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>44</v>
       </c>
       <c r="B111" t="s">
         <v>307</v>
       </c>
       <c r="C111" t="s">
         <v>308</v>
       </c>
       <c r="D111" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>44</v>
       </c>
       <c r="B112" t="s">
         <v>310</v>
       </c>
       <c r="C112" t="s">
         <v>311</v>
       </c>
       <c r="D112" t="s">
-        <v>81</v>
+        <v>312</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>44</v>
       </c>
       <c r="B113" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C113" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D113" t="s">
-        <v>268</v>
+        <v>81</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>44</v>
       </c>
       <c r="B114" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C114" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D114" t="s">
-        <v>316</v>
+        <v>271</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>44</v>
       </c>
       <c r="B115" t="s">
         <v>317</v>
       </c>
       <c r="C115" t="s">
         <v>318</v>
       </c>
       <c r="D115" t="s">
-        <v>59</v>
+        <v>319</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>44</v>
       </c>
       <c r="B116" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C116" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D116" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>44</v>
       </c>
       <c r="B117" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C117" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D117" t="s">
-        <v>323</v>
+        <v>53</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>44</v>
       </c>
       <c r="B118" t="s">
         <v>324</v>
       </c>
       <c r="C118" t="s">
         <v>325</v>
       </c>
       <c r="D118" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>44</v>
       </c>
       <c r="B119" t="s">
         <v>327</v>
       </c>
       <c r="C119" t="s">
         <v>328</v>
       </c>
       <c r="D119" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>44</v>
       </c>
       <c r="B120" t="s">
         <v>330</v>
       </c>
       <c r="C120" t="s">
         <v>331</v>
       </c>
       <c r="D120" t="s">
-        <v>268</v>
+        <v>332</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>44</v>
       </c>
       <c r="B121" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C121" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D121" t="s">
-        <v>334</v>
+        <v>271</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>44</v>
       </c>
       <c r="B122" t="s">
         <v>335</v>
       </c>
       <c r="C122" t="s">
         <v>336</v>
       </c>
       <c r="D122" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>44</v>
       </c>
       <c r="B123" t="s">
         <v>338</v>
       </c>
       <c r="C123" t="s">
         <v>339</v>
       </c>
       <c r="D123" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
+        <v>44</v>
+      </c>
+      <c r="B124" t="s">
         <v>341</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
         <v>342</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B125" t="s">
         <v>345</v>
       </c>
       <c r="C125" t="s">
         <v>346</v>
       </c>
       <c r="D125" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B126" t="s">
         <v>348</v>
       </c>
       <c r="C126" t="s">
         <v>349</v>
       </c>
       <c r="D126" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B127" t="s">
         <v>351</v>
       </c>
       <c r="C127" t="s">
         <v>352</v>
       </c>
       <c r="D127" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B128" t="s">
         <v>354</v>
       </c>
       <c r="C128" t="s">
         <v>355</v>
       </c>
       <c r="D128" t="s">
-        <v>166</v>
+        <v>356</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B129" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C129" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D129" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B130" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C130" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D130" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B131" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C131" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D131" t="s">
-        <v>362</v>
+        <v>169</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B132" t="s">
         <v>363</v>
       </c>
       <c r="C132" t="s">
         <v>364</v>
       </c>
       <c r="D132" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B133" t="s">
         <v>366</v>
       </c>
       <c r="C133" t="s">
         <v>367</v>
       </c>
       <c r="D133" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B134" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C134" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D134" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B135" t="s">
         <v>371</v>
       </c>
       <c r="C135" t="s">
         <v>372</v>
       </c>
       <c r="D135" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B136" t="s">
         <v>374</v>
       </c>
       <c r="C136" t="s">
         <v>375</v>
       </c>
       <c r="D136" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B137" t="s">
         <v>377</v>
       </c>
       <c r="C137" t="s">
         <v>378</v>
       </c>
       <c r="D137" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B138" t="s">
         <v>380</v>
       </c>
       <c r="C138" t="s">
         <v>381</v>
       </c>
       <c r="D138" t="s">
-        <v>344</v>
+        <v>382</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B139" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C139" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D139" t="s">
-        <v>384</v>
+        <v>347</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B140" t="s">
         <v>385</v>
       </c>
       <c r="C140" t="s">
         <v>386</v>
       </c>
       <c r="D140" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B141" t="s">
         <v>388</v>
       </c>
       <c r="C141" t="s">
         <v>389</v>
       </c>
       <c r="D141" t="s">
-        <v>347</v>
+        <v>390</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B142" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C142" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D142" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B143" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C143" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D143" t="s">
-        <v>394</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B144" t="s">
         <v>395</v>
       </c>
       <c r="C144" t="s">
         <v>396</v>
       </c>
       <c r="D144" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B145" t="s">
         <v>398</v>
       </c>
       <c r="C145" t="s">
         <v>399</v>
       </c>
       <c r="D145" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B146" t="s">
         <v>401</v>
       </c>
       <c r="C146" t="s">
         <v>402</v>
       </c>
       <c r="D146" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B147" t="s">
         <v>404</v>
       </c>
       <c r="C147" t="s">
         <v>405</v>
       </c>
       <c r="D147" t="s">
-        <v>70</v>
+        <v>406</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B148" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C148" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D148" t="s">
-        <v>408</v>
+        <v>70</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B149" t="s">
         <v>409</v>
       </c>
       <c r="C149" t="s">
         <v>410</v>
       </c>
       <c r="D149" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B150" t="s">
         <v>412</v>
       </c>
       <c r="C150" t="s">
         <v>413</v>
       </c>
       <c r="D150" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B151" t="s">
         <v>415</v>
       </c>
       <c r="C151" t="s">
         <v>416</v>
       </c>
       <c r="D151" t="s">
-        <v>347</v>
+        <v>417</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B152" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C152" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D152" t="s">
-        <v>419</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B153" t="s">
         <v>420</v>
       </c>
       <c r="C153" t="s">
         <v>421</v>
       </c>
       <c r="D153" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B154" t="s">
         <v>423</v>
       </c>
       <c r="C154" t="s">
         <v>424</v>
       </c>
       <c r="D154" t="s">
-        <v>344</v>
+        <v>425</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B155" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C155" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D155" t="s">
-        <v>427</v>
+        <v>347</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B156" t="s">
         <v>428</v>
       </c>
       <c r="C156" t="s">
         <v>429</v>
       </c>
       <c r="D156" t="s">
-        <v>373</v>
+        <v>430</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B157" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C157" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D157" t="s">
-        <v>387</v>
+        <v>376</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>344</v>
+      </c>
+      <c r="B158" t="s">
+        <v>433</v>
+      </c>
+      <c r="C158" t="s">
+        <v>434</v>
+      </c>
+      <c r="D158" t="s">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">