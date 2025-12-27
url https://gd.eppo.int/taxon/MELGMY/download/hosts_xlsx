--- v1 (2025-12-07)
+++ v2 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MELGMY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>COFAR</t>
   </si>
   <si>
     <t>Coffea arabica</t>
   </si>
   <si>
     <t>* Villain L, Sarah JL, Hernandez A, Charmetant P, Bertrand B, Anthony F, Topart P, Lashermes P, Anzueto F, Gomes CRMD (2006) Biodiversity of root knot nematodes, Meloidogyne spp., on coffee in Central America.  In : 21st International Conference on Coffee Science, Montpellier (France), 11th - 15th September 2006. (Abstract) Available online at https://agritrop.cirad.fr/540129/                   
 ------- confirmed hos
 * Muniz MS, Campo VP, Moita AW, Goncalves W, Almeira MRA, De Souza FR, Carneiro RMDG (2009) Reaction of coffee genotypes to different populations of Meloidogyne spp.: detection of a naturally virulent M. exigua population. Tropical Plant Pathology 34, 370-378. DOI: 10.1590/S1982-56762009000600002
@@ -644,50 +644,55 @@
 ------- confirmed host, as Hidrocotyli bonariensis.</t>
   </si>
   <si>
     <t>IXRCH</t>
   </si>
   <si>
     <t>Ixora chinensis</t>
   </si>
   <si>
     <t>* Wu C, Chen Q, Wei C, Wang H, Cheng DJ, Wu HY. (2022) First report of Meloidogyne enterolobii infecting Ixora chinensis in China. Plant Disease. https://doi.org/10.1094/PDIS-11-21-2602-PDN.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>IATUR</t>
   </si>
   <si>
     <t>Jatropha urens</t>
   </si>
   <si>
     <t>LAEIN</t>
   </si>
   <si>
     <t>Lagerstroemia indica</t>
   </si>
   <si>
+    <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.
+* Lawaju BR, Pickens J, Conner K, Ye W, Lawrence K (2025) First report of Meloidoyne enterolobii infecting Lagerstroemia indica in Alabama, United States. Journal of Nematology 57(1), 20250057. https://doi.org/10.2478/jofnem-2025-0057
+------- RF = 1.9 ± 0.52</t>
+  </si>
+  <si>
     <t>LMPSS</t>
   </si>
   <si>
     <t>Lampranthus sp.</t>
   </si>
   <si>
     <t>LANCA</t>
   </si>
   <si>
     <t>Lantana camara</t>
   </si>
   <si>
     <t>LANMV</t>
   </si>
   <si>
     <t>Lantana montevidensis</t>
   </si>
   <si>
     <t>LIGSS</t>
   </si>
   <si>
     <t>Ligustrum sp.</t>
   </si>
   <si>
     <t>LUFAE</t>
@@ -1009,50 +1014,59 @@
   </si>
   <si>
     <t>Selenicereus undatus</t>
   </si>
   <si>
     <t>* Salinas‐Castro A, Navarro‐de la Fuente L, Lima‐Rivera D, Núñez‐Camargo MD, López‐Lima D (2025) First report of Meloidogyne enterolobii infecting dragon fruit (Selenicereus undatus) in México. Journal of Phytopathology 173(4), e70143.</t>
   </si>
   <si>
     <t>CASAL</t>
   </si>
   <si>
     <t>Senna alata</t>
   </si>
   <si>
     <t>CASOC</t>
   </si>
   <si>
     <t>Senna occidentalis</t>
   </si>
   <si>
     <t xml:space="preserve">* de Lourdes Mendes M, Dickson DW, Crow WT (2020) Yellow and purple nutsedge and coffee senna as hosts of common plant nematodes in Florida. .Journal of Nematology, 52(i_current), 1-9.doi:10.21307/jofnem-2020-094.
 ------- confirmed host
 * Lima IM, Dolinski CM, Souza RM (2003) Dispersao de Meloidogyne mayaguensis em goiabais de Sao Joao da Barraq e relato de novos hospedeiros dentre plantas invasoras e cultivadas (Dispersal of Meloidogyne mayaguensis in guava orchards in the city of Sao Joao da Barra, Brazil, and new hosts amongst cultivated plant species and weeds. Nematologia Brasileira 27(2), 257-258. (abstract)
 ------- confirmed host
 </t>
+  </si>
+  <si>
+    <t>ZRTGR</t>
+  </si>
+  <si>
+    <t>Siraitia grosvenorii</t>
+  </si>
+  <si>
+    <t>* Liang X, Chen W, Li F, Zhao W, Xiang Q, Shan B, Zhang X, Jiang S, Yang S (2025) First report of root-knot nematode, Meloidogyne enterolobii, on Siraitia grosvenorii in Guangxi, China. Plant Disease (early view)  https://apsjournals.apsnet.org/doi/pdf/10.1094/PDIS-07-25-1565-PDN</t>
   </si>
   <si>
     <t>SDRMA</t>
   </si>
   <si>
     <t>Solandra maxima</t>
   </si>
   <si>
     <t>SOLMA</t>
   </si>
   <si>
     <t>Solanum macrocarpon</t>
   </si>
   <si>
     <t>SOLQU</t>
   </si>
   <si>
     <t>Solanum quitoense</t>
   </si>
   <si>
     <t>* Crozzoli R, Aguirre Y, Angel L (2012) Patogenicidad del nematodo agallador, Meloidogyne enterolobii, en lulo (Solanum quitoense Lam.) en macetas (Pathogenicity of the root-knot nematode, Meloidogyne enterolobii, on naranjilla (Solanum quitoense Lam.) in pots. Nematologia Mediterranea 40(2), 153–156.
 ------- confirmed host. Plants were found infected with M. enterolobii at the "Universidade  Central de Venezuela campus". However no information is given about the number of plants found infected and site's size.</t>
   </si>
   <si>
     <t>SOLSC</t>
@@ -1806,51 +1820,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D158"/>
+  <dimension ref="A1:D159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="470.599" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2727,1353 +2741,1367 @@
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>44</v>
       </c>
       <c r="B64" t="s">
         <v>182</v>
       </c>
       <c r="C64" t="s">
         <v>183</v>
       </c>
       <c r="D64" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>44</v>
       </c>
       <c r="B65" t="s">
         <v>184</v>
       </c>
       <c r="C65" t="s">
         <v>185</v>
       </c>
       <c r="D65" t="s">
-        <v>53</v>
+        <v>186</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>44</v>
       </c>
       <c r="B66" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C66" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D66" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>44</v>
       </c>
       <c r="B67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D67" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>44</v>
       </c>
       <c r="B68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D68" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>44</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>44</v>
       </c>
       <c r="B70" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>44</v>
       </c>
       <c r="B71" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D71" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>44</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D72" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>44</v>
       </c>
       <c r="B73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D73" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>44</v>
       </c>
       <c r="B74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>44</v>
       </c>
       <c r="B75" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D75" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>44</v>
       </c>
       <c r="B76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C76" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D76" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>44</v>
       </c>
       <c r="B77" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C77" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D77" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>44</v>
       </c>
       <c r="B78" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C78" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D78" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>44</v>
       </c>
       <c r="B79" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C79" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D79" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>44</v>
       </c>
       <c r="B80" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C80" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D80" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>44</v>
       </c>
       <c r="B81" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C81" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D81" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>44</v>
       </c>
       <c r="B82" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C82" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D82" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>44</v>
       </c>
       <c r="B83" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C83" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D83" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>44</v>
       </c>
       <c r="B84" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C84" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D84" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>44</v>
       </c>
       <c r="B85" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C85" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D85" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>44</v>
       </c>
       <c r="B86" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C86" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D86" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>44</v>
       </c>
       <c r="B87" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C87" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D87" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>44</v>
       </c>
       <c r="B88" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C88" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D88" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>44</v>
       </c>
       <c r="B89" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C89" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D89" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>44</v>
       </c>
       <c r="B90" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C90" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D90" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>44</v>
       </c>
       <c r="B91" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C91" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D91" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>44</v>
       </c>
       <c r="B92" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C92" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D92" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>44</v>
       </c>
       <c r="B93" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C93" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D93" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>44</v>
       </c>
       <c r="B94" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C94" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D94" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>44</v>
       </c>
       <c r="B95" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C95" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D95" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>44</v>
       </c>
       <c r="B96" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C96" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D96" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>44</v>
       </c>
       <c r="B97" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C97" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D97" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>44</v>
       </c>
       <c r="B98" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C98" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D98" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>44</v>
       </c>
       <c r="B99" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C99" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D99" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>44</v>
       </c>
       <c r="B100" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C100" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D100" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>44</v>
       </c>
       <c r="B101" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C101" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D101" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>44</v>
       </c>
       <c r="B102" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C102" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D102" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>44</v>
       </c>
       <c r="B103" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C103" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D103" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>44</v>
       </c>
       <c r="B104" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C104" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D104" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>44</v>
       </c>
       <c r="B105" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C105" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D105" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>44</v>
       </c>
       <c r="B106" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C106" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D106" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>44</v>
       </c>
       <c r="B107" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C107" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D107" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>44</v>
       </c>
       <c r="B108" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C108" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D108" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>44</v>
       </c>
       <c r="B109" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C109" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D109" t="s">
-        <v>303</v>
+        <v>76</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>44</v>
       </c>
       <c r="B110" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C110" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D110" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>44</v>
       </c>
       <c r="B111" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C111" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D111" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>44</v>
       </c>
       <c r="B112" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C112" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D112" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>44</v>
       </c>
       <c r="B113" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C113" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D113" t="s">
-        <v>81</v>
+        <v>316</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>44</v>
       </c>
       <c r="B114" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C114" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D114" t="s">
-        <v>271</v>
+        <v>81</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>44</v>
       </c>
       <c r="B115" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C115" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D115" t="s">
-        <v>319</v>
+        <v>272</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>44</v>
       </c>
       <c r="B116" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C116" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D116" t="s">
-        <v>59</v>
+        <v>323</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>44</v>
       </c>
       <c r="B117" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C117" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D117" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>44</v>
       </c>
       <c r="B118" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C118" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D118" t="s">
-        <v>326</v>
+        <v>53</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>44</v>
       </c>
       <c r="B119" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C119" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D119" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>44</v>
       </c>
       <c r="B120" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C120" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D120" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>44</v>
       </c>
       <c r="B121" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C121" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D121" t="s">
-        <v>271</v>
+        <v>336</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>44</v>
       </c>
       <c r="B122" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C122" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D122" t="s">
-        <v>337</v>
+        <v>272</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>44</v>
       </c>
       <c r="B123" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C123" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D123" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>44</v>
       </c>
       <c r="B124" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C124" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D124" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>344</v>
+        <v>44</v>
       </c>
       <c r="B125" t="s">
         <v>345</v>
       </c>
       <c r="C125" t="s">
         <v>346</v>
       </c>
       <c r="D125" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B126" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C126" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D126" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B127" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C127" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D127" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B128" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C128" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D128" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B129" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C129" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D129" t="s">
-        <v>169</v>
+        <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B130" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C130" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D130" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B131" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C131" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D131" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B132" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C132" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D132" t="s">
-        <v>365</v>
+        <v>169</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B133" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C133" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D133" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B134" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C134" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D134" t="s">
-        <v>353</v>
+        <v>372</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B135" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C135" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D135" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B136" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C136" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D136" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B137" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C137" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D137" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B138" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C138" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D138" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B139" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C139" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D139" t="s">
-        <v>347</v>
+        <v>386</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B140" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C140" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D140" t="s">
-        <v>387</v>
+        <v>351</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B141" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C141" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D141" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B142" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C142" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D142" t="s">
-        <v>350</v>
+        <v>394</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B143" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C143" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D143" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B144" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C144" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D144" t="s">
-        <v>397</v>
+        <v>354</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B145" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C145" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D145" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B146" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C146" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D146" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B147" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C147" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D147" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B148" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C148" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D148" t="s">
-        <v>70</v>
+        <v>410</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B149" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C149" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D149" t="s">
-        <v>411</v>
+        <v>70</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B150" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C150" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D150" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B151" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C151" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D151" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B152" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C152" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D152" t="s">
-        <v>350</v>
+        <v>421</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B153" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C153" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D153" t="s">
-        <v>422</v>
+        <v>354</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B154" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C154" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D154" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B155" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C155" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D155" t="s">
-        <v>347</v>
+        <v>429</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B156" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C156" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D156" t="s">
-        <v>430</v>
+        <v>351</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B157" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C157" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D157" t="s">
-        <v>376</v>
+        <v>434</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B158" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C158" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D158" t="s">
-        <v>390</v>
+        <v>380</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>348</v>
+      </c>
+      <c r="B159" t="s">
+        <v>437</v>
+      </c>
+      <c r="C159" t="s">
+        <v>438</v>
+      </c>
+      <c r="D159" t="s">
+        <v>394</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">