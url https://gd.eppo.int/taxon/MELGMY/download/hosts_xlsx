--- v2 (2025-12-27)
+++ v3 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MELGMY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>COFAR</t>
   </si>
   <si>
     <t>Coffea arabica</t>
   </si>
   <si>
     <t>* Villain L, Sarah JL, Hernandez A, Charmetant P, Bertrand B, Anthony F, Topart P, Lashermes P, Anzueto F, Gomes CRMD (2006) Biodiversity of root knot nematodes, Meloidogyne spp., on coffee in Central America.  In : 21st International Conference on Coffee Science, Montpellier (France), 11th - 15th September 2006. (Abstract) Available online at https://agritrop.cirad.fr/540129/                   
 ------- confirmed hos
 * Muniz MS, Campo VP, Moita AW, Goncalves W, Almeira MRA, De Souza FR, Carneiro RMDG (2009) Reaction of coffee genotypes to different populations of Meloidogyne spp.: detection of a naturally virulent M. exigua population. Tropical Plant Pathology 34, 370-378. DOI: 10.1590/S1982-56762009000600002
@@ -905,50 +905,60 @@
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>* Guimaraes LMP, Moura RM de, Pedrosa EMR (2003) Meloidogyne mayaguensis parasitism on different plant species. Nematologia Brasileira, 27(2), 139-145.
 ------- greenhouse stud
 * Silva, RV, Lima, BV, Lopes LNS, Cruz CFM, Avila Junior JH (2017) Diagnose de nematoide das galhas, Meloidogyne enterolobii em feijoeiro no estado de Goiás.  (Diagnosis of root-knot nematodes, Meloidogyne enterolobii attacking beans in Goias state, Brazil. XXXIV Congresso Brasileiro de Nematologia, 03 a 07 de Julho, 2017, Vitoria, ES, Brasil. (Abstract)</t>
   </si>
   <si>
     <t>PHYPE</t>
   </si>
   <si>
     <t>Physalis peruviana</t>
   </si>
   <si>
     <t>MFNPA</t>
   </si>
   <si>
     <t>Platostoma palustre</t>
   </si>
   <si>
     <t>* Wu C, Chen Q, Wei C, Wang H, Cheng DJ, Wu H (2022) First report of Meloidogyne enterolobii infecting Mesona chinensis in China. Plant Disease 106(7), 1999-200. https://doi.org/10.1094/PDIS-12-21-2720-PDN
 -------- As Mesona chinensis.</t>
+  </si>
+  <si>
+    <t>PUVTB</t>
+  </si>
+  <si>
+    <t>Primulina tabacum</t>
+  </si>
+  <si>
+    <t>* Li F, Liang X, Zhang X, Zhao W, Huang W, Zhang Y, Yang S (2026) First report of Meloidogyne enterolobii causing root-knot on Primulina tabacum Hance in Guilin, China. Plant Disease (early view) https://doi.org/10.1094/PDIS-09-25-1908-PDN 
+----found in botanical garden and koch's postulates confirmed</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
   </si>
   <si>
     <t>* EPPO (2010) Pest risk assessment for Meloidogyne enterolobii. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGMY/documents
 ------- reported as "findings of the NPPO of the Netherlands"</t>
   </si>
   <si>
     <t>RTCMY</t>
   </si>
   <si>
     <t>Rotheca myricoides</t>
   </si>
   <si>
     <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.
 ------- confirmed host, as Clerodendrum x ugandensis.</t>
   </si>
   <si>
     <t>1SGRG</t>
   </si>
   <si>
@@ -1820,51 +1830,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D159"/>
+  <dimension ref="A1:D160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="470.599" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3217,65 +3227,65 @@
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>44</v>
       </c>
       <c r="B98" t="s">
         <v>273</v>
       </c>
       <c r="C98" t="s">
         <v>274</v>
       </c>
       <c r="D98" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>44</v>
       </c>
       <c r="B99" t="s">
         <v>276</v>
       </c>
       <c r="C99" t="s">
         <v>277</v>
       </c>
       <c r="D99" t="s">
-        <v>53</v>
+        <v>278</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>44</v>
       </c>
       <c r="B100" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C100" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D100" t="s">
-        <v>280</v>
+        <v>53</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>44</v>
       </c>
       <c r="B101" t="s">
         <v>281</v>
       </c>
       <c r="C101" t="s">
         <v>282</v>
       </c>
       <c r="D101" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>44</v>
       </c>
       <c r="B102" t="s">
         <v>284</v>
       </c>
       <c r="C102" t="s">
         <v>285</v>
@@ -3301,121 +3311,121 @@
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>44</v>
       </c>
       <c r="B104" t="s">
         <v>290</v>
       </c>
       <c r="C104" t="s">
         <v>291</v>
       </c>
       <c r="D104" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>44</v>
       </c>
       <c r="B105" t="s">
         <v>293</v>
       </c>
       <c r="C105" t="s">
         <v>294</v>
       </c>
       <c r="D105" t="s">
-        <v>59</v>
+        <v>295</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>44</v>
       </c>
       <c r="B106" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C106" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D106" t="s">
-        <v>297</v>
+        <v>59</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>44</v>
       </c>
       <c r="B107" t="s">
         <v>298</v>
       </c>
       <c r="C107" t="s">
         <v>299</v>
       </c>
       <c r="D107" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>44</v>
       </c>
       <c r="B108" t="s">
         <v>301</v>
       </c>
       <c r="C108" t="s">
         <v>302</v>
       </c>
       <c r="D108" t="s">
-        <v>53</v>
+        <v>303</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>44</v>
       </c>
       <c r="B109" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C109" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D109" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>44</v>
       </c>
       <c r="B110" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C110" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D110" t="s">
-        <v>307</v>
+        <v>76</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>44</v>
       </c>
       <c r="B111" t="s">
         <v>308</v>
       </c>
       <c r="C111" t="s">
         <v>309</v>
       </c>
       <c r="D111" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>44</v>
       </c>
       <c r="B112" t="s">
         <v>311</v>
       </c>
       <c r="C112" t="s">
         <v>312</v>
@@ -3427,681 +3437,695 @@
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>44</v>
       </c>
       <c r="B113" t="s">
         <v>314</v>
       </c>
       <c r="C113" t="s">
         <v>315</v>
       </c>
       <c r="D113" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>44</v>
       </c>
       <c r="B114" t="s">
         <v>317</v>
       </c>
       <c r="C114" t="s">
         <v>318</v>
       </c>
       <c r="D114" t="s">
-        <v>81</v>
+        <v>319</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>44</v>
       </c>
       <c r="B115" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C115" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D115" t="s">
-        <v>272</v>
+        <v>81</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>44</v>
       </c>
       <c r="B116" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C116" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D116" t="s">
-        <v>323</v>
+        <v>275</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>44</v>
       </c>
       <c r="B117" t="s">
         <v>324</v>
       </c>
       <c r="C117" t="s">
         <v>325</v>
       </c>
       <c r="D117" t="s">
-        <v>59</v>
+        <v>326</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>44</v>
       </c>
       <c r="B118" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C118" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D118" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>44</v>
       </c>
       <c r="B119" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C119" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D119" t="s">
-        <v>330</v>
+        <v>53</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>44</v>
       </c>
       <c r="B120" t="s">
         <v>331</v>
       </c>
       <c r="C120" t="s">
         <v>332</v>
       </c>
       <c r="D120" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>44</v>
       </c>
       <c r="B121" t="s">
         <v>334</v>
       </c>
       <c r="C121" t="s">
         <v>335</v>
       </c>
       <c r="D121" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>44</v>
       </c>
       <c r="B122" t="s">
         <v>337</v>
       </c>
       <c r="C122" t="s">
         <v>338</v>
       </c>
       <c r="D122" t="s">
-        <v>272</v>
+        <v>339</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>44</v>
       </c>
       <c r="B123" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C123" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D123" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>44</v>
       </c>
       <c r="B124" t="s">
         <v>342</v>
       </c>
       <c r="C124" t="s">
         <v>343</v>
       </c>
       <c r="D124" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>44</v>
       </c>
       <c r="B125" t="s">
         <v>345</v>
       </c>
       <c r="C125" t="s">
         <v>346</v>
       </c>
       <c r="D125" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
+        <v>44</v>
+      </c>
+      <c r="B126" t="s">
         <v>348</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>349</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B127" t="s">
         <v>352</v>
       </c>
       <c r="C127" t="s">
         <v>353</v>
       </c>
       <c r="D127" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B128" t="s">
         <v>355</v>
       </c>
       <c r="C128" t="s">
         <v>356</v>
       </c>
       <c r="D128" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B129" t="s">
         <v>358</v>
       </c>
       <c r="C129" t="s">
         <v>359</v>
       </c>
       <c r="D129" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B130" t="s">
         <v>361</v>
       </c>
       <c r="C130" t="s">
         <v>362</v>
       </c>
       <c r="D130" t="s">
-        <v>169</v>
+        <v>363</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B131" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C131" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D131" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B132" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C132" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D132" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B133" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C133" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D133" t="s">
-        <v>369</v>
+        <v>169</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B134" t="s">
         <v>370</v>
       </c>
       <c r="C134" t="s">
         <v>371</v>
       </c>
       <c r="D134" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B135" t="s">
         <v>373</v>
       </c>
       <c r="C135" t="s">
         <v>374</v>
       </c>
       <c r="D135" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B136" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C136" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D136" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B137" t="s">
         <v>378</v>
       </c>
       <c r="C137" t="s">
         <v>379</v>
       </c>
       <c r="D137" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B138" t="s">
         <v>381</v>
       </c>
       <c r="C138" t="s">
         <v>382</v>
       </c>
       <c r="D138" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B139" t="s">
         <v>384</v>
       </c>
       <c r="C139" t="s">
         <v>385</v>
       </c>
       <c r="D139" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B140" t="s">
         <v>387</v>
       </c>
       <c r="C140" t="s">
         <v>388</v>
       </c>
       <c r="D140" t="s">
-        <v>351</v>
+        <v>389</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B141" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C141" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D141" t="s">
-        <v>391</v>
+        <v>354</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B142" t="s">
         <v>392</v>
       </c>
       <c r="C142" t="s">
         <v>393</v>
       </c>
       <c r="D142" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B143" t="s">
         <v>395</v>
       </c>
       <c r="C143" t="s">
         <v>396</v>
       </c>
       <c r="D143" t="s">
-        <v>354</v>
+        <v>397</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B144" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C144" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D144" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B145" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C145" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D145" t="s">
-        <v>401</v>
+        <v>357</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B146" t="s">
         <v>402</v>
       </c>
       <c r="C146" t="s">
         <v>403</v>
       </c>
       <c r="D146" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B147" t="s">
         <v>405</v>
       </c>
       <c r="C147" t="s">
         <v>406</v>
       </c>
       <c r="D147" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B148" t="s">
         <v>408</v>
       </c>
       <c r="C148" t="s">
         <v>409</v>
       </c>
       <c r="D148" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B149" t="s">
         <v>411</v>
       </c>
       <c r="C149" t="s">
         <v>412</v>
       </c>
       <c r="D149" t="s">
-        <v>70</v>
+        <v>413</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B150" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C150" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D150" t="s">
-        <v>415</v>
+        <v>70</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B151" t="s">
         <v>416</v>
       </c>
       <c r="C151" t="s">
         <v>417</v>
       </c>
       <c r="D151" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B152" t="s">
         <v>419</v>
       </c>
       <c r="C152" t="s">
         <v>420</v>
       </c>
       <c r="D152" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B153" t="s">
         <v>422</v>
       </c>
       <c r="C153" t="s">
         <v>423</v>
       </c>
       <c r="D153" t="s">
-        <v>354</v>
+        <v>424</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B154" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C154" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D154" t="s">
-        <v>426</v>
+        <v>357</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B155" t="s">
         <v>427</v>
       </c>
       <c r="C155" t="s">
         <v>428</v>
       </c>
       <c r="D155" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B156" t="s">
         <v>430</v>
       </c>
       <c r="C156" t="s">
         <v>431</v>
       </c>
       <c r="D156" t="s">
-        <v>351</v>
+        <v>432</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B157" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C157" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D157" t="s">
-        <v>434</v>
+        <v>354</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B158" t="s">
         <v>435</v>
       </c>
       <c r="C158" t="s">
         <v>436</v>
       </c>
       <c r="D158" t="s">
-        <v>380</v>
+        <v>437</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B159" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C159" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D159" t="s">
-        <v>394</v>
+        <v>383</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>351</v>
+      </c>
+      <c r="B160" t="s">
+        <v>440</v>
+      </c>
+      <c r="C160" t="s">
+        <v>441</v>
+      </c>
+      <c r="D160" t="s">
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">