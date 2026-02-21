--- v3 (2026-01-28)
+++ v4 (2026-02-21)
@@ -322,51 +322,51 @@
   <si>
     <t>Brassica oleracea var. botrytis</t>
   </si>
   <si>
     <t>* Brito JA, Stanley JD, Mendes ML, Cetintas R, Dickson DW (2007) Host status of selected cultivated plants to Meloidogyne mayaguensis in Florida. Nematropica 37(1), 65–71.
 ------- greenhouse stud
 * Rodriguez MG, Sanchez L, Rowe J (2003) Host status of agriculturally important plant families to the root-knot nematode Meloidogyne mayaguensis in Cuba. Nematropica, 33(2), 125-130
 ------- greenhouse study</t>
   </si>
   <si>
     <t>1BGMG</t>
   </si>
   <si>
     <t>Brugmansia</t>
   </si>
   <si>
     <t>BGMHY</t>
   </si>
   <si>
     <t>Brugmansia hybrids</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>CAHOL</t>
   </si>
   <si>
     <t>Camellia oleifera</t>
   </si>
   <si>
     <t>* Zu JC, Liu JA, Zhou GY (2020) First report of Meloidogyne enterolobii on Camellia oleifera in China. Plant Disease 104(5), p 1563. https://doi.org/10.1094/PDIS-06-19-1162-PDN
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>CNISA</t>
   </si>
   <si>
     <t>Cannabis sativa</t>
   </si>
   <si>
     <t>* Ren Z, Chen X, Luan M, Guo B, Song Z (2021) First report of Meloidogyne enterolobii on industrial hemp (Cannabis sativa) in China. Plant Disease 105(1), p 230. doi 10.1094/PDIS-07-20-1451-PDN
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
@@ -458,50 +458,65 @@
   </si>
   <si>
     <t>Coleus scutellarioides</t>
   </si>
   <si>
     <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.
 ------- confirmed host, as Plectranthus scutellarioides.</t>
   </si>
   <si>
     <t>CRGOL</t>
   </si>
   <si>
     <t>Corchorus olitorius</t>
   </si>
   <si>
     <t>CORSA</t>
   </si>
   <si>
     <t>Coriandrum sativum</t>
   </si>
   <si>
     <t>* Pan S, Wang Q, Wei P, Song Q, Liu C, Chen Z, Li Y (2024) First report of root-knot nematode Meloidogyne enterolobii infecting coriander in Shaanxi, Northern China. Plant Disease (early view) https://doi.org/10.1094/PDIS-11-23-2385-PDN
 ------- Suitable host (reproduction facteur 11.9 ± 2.0).</t>
   </si>
   <si>
+    <t>CUMME</t>
+  </si>
+  <si>
+    <t>Cucumis melo</t>
+  </si>
+  <si>
+    <t>* Bento EA, Amorim DJ, Gabia JA, Carvalho VR, Carvalho RM, Gabia AA, Furtado EL, Wilcken SR (2026) First report of Meloidogyne enterolobii infecting melon plants in Brazil. Plant Disease (early view). https://doi.org/10.1094/PDIS-10-25-2165-PDN
+------- natural host. RF=10.1
+* Bitencourt NV, Silva GS (2010) Reproducao de Meloidogyne enterolobii em olericolas (Reproduction of Meloidogyne enterolobii on vegetables). Nematologia Brasileira 34, 181–183
+* Diniz GMM , Candido WS, Silva EHC, Marin MV, Franco CA, Braz LT,Soares PLM (2016) Screening melon genotypes for resistance to Meloidogyne enterolobii. African Journal of Agricultural Research 11(26), 2271-2276. https://doi.org/10.5897/AJAR2015.11175
+------- large greenhouse study
+* Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
+------- greenhouse study</t>
+  </si>
+  <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>* Gómez-González G, Márquez-Zequera I, Cruz-Lachica I, Osuna-García LA, García-Estrada RS (2020) First report of Meloidogyne enterolobii parasitizing cucumber in Sinaloa, Mexico. Plant Disease 104(4), p 1260.
 * Kiewnick S, Karssen G, Brito JA, Oggenfuss M, Frey JE (2008) First report of root-knot nematode Meloidogyne enterolobii on tomato and cucumber in Switzerland. Plant Disease. 92, 1370.</t>
   </si>
   <si>
     <t>CUUMO</t>
   </si>
   <si>
     <t>Cucurbita moschata</t>
   </si>
   <si>
     <t>* Bond SJ, Huston DC, Patel S, Hodda M, Yadav S, Bellgard SE (2024) Scientific data and background behind the first detection of Meloidogyne enterolobii in Australia. Australasian Plant Disease Notes 19, 16. https://doi.org/10.1007/s13314-024-00539-0
 ------- host in natural condition. 
 * Marques, MLS, Pimentel JP, Tavares OCH, Veiga CFM, Berbara RLL (2012) Host suitability of different plant species to Meloidogyne enterolobii in the state of Rio de Janeiro. Nematropica 42:304-313.
 ------- experimental</t>
   </si>
   <si>
     <t>DAUCA</t>
   </si>
   <si>
@@ -1291,63 +1306,50 @@
   </si>
   <si>
     <t>CNAEN</t>
   </si>
   <si>
     <t>Canavalia ensiformis</t>
   </si>
   <si>
     <t>CIEAR</t>
   </si>
   <si>
     <t>Cicer arietinum</t>
   </si>
   <si>
     <t>* Bernardes Neto JF, Pinheiro JB, Silva GO, Biscaia D, Macedo AG, Silva PP, Nascimento WM (2019) Reação de genótipos de grão-de-bico aos nematoides-das-galhas Meloidogyne incognita raça 1 e Meloidogyne enterolobii (Reaction of chickpea genotypes to root-knot nematodes Meloidogyne incognita race 1 and Meloidogyne enterolobii). Revista Agraria Academica 2, 63-70.</t>
   </si>
   <si>
     <t>CVTJU</t>
   </si>
   <si>
     <t>Crotalaria juncea</t>
   </si>
   <si>
     <t>* Guimaraes LMP, Moura RM de, Pedrosa EMR (2003) Meloidogyne mayaguensis parasitism on different plant species. Nematologia Brasileira, 27(2), 139-145.
 ------- greenhouse study</t>
-  </si>
-[...8 lines deleted...]
-* Diniz GMM , Candido WS, Silva EHC, Marin MV, Franco CA, Braz LT,Soares PLM (2016) Screening melon genotypes for resistance to Meloidogyne enterolobii. African Journal of Agricultural Research 11(26), 2271-2276. https://doi.org/10.5897/AJAR2015.11175
-------- large greenhouse stud
-* Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
-------- greehouse study</t>
   </si>
   <si>
     <t>CUUPE</t>
   </si>
   <si>
     <t>Cucurbita pepo</t>
   </si>
   <si>
     <t>* Carneiro RG, Monaco APA, Moritz MP, Nakamura KC, Scherer A (2006) Identificacao de Meloidogyne mayaguensis em goiabeira e em plantas invasoras, em solo argiloso, no Estado do Parana (Identification of Meloidogyne mayaguensis in guava and weeds, in loam soil in Parana State. Nematologia Brasileira 30(3), 293–298.
 ------- confirmed host
 * Brito JA, Stanley JD, Mendes ML, Cetintas R, Dickson DW (2007) Host status of selected cultivated plants to Meloidogyne mayaguensis in Florida. Nematropica 37(1), 65–71.
 ------- greenhouse study
 * Brito JA, Stanley JD, Mendes ML, Cetintas R, Dickson DW (2007) Host status of selected cultivated plants to Meloidogyne mayaguensis in Florida. Nematropica 37(1), 65–71.
 ------- greenhouse study</t>
   </si>
   <si>
     <t>ACAAB</t>
   </si>
   <si>
     <t>Faidherbia albida</t>
   </si>
   <si>
     <t>FTOVI</t>
   </si>
   <si>
@@ -2555,65 +2557,65 @@
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>44</v>
       </c>
       <c r="B50" t="s">
         <v>142</v>
       </c>
       <c r="C50" t="s">
         <v>143</v>
       </c>
       <c r="D50" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>44</v>
       </c>
       <c r="B51" t="s">
         <v>145</v>
       </c>
       <c r="C51" t="s">
         <v>146</v>
       </c>
       <c r="D51" t="s">
-        <v>16</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>44</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D52" t="s">
-        <v>149</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" t="s">
         <v>150</v>
       </c>
       <c r="C53" t="s">
         <v>151</v>
       </c>
       <c r="D53" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>44</v>
       </c>
       <c r="B54" t="s">
         <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>154</v>
@@ -2653,65 +2655,65 @@
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>44</v>
       </c>
       <c r="B57" t="s">
         <v>162</v>
       </c>
       <c r="C57" t="s">
         <v>163</v>
       </c>
       <c r="D57" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>44</v>
       </c>
       <c r="B58" t="s">
         <v>165</v>
       </c>
       <c r="C58" t="s">
         <v>166</v>
       </c>
       <c r="D58" t="s">
-        <v>59</v>
+        <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>44</v>
       </c>
       <c r="B59" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C59" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D59" t="s">
-        <v>169</v>
+        <v>59</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>44</v>
       </c>
       <c r="B60" t="s">
         <v>170</v>
       </c>
       <c r="C60" t="s">
         <v>171</v>
       </c>
       <c r="D60" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>44</v>
       </c>
       <c r="B61" t="s">
         <v>173</v>
       </c>
       <c r="C61" t="s">
         <v>174</v>
@@ -2737,135 +2739,135 @@
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>44</v>
       </c>
       <c r="B63" t="s">
         <v>179</v>
       </c>
       <c r="C63" t="s">
         <v>180</v>
       </c>
       <c r="D63" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>44</v>
       </c>
       <c r="B64" t="s">
         <v>182</v>
       </c>
       <c r="C64" t="s">
         <v>183</v>
       </c>
       <c r="D64" t="s">
-        <v>158</v>
+        <v>184</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>44</v>
       </c>
       <c r="B65" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C65" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D65" t="s">
-        <v>186</v>
+        <v>161</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>44</v>
       </c>
       <c r="B66" t="s">
         <v>187</v>
       </c>
       <c r="C66" t="s">
         <v>188</v>
       </c>
       <c r="D66" t="s">
-        <v>112</v>
+        <v>189</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>44</v>
       </c>
       <c r="B67" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C67" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D67" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>44</v>
       </c>
       <c r="B68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C68" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D68" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>44</v>
       </c>
       <c r="B69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C69" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>44</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D70" t="s">
-        <v>197</v>
+        <v>53</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>44</v>
       </c>
       <c r="B71" t="s">
         <v>198</v>
       </c>
       <c r="C71" t="s">
         <v>199</v>
       </c>
       <c r="D71" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>44</v>
       </c>
       <c r="B72" t="s">
         <v>201</v>
       </c>
       <c r="C72" t="s">
         <v>202</v>
@@ -2905,65 +2907,65 @@
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>44</v>
       </c>
       <c r="B75" t="s">
         <v>210</v>
       </c>
       <c r="C75" t="s">
         <v>211</v>
       </c>
       <c r="D75" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>44</v>
       </c>
       <c r="B76" t="s">
         <v>213</v>
       </c>
       <c r="C76" t="s">
         <v>214</v>
       </c>
       <c r="D76" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>44</v>
       </c>
       <c r="B77" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C77" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D77" t="s">
-        <v>217</v>
+        <v>53</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>44</v>
       </c>
       <c r="B78" t="s">
         <v>218</v>
       </c>
       <c r="C78" t="s">
         <v>219</v>
       </c>
       <c r="D78" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>44</v>
       </c>
       <c r="B79" t="s">
         <v>221</v>
       </c>
       <c r="C79" t="s">
         <v>222</v>
@@ -3003,205 +3005,205 @@
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>44</v>
       </c>
       <c r="B82" t="s">
         <v>230</v>
       </c>
       <c r="C82" t="s">
         <v>231</v>
       </c>
       <c r="D82" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>44</v>
       </c>
       <c r="B83" t="s">
         <v>233</v>
       </c>
       <c r="C83" t="s">
         <v>234</v>
       </c>
       <c r="D83" t="s">
-        <v>53</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>44</v>
       </c>
       <c r="B84" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C84" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D84" t="s">
-        <v>237</v>
+        <v>53</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>44</v>
       </c>
       <c r="B85" t="s">
         <v>238</v>
       </c>
       <c r="C85" t="s">
         <v>239</v>
       </c>
       <c r="D85" t="s">
-        <v>149</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>44</v>
       </c>
       <c r="B86" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C86" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D86" t="s">
-        <v>242</v>
+        <v>152</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>44</v>
       </c>
       <c r="B87" t="s">
         <v>243</v>
       </c>
       <c r="C87" t="s">
         <v>244</v>
       </c>
       <c r="D87" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>44</v>
       </c>
       <c r="B88" t="s">
         <v>246</v>
       </c>
       <c r="C88" t="s">
         <v>247</v>
       </c>
       <c r="D88" t="s">
-        <v>158</v>
+        <v>248</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>44</v>
       </c>
       <c r="B89" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C89" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D89" t="s">
-        <v>250</v>
+        <v>161</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>44</v>
       </c>
       <c r="B90" t="s">
         <v>251</v>
       </c>
       <c r="C90" t="s">
         <v>252</v>
       </c>
       <c r="D90" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>44</v>
       </c>
       <c r="B91" t="s">
         <v>254</v>
       </c>
       <c r="C91" t="s">
         <v>255</v>
       </c>
       <c r="D91" t="s">
-        <v>76</v>
+        <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>44</v>
       </c>
       <c r="B92" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C92" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D92" t="s">
-        <v>258</v>
+        <v>76</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>44</v>
       </c>
       <c r="B93" t="s">
         <v>259</v>
       </c>
       <c r="C93" t="s">
         <v>260</v>
       </c>
       <c r="D93" t="s">
-        <v>112</v>
+        <v>261</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>44</v>
       </c>
       <c r="B94" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C94" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D94" t="s">
-        <v>263</v>
+        <v>112</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>44</v>
       </c>
       <c r="B95" t="s">
         <v>264</v>
       </c>
       <c r="C95" t="s">
         <v>265</v>
       </c>
       <c r="D95" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>44</v>
       </c>
       <c r="B96" t="s">
         <v>267</v>
       </c>
       <c r="C96" t="s">
         <v>268</v>
@@ -3241,65 +3243,65 @@
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>44</v>
       </c>
       <c r="B99" t="s">
         <v>276</v>
       </c>
       <c r="C99" t="s">
         <v>277</v>
       </c>
       <c r="D99" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>44</v>
       </c>
       <c r="B100" t="s">
         <v>279</v>
       </c>
       <c r="C100" t="s">
         <v>280</v>
       </c>
       <c r="D100" t="s">
-        <v>53</v>
+        <v>281</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>44</v>
       </c>
       <c r="B101" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C101" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D101" t="s">
-        <v>283</v>
+        <v>53</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>44</v>
       </c>
       <c r="B102" t="s">
         <v>284</v>
       </c>
       <c r="C102" t="s">
         <v>285</v>
       </c>
       <c r="D102" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>44</v>
       </c>
       <c r="B103" t="s">
         <v>287</v>
       </c>
       <c r="C103" t="s">
         <v>288</v>
@@ -3325,121 +3327,121 @@
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>44</v>
       </c>
       <c r="B105" t="s">
         <v>293</v>
       </c>
       <c r="C105" t="s">
         <v>294</v>
       </c>
       <c r="D105" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>44</v>
       </c>
       <c r="B106" t="s">
         <v>296</v>
       </c>
       <c r="C106" t="s">
         <v>297</v>
       </c>
       <c r="D106" t="s">
-        <v>59</v>
+        <v>298</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>44</v>
       </c>
       <c r="B107" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C107" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D107" t="s">
-        <v>300</v>
+        <v>59</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>44</v>
       </c>
       <c r="B108" t="s">
         <v>301</v>
       </c>
       <c r="C108" t="s">
         <v>302</v>
       </c>
       <c r="D108" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>44</v>
       </c>
       <c r="B109" t="s">
         <v>304</v>
       </c>
       <c r="C109" t="s">
         <v>305</v>
       </c>
       <c r="D109" t="s">
-        <v>53</v>
+        <v>306</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>44</v>
       </c>
       <c r="B110" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C110" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D110" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>44</v>
       </c>
       <c r="B111" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C111" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D111" t="s">
-        <v>310</v>
+        <v>76</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>44</v>
       </c>
       <c r="B112" t="s">
         <v>311</v>
       </c>
       <c r="C112" t="s">
         <v>312</v>
       </c>
       <c r="D112" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>44</v>
       </c>
       <c r="B113" t="s">
         <v>314</v>
       </c>
       <c r="C113" t="s">
         <v>315</v>
@@ -3451,672 +3453,672 @@
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>44</v>
       </c>
       <c r="B114" t="s">
         <v>317</v>
       </c>
       <c r="C114" t="s">
         <v>318</v>
       </c>
       <c r="D114" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>44</v>
       </c>
       <c r="B115" t="s">
         <v>320</v>
       </c>
       <c r="C115" t="s">
         <v>321</v>
       </c>
       <c r="D115" t="s">
-        <v>81</v>
+        <v>322</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>44</v>
       </c>
       <c r="B116" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C116" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D116" t="s">
-        <v>275</v>
+        <v>81</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>44</v>
       </c>
       <c r="B117" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C117" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D117" t="s">
-        <v>326</v>
+        <v>278</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>44</v>
       </c>
       <c r="B118" t="s">
         <v>327</v>
       </c>
       <c r="C118" t="s">
         <v>328</v>
       </c>
       <c r="D118" t="s">
-        <v>59</v>
+        <v>329</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>44</v>
       </c>
       <c r="B119" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C119" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D119" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>44</v>
       </c>
       <c r="B120" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C120" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D120" t="s">
-        <v>333</v>
+        <v>53</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>44</v>
       </c>
       <c r="B121" t="s">
         <v>334</v>
       </c>
       <c r="C121" t="s">
         <v>335</v>
       </c>
       <c r="D121" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>44</v>
       </c>
       <c r="B122" t="s">
         <v>337</v>
       </c>
       <c r="C122" t="s">
         <v>338</v>
       </c>
       <c r="D122" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>44</v>
       </c>
       <c r="B123" t="s">
         <v>340</v>
       </c>
       <c r="C123" t="s">
         <v>341</v>
       </c>
       <c r="D123" t="s">
-        <v>275</v>
+        <v>342</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>44</v>
       </c>
       <c r="B124" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C124" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D124" t="s">
-        <v>344</v>
+        <v>278</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>44</v>
       </c>
       <c r="B125" t="s">
         <v>345</v>
       </c>
       <c r="C125" t="s">
         <v>346</v>
       </c>
       <c r="D125" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>44</v>
       </c>
       <c r="B126" t="s">
         <v>348</v>
       </c>
       <c r="C126" t="s">
         <v>349</v>
       </c>
       <c r="D126" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
+        <v>44</v>
+      </c>
+      <c r="B127" t="s">
         <v>351</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>352</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B128" t="s">
         <v>355</v>
       </c>
       <c r="C128" t="s">
         <v>356</v>
       </c>
       <c r="D128" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B129" t="s">
         <v>358</v>
       </c>
       <c r="C129" t="s">
         <v>359</v>
       </c>
       <c r="D129" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B130" t="s">
         <v>361</v>
       </c>
       <c r="C130" t="s">
         <v>362</v>
       </c>
       <c r="D130" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B131" t="s">
         <v>364</v>
       </c>
       <c r="C131" t="s">
         <v>365</v>
       </c>
       <c r="D131" t="s">
-        <v>169</v>
+        <v>366</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B132" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C132" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D132" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B133" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C133" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D133" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B134" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C134" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D134" t="s">
-        <v>372</v>
+        <v>172</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B135" t="s">
         <v>373</v>
       </c>
       <c r="C135" t="s">
         <v>374</v>
       </c>
       <c r="D135" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B136" t="s">
         <v>376</v>
       </c>
       <c r="C136" t="s">
         <v>377</v>
       </c>
       <c r="D136" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B137" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C137" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D137" t="s">
-        <v>380</v>
+        <v>363</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B138" t="s">
         <v>381</v>
       </c>
       <c r="C138" t="s">
         <v>382</v>
       </c>
       <c r="D138" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B139" t="s">
         <v>384</v>
       </c>
       <c r="C139" t="s">
         <v>385</v>
       </c>
       <c r="D139" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B140" t="s">
         <v>387</v>
       </c>
       <c r="C140" t="s">
         <v>388</v>
       </c>
       <c r="D140" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B141" t="s">
         <v>390</v>
       </c>
       <c r="C141" t="s">
         <v>391</v>
       </c>
       <c r="D141" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B142" t="s">
         <v>392</v>
       </c>
       <c r="C142" t="s">
         <v>393</v>
       </c>
       <c r="D142" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B143" t="s">
         <v>395</v>
       </c>
       <c r="C143" t="s">
         <v>396</v>
       </c>
       <c r="D143" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B144" t="s">
         <v>398</v>
       </c>
       <c r="C144" t="s">
         <v>399</v>
       </c>
       <c r="D144" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B145" t="s">
         <v>400</v>
       </c>
       <c r="C145" t="s">
         <v>401</v>
       </c>
       <c r="D145" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B146" t="s">
         <v>402</v>
       </c>
       <c r="C146" t="s">
         <v>403</v>
       </c>
       <c r="D146" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B147" t="s">
         <v>405</v>
       </c>
       <c r="C147" t="s">
         <v>406</v>
       </c>
       <c r="D147" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B148" t="s">
         <v>408</v>
       </c>
       <c r="C148" t="s">
         <v>409</v>
       </c>
       <c r="D148" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B149" t="s">
         <v>411</v>
       </c>
       <c r="C149" t="s">
         <v>412</v>
       </c>
       <c r="D149" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B150" t="s">
         <v>414</v>
       </c>
       <c r="C150" t="s">
         <v>415</v>
       </c>
       <c r="D150" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B151" t="s">
         <v>416</v>
       </c>
       <c r="C151" t="s">
         <v>417</v>
       </c>
       <c r="D151" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B152" t="s">
         <v>419</v>
       </c>
       <c r="C152" t="s">
         <v>420</v>
       </c>
       <c r="D152" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B153" t="s">
         <v>422</v>
       </c>
       <c r="C153" t="s">
         <v>423</v>
       </c>
       <c r="D153" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B154" t="s">
         <v>425</v>
       </c>
       <c r="C154" t="s">
         <v>426</v>
       </c>
       <c r="D154" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B155" t="s">
         <v>427</v>
       </c>
       <c r="C155" t="s">
         <v>428</v>
       </c>
       <c r="D155" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B156" t="s">
         <v>430</v>
       </c>
       <c r="C156" t="s">
         <v>431</v>
       </c>
       <c r="D156" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B157" t="s">
         <v>433</v>
       </c>
       <c r="C157" t="s">
         <v>434</v>
       </c>
       <c r="D157" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B158" t="s">
         <v>435</v>
       </c>
       <c r="C158" t="s">
         <v>436</v>
       </c>
       <c r="D158" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B159" t="s">
         <v>438</v>
       </c>
       <c r="C159" t="s">
         <v>439</v>
       </c>
       <c r="D159" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B160" t="s">
         <v>440</v>
       </c>
       <c r="C160" t="s">
         <v>441</v>
       </c>
       <c r="D160" t="s">
         <v>397</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>