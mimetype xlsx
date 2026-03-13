--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MELGMY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="451">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>COFAR</t>
   </si>
   <si>
     <t>Coffea arabica</t>
   </si>
   <si>
     <t>* Villain L, Sarah JL, Hernandez A, Charmetant P, Bertrand B, Anthony F, Topart P, Lashermes P, Anzueto F, Gomes CRMD (2006) Biodiversity of root knot nematodes, Meloidogyne spp., on coffee in Central America.  In : 21st International Conference on Coffee Science, Montpellier (France), 11th - 15th September 2006. (Abstract) Available online at https://agritrop.cirad.fr/540129/                   
 ------- confirmed hos
 * Muniz MS, Campo VP, Moita AW, Goncalves W, Almeira MRA, De Souza FR, Carneiro RMDG (2009) Reaction of coffee genotypes to different populations of Meloidogyne spp.: detection of a naturally virulent M. exigua population. Tropical Plant Pathology 34, 370-378. DOI: 10.1590/S1982-56762009000600002
@@ -495,50 +495,59 @@
 ------- greenhouse study</t>
   </si>
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>* Gómez-González G, Márquez-Zequera I, Cruz-Lachica I, Osuna-García LA, García-Estrada RS (2020) First report of Meloidogyne enterolobii parasitizing cucumber in Sinaloa, Mexico. Plant Disease 104(4), p 1260.
 * Kiewnick S, Karssen G, Brito JA, Oggenfuss M, Frey JE (2008) First report of root-knot nematode Meloidogyne enterolobii on tomato and cucumber in Switzerland. Plant Disease. 92, 1370.</t>
   </si>
   <si>
     <t>CUUMO</t>
   </si>
   <si>
     <t>Cucurbita moschata</t>
   </si>
   <si>
     <t>* Bond SJ, Huston DC, Patel S, Hodda M, Yadav S, Bellgard SE (2024) Scientific data and background behind the first detection of Meloidogyne enterolobii in Australia. Australasian Plant Disease Notes 19, 16. https://doi.org/10.1007/s13314-024-00539-0
 ------- host in natural condition. 
 * Marques, MLS, Pimentel JP, Tavares OCH, Veiga CFM, Berbara RLL (2012) Host suitability of different plant species to Meloidogyne enterolobii in the state of Rio de Janeiro. Nematropica 42:304-313.
 ------- experimental</t>
   </si>
   <si>
+    <t>CURLO</t>
+  </si>
+  <si>
+    <t>Curcuma longa</t>
+  </si>
+  <si>
+    <t>* Xian MY, Ma MW, Yang MY, Li MX, Yang Y, Yang B, Zhao Y (2026) First report of root-knot disease caused by Meloidogyne enterolobii on Curcuma longa in Yunnan, China. Plant Disease (early view) https://doi.org/10.1094/PDIS-11-25-2252-PDN</t>
+  </si>
+  <si>
     <t>DAUCA</t>
   </si>
   <si>
     <t>Daucus carota</t>
   </si>
   <si>
     <t>* Wang YF, Xiao S, Huang YK, Zhou Z, Zhang SS, Liu GK (2014) First report of Meloidogyne enterolobii on carrot in China. Plant Disease 98(7), 1019.</t>
   </si>
   <si>
     <t>DIURO</t>
   </si>
   <si>
     <t>Dioscorea rotundata</t>
   </si>
   <si>
     <t>* Kolombia YA, Lava Kumar P, Claudius-Cole AO, Karssen G, Viaene N, Coyne D, Bert W (2016) First report of Meloidogyne enterolobii causing tuber galling damage on white yam (Dioscorea rotundata) in Nigeria.  Plant Disease 100(10), 2173-2174
 ------- confirmed host.</t>
   </si>
   <si>
     <t>EAEDC</t>
   </si>
   <si>
     <t>Elaeocarpus decipiens</t>
   </si>
   <si>
@@ -688,50 +697,71 @@
   <si>
     <t>LMPSS</t>
   </si>
   <si>
     <t>Lampranthus sp.</t>
   </si>
   <si>
     <t>LANCA</t>
   </si>
   <si>
     <t>Lantana camara</t>
   </si>
   <si>
     <t>LANMV</t>
   </si>
   <si>
     <t>Lantana montevidensis</t>
   </si>
   <si>
     <t>LIGSS</t>
   </si>
   <si>
     <t>Ligustrum sp.</t>
   </si>
   <si>
+    <t>LRIMU</t>
+  </si>
+  <si>
+    <t>Liriope muscari</t>
+  </si>
+  <si>
+    <t>* Levin R, Brito JA, Crow WT, Schoellhorn RK (2005) Host status of several perennial ornamental plants to four root-knot nematode species in growth room and greenhouse experiments (abstract). Journal of Nematology 37, 379. https://journals.flvc.org/jon/article/view/67587/65255
+----experimental 
+* Sekimoto S, Inaba T (2026) Meloidogyne enterolobii intercepted from lilyturf (Liriope spp.) seedlings from Costa Rica during Japanese import plant quarantine inspection. Australasian Plant Pathology 55, 38 https://doi.org/10.1007/s13313-026-01093-2 
+---reported on imported Liriope sp. from Costa Rica</t>
+  </si>
+  <si>
+    <t>LRISS</t>
+  </si>
+  <si>
+    <t>Liriope sp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Sekimoto S, Inaba T (2026) Meloidogyne enterolobii intercepted from lilyturf (Liriope spp.) seedlings from Costa Rica during Japanese import plant quarantine inspection. Australasian Plant Pathology 55, 38 (abst.) </t>
+  </si>
+  <si>
     <t>LUFAE</t>
   </si>
   <si>
     <t>Luffa aegyptiaca</t>
   </si>
   <si>
     <t xml:space="preserve">* Bui HX, Gu M, Riva G, Dasaeger JA (2022) Meloidogyne spp. infecting Asian vegetables in central Florida, USA. Nematropica 52(1), 56-63.
 ------- as Luffa cylindrica.
 * Li F, Shan B, Zhang X, Zhao W, Pan L, Wu C, Yang S (2024) First report of root-knot nematode, Meloidogyne enterolobii, on Luffa cylindrica (L.) in Guangxi, China. Plant Disease. https://doi.org/10.1094/PDIS-09-24-1841-PDN
 ------- as Luffa cylindrica.
 </t>
   </si>
   <si>
     <t>MLPEM</t>
   </si>
   <si>
     <t>Malpighia emarginata</t>
   </si>
   <si>
     <t>* Humphreys DA, Williamson VM, Salazar L, Flores-Chavez L, Gomez-AlpizarL (2012). Nematology 14:199-207.</t>
   </si>
   <si>
     <t>MLPGL</t>
   </si>
   <si>
@@ -910,50 +940,59 @@
     <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103.
 ------- confirmed host, as Penta lanceolata.</t>
   </si>
   <si>
     <t>PRJFC</t>
   </si>
   <si>
     <t>Perilla frutescens var. crispa</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>* Guimaraes LMP, Moura RM de, Pedrosa EMR (2003) Meloidogyne mayaguensis parasitism on different plant species. Nematologia Brasileira, 27(2), 139-145.
 ------- greenhouse stud
 * Silva, RV, Lima, BV, Lopes LNS, Cruz CFM, Avila Junior JH (2017) Diagnose de nematoide das galhas, Meloidogyne enterolobii em feijoeiro no estado de Goiás.  (Diagnosis of root-knot nematodes, Meloidogyne enterolobii attacking beans in Goias state, Brazil. XXXIV Congresso Brasileiro de Nematologia, 03 a 07 de Julho, 2017, Vitoria, ES, Brasil. (Abstract)</t>
   </si>
   <si>
     <t>PHYPE</t>
   </si>
   <si>
     <t>Physalis peruviana</t>
+  </si>
+  <si>
+    <t>PIFDU</t>
+  </si>
+  <si>
+    <t>Pithecellobium dulce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Torres-López J, Márquez-Licona G, Magallanes Tapia MA, Carrillo-Fasio JA, Cruz-Lachica I, Garcia-Estrada RS, Morales-Gallegos LM, Tovar-Pedraza JM (2026) First report of the root-knot nematode Meloidogyne enterolobii parasitizing Pithecellobium dulce in Mexico. Plant Disease (early view). </t>
   </si>
   <si>
     <t>MFNPA</t>
   </si>
   <si>
     <t>Platostoma palustre</t>
   </si>
   <si>
     <t>* Wu C, Chen Q, Wei C, Wang H, Cheng DJ, Wu H (2022) First report of Meloidogyne enterolobii infecting Mesona chinensis in China. Plant Disease 106(7), 1999-200. https://doi.org/10.1094/PDIS-12-21-2720-PDN
 -------- As Mesona chinensis.</t>
   </si>
   <si>
     <t>PUVTB</t>
   </si>
   <si>
     <t>Primulina tabacum</t>
   </si>
   <si>
     <t>* Li F, Liang X, Zhang X, Zhao W, Huang W, Zhang Y, Yang S (2026) First report of Meloidogyne enterolobii causing root-knot on Primulina tabacum Hance in Guilin, China. Plant Disease (early view) https://doi.org/10.1094/PDIS-09-25-1908-PDN 
 ----found in botanical garden and koch's postulates confirmed</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
@@ -1369,59 +1408,50 @@
 ------- greenhouse stud
 * Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
 ------- greehouse study</t>
   </si>
   <si>
     <t>IPOHE</t>
   </si>
   <si>
     <t>Ipomoea hederacea</t>
   </si>
   <si>
     <t>IPOLA</t>
   </si>
   <si>
     <t>Ipomoea lacunosa</t>
   </si>
   <si>
     <t>LACSA</t>
   </si>
   <si>
     <t>Lactuca sativa</t>
   </si>
   <si>
     <t>* Correia ECSS, Silva N, Costa MGS, Wilcken SRS (2015) Reproduction of Meloidogyne enterolobii in lettuce cultivars of the American group. Horticultura Brasileira 33(2): 147-150. DOI - http://dx.doi.org/10.1590/S0102-053620150000200002
 ------- confirmed host, inoculation study.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Levin R, Brito JA, Crow WT, Schoellhorn RK (2005) Host status of several perennial ornamental plants to four root-knot nematode species in growth room and greenhouse experiments (abstract). Journal of Nematology 37, 379. https://journals.flvc.org/jon/article/view/67587/65255</t>
   </si>
   <si>
     <t>CLXCI</t>
   </si>
   <si>
     <t>Melaleuca citrina</t>
   </si>
   <si>
     <t>* Brito JA, Kaur R, Cetintas R, Stanley JD, Mendes ML, Powers TO, Dickson DW (2010) Meloidoygne spp. infecting ornamental plants in Florida. Nematropica 40, 87-103
 * Brito JA, Stanley J, Cetintas R, Powers T, Inserra R, McAvoy G, Crow B, Dickson D (2004 a) Meloidogyne mayaguensis a new plant nematode species, poses threat for vegetable production in Florida. 2004 Annual international research conference on methyl bromide alternatives and emissions reductions. Conference proceedings. On-line available at www.mbao.org.  
 ------- as Callistemon citrinus</t>
   </si>
   <si>
     <t>MUBAC</t>
   </si>
   <si>
     <t>Musa acuminata</t>
   </si>
   <si>
     <t>* Levin R, Brito JA, Crow WT, Schoellhorn RK (2005) Host status of several perennial ornamental plants to four root-knot nematode species in growth room and greenhouse experiments (abstract). Journal of Nematology 37, 379. https://journals.flvc.org/jon/article/view/67587/65255
 ------- only litterature report for this host.</t>
   </si>
   <si>
     <t>PARCR</t>
   </si>
@@ -1832,51 +1862,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D160"/>
+  <dimension ref="A1:D163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="470.599" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2571,65 +2601,65 @@
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>44</v>
       </c>
       <c r="B51" t="s">
         <v>145</v>
       </c>
       <c r="C51" t="s">
         <v>146</v>
       </c>
       <c r="D51" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>44</v>
       </c>
       <c r="B52" t="s">
         <v>148</v>
       </c>
       <c r="C52" t="s">
         <v>149</v>
       </c>
       <c r="D52" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>44</v>
       </c>
       <c r="B53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>44</v>
       </c>
       <c r="B54" t="s">
         <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>154</v>
       </c>
       <c r="D54" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>44</v>
       </c>
       <c r="B55" t="s">
         <v>156</v>
       </c>
       <c r="C55" t="s">
         <v>157</v>
@@ -2669,65 +2699,65 @@
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>44</v>
       </c>
       <c r="B58" t="s">
         <v>165</v>
       </c>
       <c r="C58" t="s">
         <v>166</v>
       </c>
       <c r="D58" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>44</v>
       </c>
       <c r="B59" t="s">
         <v>168</v>
       </c>
       <c r="C59" t="s">
         <v>169</v>
       </c>
       <c r="D59" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>44</v>
       </c>
       <c r="B60" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C60" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D60" t="s">
-        <v>172</v>
+        <v>59</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>44</v>
       </c>
       <c r="B61" t="s">
         <v>173</v>
       </c>
       <c r="C61" t="s">
         <v>174</v>
       </c>
       <c r="D61" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>44</v>
       </c>
       <c r="B62" t="s">
         <v>176</v>
       </c>
       <c r="C62" t="s">
         <v>177</v>
@@ -2753,135 +2783,135 @@
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>44</v>
       </c>
       <c r="B64" t="s">
         <v>182</v>
       </c>
       <c r="C64" t="s">
         <v>183</v>
       </c>
       <c r="D64" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>44</v>
       </c>
       <c r="B65" t="s">
         <v>185</v>
       </c>
       <c r="C65" t="s">
         <v>186</v>
       </c>
       <c r="D65" t="s">
-        <v>161</v>
+        <v>187</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>44</v>
       </c>
       <c r="B66" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C66" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D66" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>44</v>
       </c>
       <c r="B67" t="s">
         <v>190</v>
       </c>
       <c r="C67" t="s">
         <v>191</v>
       </c>
       <c r="D67" t="s">
-        <v>112</v>
+        <v>192</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>44</v>
       </c>
       <c r="B68" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C68" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D68" t="s">
-        <v>53</v>
+        <v>112</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>44</v>
       </c>
       <c r="B69" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C69" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>44</v>
       </c>
       <c r="B70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C70" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D70" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>44</v>
       </c>
       <c r="B71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C71" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D71" t="s">
-        <v>200</v>
+        <v>53</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>44</v>
       </c>
       <c r="B72" t="s">
         <v>201</v>
       </c>
       <c r="C72" t="s">
         <v>202</v>
       </c>
       <c r="D72" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>44</v>
       </c>
       <c r="B73" t="s">
         <v>204</v>
       </c>
       <c r="C73" t="s">
         <v>205</v>
@@ -2921,93 +2951,93 @@
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>44</v>
       </c>
       <c r="B76" t="s">
         <v>213</v>
       </c>
       <c r="C76" t="s">
         <v>214</v>
       </c>
       <c r="D76" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>44</v>
       </c>
       <c r="B77" t="s">
         <v>216</v>
       </c>
       <c r="C77" t="s">
         <v>217</v>
       </c>
       <c r="D77" t="s">
-        <v>53</v>
+        <v>218</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>44</v>
       </c>
       <c r="B78" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C78" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D78" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>44</v>
       </c>
       <c r="B79" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C79" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D79" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>44</v>
       </c>
       <c r="B80" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C80" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D80" t="s">
-        <v>226</v>
+        <v>53</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>44</v>
       </c>
       <c r="B81" t="s">
         <v>227</v>
       </c>
       <c r="C81" t="s">
         <v>228</v>
       </c>
       <c r="D81" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>44</v>
       </c>
       <c r="B82" t="s">
         <v>230</v>
       </c>
       <c r="C82" t="s">
         <v>231</v>
@@ -3019,233 +3049,233 @@
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>44</v>
       </c>
       <c r="B83" t="s">
         <v>233</v>
       </c>
       <c r="C83" t="s">
         <v>234</v>
       </c>
       <c r="D83" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>44</v>
       </c>
       <c r="B84" t="s">
         <v>236</v>
       </c>
       <c r="C84" t="s">
         <v>237</v>
       </c>
       <c r="D84" t="s">
-        <v>53</v>
+        <v>238</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>44</v>
       </c>
       <c r="B85" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C85" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D85" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>44</v>
       </c>
       <c r="B86" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C86" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D86" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>44</v>
       </c>
       <c r="B87" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C87" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D87" t="s">
-        <v>245</v>
+        <v>53</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>44</v>
       </c>
       <c r="B88" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C88" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D88" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>44</v>
       </c>
       <c r="B89" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C89" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D89" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>44</v>
       </c>
       <c r="B90" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C90" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D90" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>44</v>
       </c>
       <c r="B91" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C91" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D91" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>44</v>
       </c>
       <c r="B92" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C92" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D92" t="s">
-        <v>76</v>
+        <v>164</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>44</v>
       </c>
       <c r="B93" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C93" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D93" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>44</v>
       </c>
       <c r="B94" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C94" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D94" t="s">
-        <v>112</v>
+        <v>265</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>44</v>
       </c>
       <c r="B95" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C95" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D95" t="s">
-        <v>266</v>
+        <v>76</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>44</v>
       </c>
       <c r="B96" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C96" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D96" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>44</v>
       </c>
       <c r="B97" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C97" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D97" t="s">
-        <v>272</v>
+        <v>112</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>44</v>
       </c>
       <c r="B98" t="s">
         <v>273</v>
       </c>
       <c r="C98" t="s">
         <v>274</v>
       </c>
       <c r="D98" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>44</v>
       </c>
       <c r="B99" t="s">
         <v>276</v>
       </c>
       <c r="C99" t="s">
         <v>277</v>
@@ -3257,877 +3287,919 @@
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>44</v>
       </c>
       <c r="B100" t="s">
         <v>279</v>
       </c>
       <c r="C100" t="s">
         <v>280</v>
       </c>
       <c r="D100" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>44</v>
       </c>
       <c r="B101" t="s">
         <v>282</v>
       </c>
       <c r="C101" t="s">
         <v>283</v>
       </c>
       <c r="D101" t="s">
-        <v>53</v>
+        <v>284</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>44</v>
       </c>
       <c r="B102" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C102" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D102" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>44</v>
       </c>
       <c r="B103" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C103" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D103" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>44</v>
       </c>
       <c r="B104" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C104" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D104" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>44</v>
       </c>
       <c r="B105" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C105" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D105" t="s">
-        <v>295</v>
+        <v>53</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>44</v>
       </c>
       <c r="B106" t="s">
         <v>296</v>
       </c>
       <c r="C106" t="s">
         <v>297</v>
       </c>
       <c r="D106" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>44</v>
       </c>
       <c r="B107" t="s">
         <v>299</v>
       </c>
       <c r="C107" t="s">
         <v>300</v>
       </c>
       <c r="D107" t="s">
-        <v>59</v>
+        <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>44</v>
       </c>
       <c r="B108" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C108" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D108" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>44</v>
       </c>
       <c r="B109" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C109" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D109" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>44</v>
       </c>
       <c r="B110" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C110" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D110" t="s">
-        <v>53</v>
+        <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>44</v>
       </c>
       <c r="B111" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C111" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D111" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>44</v>
       </c>
       <c r="B112" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C112" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D112" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>44</v>
       </c>
       <c r="B113" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C113" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D113" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>44</v>
       </c>
       <c r="B114" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C114" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D114" t="s">
-        <v>319</v>
+        <v>53</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>44</v>
       </c>
       <c r="B115" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C115" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D115" t="s">
-        <v>322</v>
+        <v>76</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>44</v>
       </c>
       <c r="B116" t="s">
         <v>323</v>
       </c>
       <c r="C116" t="s">
         <v>324</v>
       </c>
       <c r="D116" t="s">
-        <v>81</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>44</v>
       </c>
       <c r="B117" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C117" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D117" t="s">
-        <v>278</v>
+        <v>328</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>44</v>
       </c>
       <c r="B118" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C118" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D118" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>44</v>
       </c>
       <c r="B119" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C119" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D119" t="s">
-        <v>59</v>
+        <v>334</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>44</v>
       </c>
       <c r="B120" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C120" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D120" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>44</v>
       </c>
       <c r="B121" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C121" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D121" t="s">
-        <v>336</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>44</v>
       </c>
       <c r="B122" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C122" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D122" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>44</v>
       </c>
       <c r="B123" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C123" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D123" t="s">
-        <v>342</v>
+        <v>59</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>44</v>
       </c>
       <c r="B124" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C124" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D124" t="s">
-        <v>278</v>
+        <v>53</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>44</v>
       </c>
       <c r="B125" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C125" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D125" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>44</v>
       </c>
       <c r="B126" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C126" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D126" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>44</v>
       </c>
       <c r="B127" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C127" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D127" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>354</v>
+        <v>44</v>
       </c>
       <c r="B128" t="s">
         <v>355</v>
       </c>
       <c r="C128" t="s">
         <v>356</v>
       </c>
       <c r="D128" t="s">
-        <v>357</v>
+        <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>354</v>
+        <v>44</v>
       </c>
       <c r="B129" t="s">
+        <v>357</v>
+      </c>
+      <c r="C129" t="s">
         <v>358</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>354</v>
+        <v>44</v>
       </c>
       <c r="B130" t="s">
+        <v>360</v>
+      </c>
+      <c r="C130" t="s">
         <v>361</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>354</v>
+        <v>44</v>
       </c>
       <c r="B131" t="s">
+        <v>363</v>
+      </c>
+      <c r="C131" t="s">
         <v>364</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B132" t="s">
         <v>367</v>
       </c>
       <c r="C132" t="s">
         <v>368</v>
       </c>
       <c r="D132" t="s">
-        <v>172</v>
+        <v>369</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B133" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C133" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D133" t="s">
-        <v>172</v>
+        <v>372</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B134" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C134" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D134" t="s">
-        <v>172</v>
+        <v>375</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B135" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C135" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D135" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B136" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C136" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D136" t="s">
-        <v>378</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B137" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C137" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D137" t="s">
-        <v>363</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B138" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C138" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D138" t="s">
-        <v>383</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B139" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C139" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D139" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B140" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C140" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D140" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B141" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C141" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D141" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B142" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C142" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D142" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B143" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C143" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D143" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B144" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C144" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D144" t="s">
-        <v>360</v>
+        <v>401</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B145" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C145" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D145" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B146" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C146" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D146" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B147" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C147" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D147" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B148" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C148" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D148" t="s">
-        <v>410</v>
+        <v>372</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B149" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C149" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D149" t="s">
-        <v>413</v>
+        <v>372</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B150" t="s">
         <v>414</v>
       </c>
       <c r="C150" t="s">
         <v>415</v>
       </c>
       <c r="D150" t="s">
-        <v>70</v>
+        <v>416</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B151" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C151" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D151" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B152" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C152" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D152" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B153" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C153" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D153" t="s">
-        <v>424</v>
+        <v>70</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B154" t="s">
         <v>425</v>
       </c>
       <c r="C154" t="s">
         <v>426</v>
       </c>
       <c r="D154" t="s">
-        <v>360</v>
+        <v>427</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B155" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C155" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D155" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B156" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C156" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D156" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B157" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C157" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D157" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B158" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C158" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D158" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B159" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C159" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D159" t="s">
-        <v>386</v>
+        <v>441</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="B160" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C160" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D160" t="s">
-        <v>397</v>
+        <v>369</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>366</v>
+      </c>
+      <c r="B161" t="s">
+        <v>444</v>
+      </c>
+      <c r="C161" t="s">
+        <v>445</v>
+      </c>
+      <c r="D161" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>366</v>
+      </c>
+      <c r="B162" t="s">
+        <v>447</v>
+      </c>
+      <c r="C162" t="s">
+        <v>448</v>
+      </c>
+      <c r="D162" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>366</v>
+      </c>
+      <c r="B163" t="s">
+        <v>449</v>
+      </c>
+      <c r="C163" t="s">
+        <v>450</v>
+      </c>
+      <c r="D163" t="s">
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">