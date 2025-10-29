--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Rammah &amp; Hirschmann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId792468e71380ac459" w:history="1">
+            <w:hyperlink r:id="rId9811690202a075390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150368e71380ac4c3" w:history="1">
+            <w:hyperlink r:id="rId5282690202a075450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGMY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15315506" name="name317468e71380accab" descr="17626.jpg"/>
+                  <wp:docPr id="58518331" name="name5619690202a07552a" descr="17626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId791068e71380acca9" cstate="print"/>
+                          <a:blip r:embed="rId3854690202a075529" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId377168e71380acdc6" w:history="1">
+            <w:hyperlink r:id="rId1567690202a07562a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4744,63 +4744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp.) from Asia, South America and Africa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90002924" name="name292968e71380af5f6" descr="MELGMY_distribution_map.jpg"/>
+            <wp:docPr id="12810974" name="name7053690202a078420" descr="MELGMY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGMY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId245768e71380af5f2" cstate="print"/>
+                    <a:blip r:embed="rId7608690202a07841d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7697,129 +7697,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248–251.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2017) Agricultural Review. North Carolina Department of agriculture and consumer services. Public Affair Division. Raleigh, NC. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411268e71380b0ad2" w:history="1">
+      <w:hyperlink r:id="rId5144690202a079d31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018a) New crop pest identified in Louisiana. Department of agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316168e71380b0b18" w:history="1">
+      <w:hyperlink r:id="rId3954690202a079ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018b) Declaration of emergency. Office of Agriculture and environmental sciences horticulture and quarantine. Department of Agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787968e71380b0b59" w:history="1">
+      <w:hyperlink r:id="rId1380690202a079f1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7992,51 +7992,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito J, Inserra R, Lehman P &amp; Dixon W (2002) The root-knot nematode, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne mayaguensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rammah &amp; Hirschmann, 1988 (Nematoda, Tylenchida). Pest Alert. FDACS-P-01643. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495268e71380b0ccd" w:history="1">
+      <w:hyperlink r:id="rId4920690202a07a0aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9802,51 +9802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Document 10-16243. Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914168e71380b18a2" w:history="1">
+      <w:hyperlink r:id="rId1787690202a07ac7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGMY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9863,51 +9863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895168e71380b190b" w:history="1">
+      <w:hyperlink r:id="rId1302690202a07ace4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9962,51 +9962,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 527–533. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId422068e71380b19a9" w:history="1">
+      <w:hyperlink r:id="rId4568690202a07ad7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10043,51 +10043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127668e71380b1a2d" w:history="1">
+      <w:hyperlink r:id="rId2582690202a07ae02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10327,51 +10327,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Galbieri R, Daivs RF, Scoz LB, Belot JL &amp; Skantar AM. (2020) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cotton in Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728368e71380b1c2c" w:history="1">
+      <w:hyperlink r:id="rId2687690202a07afc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13205,51 +13205,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150768e71380b2fdb" w:history="1">
+      <w:hyperlink r:id="rId5070690202a07c222" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13325,81 +13325,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 159-163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783068e71380b30a5" w:history="1">
+      <w:hyperlink r:id="rId6100690202a07c2ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88727782" name="name238568e71380b342d" descr="eu_funding_250.png"/>
+            <wp:docPr id="21952156" name="name4134690202a07c38b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId213168e71380b342c" cstate="print"/>
+                    <a:blip r:embed="rId6750690202a07c389" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13497,137 +13497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30585459">
+  <w:abstractNum w:abstractNumId="71766445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51716945">
+    <w:lvl w:ilvl="0" w:tplc="87324034">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51716945" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87324034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30585458">
+  <w:abstractNum w:abstractNumId="71766444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23408645">
+    <w:lvl w:ilvl="0" w:tplc="17004100">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14379,55 +14379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30585458">
-    <w:abstractNumId w:val="30585458"/>
+  <w:num w:numId="71766444">
+    <w:abstractNumId w:val="71766444"/>
   </w:num>
-  <w:num w:numId="30585459">
-    <w:abstractNumId w:val="30585459"/>
+  <w:num w:numId="71766445">
+    <w:abstractNumId w:val="71766445"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25977,51 +25977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId409838400" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId744488359" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId792468e71380ac459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId150368e71380ac4c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId377168e71380acdc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId411268e71380b0ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId316168e71380b0b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId787968e71380b0b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId495268e71380b0ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId914168e71380b18a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId895168e71380b190b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId422068e71380b19a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId127668e71380b1a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId728368e71380b1c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId150768e71380b2fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId783068e71380b30a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId791068e71380acca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791068e71380acca9.jpg"/><Relationship Id="rId245768e71380af5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId245768e71380af5f2.jpg"/><Relationship Id="rId213168e71380b342c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213168e71380b342c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId911014246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661749433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9811690202a075390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId5282690202a075450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId1567690202a07562a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId5144690202a079d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId3954690202a079ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId1380690202a079f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId4920690202a07a0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId1787690202a07ac7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId1302690202a07ace4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4568690202a07ad7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId2582690202a07ae02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2687690202a07afc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId5070690202a07c222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6100690202a07c2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId3854690202a075529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3854690202a075529.jpg"/><Relationship Id="rId7608690202a07841d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7608690202a07841d.jpg"/><Relationship Id="rId6750690202a07c389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6750690202a07c389.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>