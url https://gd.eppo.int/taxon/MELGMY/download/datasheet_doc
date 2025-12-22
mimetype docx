--- v1 (2025-10-29)
+++ v2 (2025-12-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Rammah &amp; Hirschmann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9811690202a075390" w:history="1">
+            <w:hyperlink r:id="rId87456949b1cf30019" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5282690202a075450" w:history="1">
+            <w:hyperlink r:id="rId18676949b1cf30083" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGMY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58518331" name="name5619690202a07552a" descr="17626.jpg"/>
+                  <wp:docPr id="2157950" name="name91856949b1cf3082b" descr="17626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3854690202a075529" cstate="print"/>
+                          <a:blip r:embed="rId81696949b1cf30829" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1567690202a07562a" w:history="1">
+            <w:hyperlink r:id="rId87936949b1cf3097d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2537,50 +2537,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cereus hildmannianus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chrysalidocarpus lutescens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Citrullus lanatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus maxima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3938,50 +3958,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Senna alata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Senna occidentalis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siraitia grosvenorii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solandra maxima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -4744,105 +4784,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp.) from Asia, South America and Africa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12810974" name="name7053690202a078420" descr="MELGMY_distribution_map.jpg"/>
+            <wp:docPr id="78468977" name="name53476949b1cf3319c" descr="MELGMY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGMY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7608690202a07841d" cstate="print"/>
+                    <a:blip r:embed="rId29566949b1cf33197" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Italy (mainland, Sicilia), Portugal (mainland), Switzerland</w:t>
+        <w:t xml:space="preserve"> Italy (mainland, Sicilia), Netherlands, Portugal (mainland), Switzerland</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benin, Burkina Faso, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Kenya, Malawi, Mozambique, Niger, Nigeria, Senegal, South Africa, Togo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4861,93 +4901,93 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Fujian, Guangdong, Guangxi, Hainan, Hunan, Liaoning, Shaanxi, Yunnan), India (Haryana, Madhya Pradesh, Tamil Nadu, Uttarakhand, Uttar Pradesh), Saudi Arabia, Taiwan, Thailand, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mexico, United States of America (Florida, Georgia, North Carolina, South Carolina, Texas)</w:t>
+        <w:t xml:space="preserve"> Mexico, United States of America (Alabama, Florida, Georgia, North Carolina, South Carolina, Texas)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Costa Rica, Cuba, Guadeloupe, Guatemala, Martinique, Puerto Rico, Trinidad and Tobago</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Brazil (Alagoas, Bahia, Ceara, Espirito Santo, Goias, Maranhao, Mato Grosso, Mato Grosso do Sul, Minas Gerais, Para, Paraiba, Parana, Pernambuco, Piaui, Rio de Janeiro, Rio Grande do Norte, Rio Grande do Sul, Santa Catarina, Sao Paulo, Tocantins), Venezuela</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Alagoas, Bahia, Ceara, Espirito Santo, Goias, Maranhao, Mato Grosso, Mato Grosso do Sul, Minas Gerais, Para, Paraiba, Parana, Pernambuco, Piaui, Rio de Janeiro, Rio Grande do Norte, Rio Grande do Sul, Santa Catarina, Sao Paulo, Tocantins), Venezuela</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Australia (Northern Territory, Queensland)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7697,129 +7737,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248–251.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2017) Agricultural Review. North Carolina Department of agriculture and consumer services. Public Affair Division. Raleigh, NC. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5144690202a079d31" w:history="1">
+      <w:hyperlink r:id="rId59026949b1cf34628" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018a) New crop pest identified in Louisiana. Department of agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3954690202a079ecc" w:history="1">
+      <w:hyperlink r:id="rId15516949b1cf3466d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018b) Declaration of emergency. Office of Agriculture and environmental sciences horticulture and quarantine. Department of Agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1380690202a079f1a" w:history="1">
+      <w:hyperlink r:id="rId16596949b1cf346ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7992,51 +8032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito J, Inserra R, Lehman P &amp; Dixon W (2002) The root-knot nematode, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne mayaguensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rammah &amp; Hirschmann, 1988 (Nematoda, Tylenchida). Pest Alert. FDACS-P-01643. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4920690202a07a0aa" w:history="1">
+      <w:hyperlink r:id="rId51226949b1cf34819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9802,51 +9842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Document 10-16243. Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1787690202a07ac7c" w:history="1">
+      <w:hyperlink r:id="rId74266949b1cf35382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGMY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9863,51 +9903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1302690202a07ace4" w:history="1">
+      <w:hyperlink r:id="rId37496949b1cf353e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9962,51 +10002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 527–533. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4568690202a07ad7f" w:history="1">
+      <w:hyperlink r:id="rId18586949b1cf35485" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10043,51 +10083,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2582690202a07ae02" w:history="1">
+      <w:hyperlink r:id="rId95386949b1cf35507" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10327,51 +10367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Galbieri R, Daivs RF, Scoz LB, Belot JL &amp; Skantar AM. (2020) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cotton in Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2687690202a07afc8" w:history="1">
+      <w:hyperlink r:id="rId76566949b1cf356c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13205,51 +13245,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5070690202a07c222" w:history="1">
+      <w:hyperlink r:id="rId43266949b1cf368d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13325,81 +13365,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 159-163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6100690202a07c2ed" w:history="1">
+      <w:hyperlink r:id="rId37386949b1cf3699d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21952156" name="name4134690202a07c38b" descr="eu_funding_250.png"/>
+            <wp:docPr id="20367455" name="name77706949b1cf36e6d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6750690202a07c389" cstate="print"/>
+                    <a:blip r:embed="rId22906949b1cf36e6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13497,137 +13537,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71766445">
+  <w:abstractNum w:abstractNumId="96171939">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87324034">
+    <w:lvl w:ilvl="0" w:tplc="40453509">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87324034" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40453509" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71766444">
+  <w:abstractNum w:abstractNumId="96171938">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17004100">
+    <w:lvl w:ilvl="0" w:tplc="90348431">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14379,55 +14419,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71766444">
-    <w:abstractNumId w:val="71766444"/>
+  <w:num w:numId="96171938">
+    <w:abstractNumId w:val="96171938"/>
   </w:num>
-  <w:num w:numId="71766445">
-    <w:abstractNumId w:val="71766445"/>
+  <w:num w:numId="96171939">
+    <w:abstractNumId w:val="96171939"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -25977,51 +26017,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId911014246" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId661749433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9811690202a075390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId5282690202a075450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId1567690202a07562a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId5144690202a079d31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId3954690202a079ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId1380690202a079f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId4920690202a07a0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId1787690202a07ac7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId1302690202a07ace4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId4568690202a07ad7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId2582690202a07ae02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2687690202a07afc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId5070690202a07c222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6100690202a07c2ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId3854690202a075529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3854690202a075529.jpg"/><Relationship Id="rId7608690202a07841d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7608690202a07841d.jpg"/><Relationship Id="rId6750690202a07c389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6750690202a07c389.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId906165951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907212353" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87456949b1cf30019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId18676949b1cf30083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId87936949b1cf3097d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId59026949b1cf34628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId15516949b1cf3466d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId16596949b1cf346ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId51226949b1cf34819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId74266949b1cf35382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId37496949b1cf353e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId18586949b1cf35485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId95386949b1cf35507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId76566949b1cf356c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId43266949b1cf368d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37386949b1cf3699d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId81696949b1cf30829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81696949b1cf30829.jpg"/><Relationship Id="rId29566949b1cf33197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29566949b1cf33197.jpg"/><Relationship Id="rId22906949b1cf36e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22906949b1cf36e6c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>