--- v2 (2025-12-22)
+++ v3 (2026-01-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Rammah &amp; Hirschmann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87456949b1cf30019" w:history="1">
+            <w:hyperlink r:id="rId8798697650013980f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18676949b1cf30083" w:history="1">
+            <w:hyperlink r:id="rId69766976500139879" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGMY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2157950" name="name91856949b1cf3082b" descr="17626.jpg"/>
+                  <wp:docPr id="57804069" name="name51026976500139941" descr="17626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81696949b1cf30829" cstate="print"/>
+                          <a:blip r:embed="rId6749697650013993f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId87936949b1cf3097d" w:history="1">
+            <w:hyperlink r:id="rId35366976500139a93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3717,50 +3717,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platostoma palustre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Primulina tabacum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Psidium guajava</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4784,63 +4804,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp.) from Asia, South America and Africa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78468977" name="name53476949b1cf3319c" descr="MELGMY_distribution_map.jpg"/>
+            <wp:docPr id="19715748" name="name7490697650013c959" descr="MELGMY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGMY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29566949b1cf33197" cstate="print"/>
+                    <a:blip r:embed="rId5432697650013c956" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7737,129 +7757,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248–251.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2017) Agricultural Review. North Carolina Department of agriculture and consumer services. Public Affair Division. Raleigh, NC. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59026949b1cf34628" w:history="1">
+      <w:hyperlink r:id="rId1021697650013e0c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018a) New crop pest identified in Louisiana. Department of agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15516949b1cf3466d" w:history="1">
+      <w:hyperlink r:id="rId8550697650013e10d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018b) Declaration of emergency. Office of Agriculture and environmental sciences horticulture and quarantine. Department of Agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16596949b1cf346ad" w:history="1">
+      <w:hyperlink r:id="rId5296697650013e157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8032,51 +8052,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito J, Inserra R, Lehman P &amp; Dixon W (2002) The root-knot nematode, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne mayaguensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rammah &amp; Hirschmann, 1988 (Nematoda, Tylenchida). Pest Alert. FDACS-P-01643. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51226949b1cf34819" w:history="1">
+      <w:hyperlink r:id="rId2859697650013e332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9842,51 +9862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Document 10-16243. Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74266949b1cf35382" w:history="1">
+      <w:hyperlink r:id="rId6610697650013efc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGMY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9903,51 +9923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37496949b1cf353e8" w:history="1">
+      <w:hyperlink r:id="rId4606697650013f02f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10002,51 +10022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 527–533. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18586949b1cf35485" w:history="1">
+      <w:hyperlink r:id="rId3369697650013f0ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10083,51 +10103,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95386949b1cf35507" w:history="1">
+      <w:hyperlink r:id="rId4638697650013f151" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10367,51 +10387,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Galbieri R, Daivs RF, Scoz LB, Belot JL &amp; Skantar AM. (2020) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cotton in Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76566949b1cf356c9" w:history="1">
+      <w:hyperlink r:id="rId1092697650013f327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13223,73 +13243,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43266949b1cf368d8" w:history="1">
+      <w:hyperlink r:id="rId44666976500140a73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13365,81 +13385,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 159-163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37386949b1cf3699d" w:history="1">
+      <w:hyperlink r:id="rId39416976500140b48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20367455" name="name77706949b1cf36e6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="77678015" name="name42056976500140d0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22906949b1cf36e6c" cstate="print"/>
+                    <a:blip r:embed="rId16316976500140d0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13537,137 +13557,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96171939">
+  <w:abstractNum w:abstractNumId="36373964">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40453509">
+    <w:lvl w:ilvl="0" w:tplc="66942432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40453509" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66942432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96171938">
+  <w:abstractNum w:abstractNumId="36373963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90348431">
+    <w:lvl w:ilvl="0" w:tplc="14648076">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14419,55 +14439,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96171938">
-    <w:abstractNumId w:val="96171938"/>
+  <w:num w:numId="36373963">
+    <w:abstractNumId w:val="36373963"/>
   </w:num>
-  <w:num w:numId="96171939">
-    <w:abstractNumId w:val="96171939"/>
+  <w:num w:numId="36373964">
+    <w:abstractNumId w:val="36373964"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26017,51 +26037,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId906165951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907212353" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87456949b1cf30019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId18676949b1cf30083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId87936949b1cf3097d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId59026949b1cf34628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId15516949b1cf3466d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId16596949b1cf346ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId51226949b1cf34819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId74266949b1cf35382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId37496949b1cf353e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId18586949b1cf35485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId95386949b1cf35507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId76566949b1cf356c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId43266949b1cf368d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37386949b1cf3699d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId81696949b1cf30829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81696949b1cf30829.jpg"/><Relationship Id="rId29566949b1cf33197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29566949b1cf33197.jpg"/><Relationship Id="rId22906949b1cf36e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22906949b1cf36e6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId289584337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId858402811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8798697650013980f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId69766976500139879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId35366976500139a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId1021697650013e0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId8550697650013e10d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId5296697650013e157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId2859697650013e332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId6610697650013efc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId4606697650013f02f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3369697650013f0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId4638697650013f151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId1092697650013f327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId44666976500140a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39416976500140b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId6749697650013993f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6749697650013993f.jpg"/><Relationship Id="rId5432697650013c956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5432697650013c956.jpg"/><Relationship Id="rId16316976500140d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16316976500140d0c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>