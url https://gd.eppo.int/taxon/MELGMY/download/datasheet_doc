--- v3 (2026-01-25)
+++ v4 (2026-02-15)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Rammah &amp; Hirschmann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8798697650013980f" w:history="1">
+            <w:hyperlink r:id="rId948769912d0f8c2f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69766976500139879" w:history="1">
+            <w:hyperlink r:id="rId141369912d0f8c367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGMY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57804069" name="name51026976500139941" descr="17626.jpg"/>
+                  <wp:docPr id="40996755" name="name437869912d0f8c956" descr="17626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6749697650013993f" cstate="print"/>
+                          <a:blip r:embed="rId181269912d0f8c955" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId35366976500139a93" w:history="1">
+            <w:hyperlink r:id="rId333469912d0f8ca9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2337,51 +2337,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brugmansia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buddleia davidii</w:t>
+        <w:t xml:space="preserve">Buddleja davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Camellia oleifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2658,50 +2658,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corchorus olitorius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coriandrum sativum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cucumis melo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cucumis sativus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -4804,63 +4824,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp.) from Asia, South America and Africa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19715748" name="name7490697650013c959" descr="MELGMY_distribution_map.jpg"/>
+            <wp:docPr id="96043512" name="name919169912d0f901ca" descr="MELGMY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGMY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5432697650013c956" cstate="print"/>
+                    <a:blip r:embed="rId277569912d0f901c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7757,129 +7777,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248–251.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2017) Agricultural Review. North Carolina Department of agriculture and consumer services. Public Affair Division. Raleigh, NC. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1021697650013e0c6" w:history="1">
+      <w:hyperlink r:id="rId988169912d0f91755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018a) New crop pest identified in Louisiana. Department of agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8550697650013e10d" w:history="1">
+      <w:hyperlink r:id="rId372769912d0f9179e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018b) Declaration of emergency. Office of Agriculture and environmental sciences horticulture and quarantine. Department of Agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5296697650013e157" w:history="1">
+      <w:hyperlink r:id="rId434869912d0f917f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8052,51 +8072,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito J, Inserra R, Lehman P &amp; Dixon W (2002) The root-knot nematode, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne mayaguensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rammah &amp; Hirschmann, 1988 (Nematoda, Tylenchida). Pest Alert. FDACS-P-01643. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2859697650013e332" w:history="1">
+      <w:hyperlink r:id="rId476769912d0f9196e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9862,51 +9882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Document 10-16243. Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6610697650013efc6" w:history="1">
+      <w:hyperlink r:id="rId710169912d0f92513" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGMY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9923,51 +9943,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4606697650013f02f" w:history="1">
+      <w:hyperlink r:id="rId615269912d0f9257e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10022,51 +10042,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 527–533. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3369697650013f0ce" w:history="1">
+      <w:hyperlink r:id="rId395769912d0f9261f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10103,51 +10123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4638697650013f151" w:history="1">
+      <w:hyperlink r:id="rId492169912d0f926a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10387,51 +10407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Galbieri R, Daivs RF, Scoz LB, Belot JL &amp; Skantar AM. (2020) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cotton in Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1092697650013f327" w:history="1">
+      <w:hyperlink r:id="rId432369912d0f9288f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13265,51 +13285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44666976500140a73" w:history="1">
+      <w:hyperlink r:id="rId527569912d0f93b27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13385,81 +13405,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 159-163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39416976500140b48" w:history="1">
+      <w:hyperlink r:id="rId570269912d0f93bf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77678015" name="name42056976500140d0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="382541" name="name580869912d0f93c58" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16316976500140d0c" cstate="print"/>
+                    <a:blip r:embed="rId897169912d0f93c57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13557,137 +13577,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36373964">
+  <w:abstractNum w:abstractNumId="20404029">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66942432">
+    <w:lvl w:ilvl="0" w:tplc="97975499">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66942432" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97975499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36373963">
+  <w:abstractNum w:abstractNumId="20404028">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14648076">
+    <w:lvl w:ilvl="0" w:tplc="29402283">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14439,55 +14459,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36373963">
-    <w:abstractNumId w:val="36373963"/>
+  <w:num w:numId="20404028">
+    <w:abstractNumId w:val="20404028"/>
   </w:num>
-  <w:num w:numId="36373964">
-    <w:abstractNumId w:val="36373964"/>
+  <w:num w:numId="20404029">
+    <w:abstractNumId w:val="20404029"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26037,51 +26057,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId289584337" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId858402811" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8798697650013980f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId69766976500139879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId35366976500139a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId1021697650013e0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId8550697650013e10d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId5296697650013e157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId2859697650013e332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId6610697650013efc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId4606697650013f02f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3369697650013f0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId4638697650013f151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId1092697650013f327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId44666976500140a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39416976500140b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId6749697650013993f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6749697650013993f.jpg"/><Relationship Id="rId5432697650013c956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5432697650013c956.jpg"/><Relationship Id="rId16316976500140d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16316976500140d0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId849241434" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701800695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId948769912d0f8c2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId141369912d0f8c367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId333469912d0f8ca9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId988169912d0f91755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId372769912d0f9179e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId434869912d0f917f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId476769912d0f9196e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId710169912d0f92513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId615269912d0f9257e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId395769912d0f9261f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId492169912d0f926a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId432369912d0f9288f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId527569912d0f93b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId570269912d0f93bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId181269912d0f8c955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181269912d0f8c955.jpg"/><Relationship Id="rId277569912d0f901c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId277569912d0f901c6.jpg"/><Relationship Id="rId897169912d0f93c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897169912d0f93c57.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>