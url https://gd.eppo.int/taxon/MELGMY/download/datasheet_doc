--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Rammah &amp; Hirschmann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId948769912d0f8c2f9" w:history="1">
+            <w:hyperlink r:id="rId722769abbce19ec68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141369912d0f8c367" w:history="1">
+            <w:hyperlink r:id="rId747669abbce19ecf9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGMY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40996755" name="name437869912d0f8c956" descr="17626.jpg"/>
+                  <wp:docPr id="24091835" name="name884869abbce19f2d0" descr="17626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId181269912d0f8c955" cstate="print"/>
+                          <a:blip r:embed="rId502069abbce19f2cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId333469912d0f8ca9c" w:history="1">
+            <w:hyperlink r:id="rId936369abbce19f432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3217,50 +3217,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ligustrum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Liriope sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Luffa aegyptiaca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Malpighia emarginata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4824,63 +4844,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp.) from Asia, South America and Africa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96043512" name="name919169912d0f901ca" descr="MELGMY_distribution_map.jpg"/>
+            <wp:docPr id="92159648" name="name447169abbce1a1cd8" descr="MELGMY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGMY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId277569912d0f901c6" cstate="print"/>
+                    <a:blip r:embed="rId190869abbce1a1cd3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7777,129 +7797,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248–251.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2017) Agricultural Review. North Carolina Department of agriculture and consumer services. Public Affair Division. Raleigh, NC. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988169912d0f91755" w:history="1">
+      <w:hyperlink r:id="rId557169abbce1a3305" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018a) New crop pest identified in Louisiana. Department of agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372769912d0f9179e" w:history="1">
+      <w:hyperlink r:id="rId230269abbce1a334e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018b) Declaration of emergency. Office of Agriculture and environmental sciences horticulture and quarantine. Department of Agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434869912d0f917f8" w:history="1">
+      <w:hyperlink r:id="rId946669abbce1a338f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8072,51 +8092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito J, Inserra R, Lehman P &amp; Dixon W (2002) The root-knot nematode, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne mayaguensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rammah &amp; Hirschmann, 1988 (Nematoda, Tylenchida). Pest Alert. FDACS-P-01643. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476769912d0f9196e" w:history="1">
+      <w:hyperlink r:id="rId419569abbce1a34ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9882,51 +9902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Document 10-16243. Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710169912d0f92513" w:history="1">
+      <w:hyperlink r:id="rId148469abbce1a4036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGMY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9943,51 +9963,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615269912d0f9257e" w:history="1">
+      <w:hyperlink r:id="rId507769abbce1a409d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10042,51 +10062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 527–533. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395769912d0f9261f" w:history="1">
+      <w:hyperlink r:id="rId705069abbce1a4155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10123,51 +10143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492169912d0f926a4" w:history="1">
+      <w:hyperlink r:id="rId666069abbce1a41da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10407,51 +10427,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Galbieri R, Daivs RF, Scoz LB, Belot JL &amp; Skantar AM. (2020) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cotton in Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432369912d0f9288f" w:history="1">
+      <w:hyperlink r:id="rId784069abbce1a43a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13285,51 +13305,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527569912d0f93b27" w:history="1">
+      <w:hyperlink r:id="rId172269abbce1a5605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13405,81 +13425,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 159-163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570269912d0f93bf6" w:history="1">
+      <w:hyperlink r:id="rId775069abbce1a56ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="382541" name="name580869912d0f93c58" descr="eu_funding_250.png"/>
+            <wp:docPr id="71441661" name="name767969abbce1a58a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId897169912d0f93c57" cstate="print"/>
+                    <a:blip r:embed="rId216069abbce1a58a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13577,137 +13597,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20404029">
+  <w:abstractNum w:abstractNumId="12376265">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97975499">
+    <w:lvl w:ilvl="0" w:tplc="80214547">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97975499" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80214547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20404028">
+  <w:abstractNum w:abstractNumId="12376264">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29402283">
+    <w:lvl w:ilvl="0" w:tplc="48176050">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14459,55 +14479,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20404028">
-    <w:abstractNumId w:val="20404028"/>
+  <w:num w:numId="12376264">
+    <w:abstractNumId w:val="12376264"/>
   </w:num>
-  <w:num w:numId="20404029">
-    <w:abstractNumId w:val="20404029"/>
+  <w:num w:numId="12376265">
+    <w:abstractNumId w:val="12376265"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26057,51 +26077,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId849241434" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701800695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId948769912d0f8c2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId141369912d0f8c367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId333469912d0f8ca9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId988169912d0f91755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId372769912d0f9179e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId434869912d0f917f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId476769912d0f9196e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId710169912d0f92513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId615269912d0f9257e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId395769912d0f9261f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId492169912d0f926a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId432369912d0f9288f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId527569912d0f93b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId570269912d0f93bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId181269912d0f8c955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId181269912d0f8c955.jpg"/><Relationship Id="rId277569912d0f901c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId277569912d0f901c6.jpg"/><Relationship Id="rId897169912d0f93c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897169912d0f93c57.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683674641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId558842922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722769abbce19ec68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId747669abbce19ecf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId936369abbce19f432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId557169abbce1a3305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId230269abbce1a334e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId946669abbce1a338f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId419569abbce1a34ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId148469abbce1a4036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId507769abbce1a409d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId705069abbce1a4155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId666069abbce1a41da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId784069abbce1a43a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId172269abbce1a5605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId775069abbce1a56ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId502069abbce19f2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502069abbce19f2cd.jpg"/><Relationship Id="rId190869abbce1a1cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190869abbce1a1cd3.jpg"/><Relationship Id="rId216069abbce1a58a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216069abbce1a58a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>