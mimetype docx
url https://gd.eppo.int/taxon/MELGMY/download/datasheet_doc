--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Rammah &amp; Hirschmann</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> guava root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId722769abbce19ec68" w:history="1">
+            <w:hyperlink r:id="rId565669c65633a8b77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId747669abbce19ecf9" w:history="1">
+            <w:hyperlink r:id="rId298769c65633a8be3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGMY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24091835" name="name884869abbce19f2d0" descr="17626.jpg"/>
+                  <wp:docPr id="49905386" name="name769569c65633a91eb" descr="17626.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17626.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId502069abbce19f2cd" cstate="print"/>
+                          <a:blip r:embed="rId749169c65633a91ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId936369abbce19f432" w:history="1">
+            <w:hyperlink r:id="rId979369c65633a9338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2357,50 +2357,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buddleja davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Callistemon sp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Camellia oleifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cannabis sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2737,50 +2757,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cucurbita moschata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Curcuma longa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Daucus carota</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dioscorea rotundata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3217,50 +3257,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ligustrum sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Liriope muscari</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Liriope sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Luffa aegyptiaca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3337,50 +3397,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maranta arundinacea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Melaleuca citrina</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Melaleuca linearis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melaleuca viminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3718,50 +3798,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phaseolus vulgaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Physalis peruviana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pithecellobium dulce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Platostoma palustre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -4844,63 +4944,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp.) from Asia, South America and Africa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92159648" name="name447169abbce1a1cd8" descr="MELGMY_distribution_map.jpg"/>
+            <wp:docPr id="276685" name="name330069c65633abeac" descr="MELGMY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGMY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId190869abbce1a1cd3" cstate="print"/>
+                    <a:blip r:embed="rId896169c65633abea8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7797,129 +7897,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248–251.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2017) Agricultural Review. North Carolina Department of agriculture and consumer services. Public Affair Division. Raleigh, NC. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557169abbce1a3305" w:history="1">
+      <w:hyperlink r:id="rId514769c65633ad3eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018a) New crop pest identified in Louisiana. Department of agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230269abbce1a334e" w:history="1">
+      <w:hyperlink r:id="rId998969c65633ad433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018b) Declaration of emergency. Office of Agriculture and environmental sciences horticulture and quarantine. Department of Agriculture and forestry. State of Louisiana. Baton Rouge, LA. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946669abbce1a338f" w:history="1">
+      <w:hyperlink r:id="rId974869c65633ad475" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8092,51 +8192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brito J, Inserra R, Lehman P &amp; Dixon W (2002) The root-knot nematode, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne mayaguensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rammah &amp; Hirschmann, 1988 (Nematoda, Tylenchida). Pest Alert. FDACS-P-01643. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419569abbce1a34ed" w:history="1">
+      <w:hyperlink r:id="rId213169c65633ad5df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed July 13, 2020.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9902,51 +10002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2010) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Document 10-16243. Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148469abbce1a4036" w:history="1">
+      <w:hyperlink r:id="rId940969c65633ae155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGMY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9963,51 +10063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507769abbce1a409d" w:history="1">
+      <w:hyperlink r:id="rId987769c65633ae1cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10062,51 +10162,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43, 527–533. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705069abbce1a4155" w:history="1">
+      <w:hyperlink r:id="rId999569c65633ae26c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10143,51 +10243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 190–201. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666069abbce1a41da" w:history="1">
+      <w:hyperlink r:id="rId846069c65633ae2f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10427,51 +10527,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Galbieri R, Daivs RF, Scoz LB, Belot JL &amp; Skantar AM. (2020) First report of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on cotton in Brazil. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784069abbce1a43a3" w:history="1">
+      <w:hyperlink r:id="rId481269c65633ae4b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13305,51 +13405,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne enterolobii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172269abbce1a5605" w:history="1">
+      <w:hyperlink r:id="rId387769c65633af6ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13425,81 +13525,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 159-163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775069abbce1a56ce" w:history="1">
+      <w:hyperlink r:id="rId682869c65633af7e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12120</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71441661" name="name767969abbce1a58a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="99246011" name="name155569c65633af854" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId216069abbce1a58a4" cstate="print"/>
+                    <a:blip r:embed="rId100469c65633af853" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13597,137 +13697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12376265">
+  <w:abstractNum w:abstractNumId="55812177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80214547">
+    <w:lvl w:ilvl="0" w:tplc="87389951">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80214547" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87389951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12376264">
+  <w:abstractNum w:abstractNumId="55812176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48176050">
+    <w:lvl w:ilvl="0" w:tplc="76629823">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14479,55 +14579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12376264">
-    <w:abstractNumId w:val="12376264"/>
+  <w:num w:numId="55812176">
+    <w:abstractNumId w:val="55812176"/>
   </w:num>
-  <w:num w:numId="12376265">
-    <w:abstractNumId w:val="12376265"/>
+  <w:num w:numId="55812177">
+    <w:abstractNumId w:val="55812177"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26077,51 +26177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683674641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId558842922" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722769abbce19ec68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId747669abbce19ecf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId936369abbce19f432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId557169abbce1a3305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId230269abbce1a334e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId946669abbce1a338f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId419569abbce1a34ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId148469abbce1a4036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId507769abbce1a409d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId705069abbce1a4155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId666069abbce1a41da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId784069abbce1a43a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId172269abbce1a5605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId775069abbce1a56ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId502069abbce19f2cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502069abbce19f2cd.jpg"/><Relationship Id="rId190869abbce1a1cd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId190869abbce1a1cd3.jpg"/><Relationship Id="rId216069abbce1a58a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216069abbce1a58a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId124688022" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406720381" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId565669c65633a8b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/" TargetMode="External"/><Relationship Id="rId298769c65633a8be3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/categorization" TargetMode="External"/><Relationship Id="rId979369c65633a9338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/photos" TargetMode="External"/><Relationship Id="rId514769c65633ad3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncagr.gov/paffairs/AgReview/articles/2017/June/NCDACS-warns-of-emerging-nematode.htm" TargetMode="External"/><Relationship Id="rId998969c65633ad433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ldaf.state.la.us/news/new-crop-pest-identified-in-louisiana/" TargetMode="External"/><Relationship Id="rId974869c65633ad475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doa.la.gov/osr/EMR/2019/1906EMR020.pdf" TargetMode="External"/><Relationship Id="rId213169c65633ad5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/66978/file/Pest%20Alert%20-%20Meloidogyne%20mayaguensis%20-%20Root%20Knot%20Nematode.pdf" TargetMode="External"/><Relationship Id="rId940969c65633ae155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGMY/documents" TargetMode="External"/><Relationship Id="rId987769c65633ae1cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId999569c65633ae26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId846069c65633ae2f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId481269c65633ae4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/10.1094/PDIS-02-20-0365-PDN" TargetMode="External"/><Relationship Id="rId387769c65633af6ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId682869c65633af7e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12120" TargetMode="External"/><Relationship Id="rId749169c65633a91ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId749169c65633a91ea.jpg"/><Relationship Id="rId896169c65633abea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896169c65633abea8.jpg"/><Relationship Id="rId100469c65633af853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId100469c65633af853.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>