--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MELGGC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ORYSA</t>
   </si>
   <si>
     <t>Oryza sativa</t>
   </si>
   <si>
     <t>* Tian ZL, Maria M, Barsalote EM, Castillo P, Zheng JW (2018) Morphological and molecular characterization of the rice root-knot nematode, Meloidogyne graminicola, Golden and Birchfeild, 1965 occurring in Zhejiang, China. Journal of integrative agriculture, 17(12), 2724-2733.</t>
   </si>
   <si>
@@ -323,50 +323,54 @@
   </si>
   <si>
     <t>ECHCG</t>
   </si>
   <si>
     <t>Echinochloa crus-galli</t>
   </si>
   <si>
     <t>ECLAL</t>
   </si>
   <si>
     <t>Eclipta prostrata</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Berliner J, Manimaran B, Pokhare SS, Adak T, Munda S, Saha S (2024) Unraveling the off-season survival of rice root-knot nematode, Meloidogyne graminicola, in wetland rice ecosystem. Cereal Research Communications (early view) https://doi.org/10.1007/s42976-024-00512-8
 ------- as Eclipta alba.</t>
   </si>
   <si>
     <t>ELEIN</t>
   </si>
   <si>
     <t>Eleusine indica</t>
   </si>
   <si>
+    <t>* Birchfield W (1965) Host parasite relations and host range studies of a new Meloidogyne species in southern USA. Phytopathology 55, 1359–1361 (abst.)
+------- host</t>
+  </si>
+  <si>
     <t>AGRRE</t>
   </si>
   <si>
     <t>Elymus repens</t>
   </si>
   <si>
     <t>ERARA</t>
   </si>
   <si>
     <t>Eragrostis racemosa</t>
   </si>
   <si>
     <t>ERAAM</t>
   </si>
   <si>
     <t>Eragrostis tenella</t>
   </si>
   <si>
     <t>EPHHI</t>
   </si>
   <si>
     <t>Euphorbia hirta</t>
   </si>
   <si>
     <t>FIMCO</t>
@@ -740,50 +744,55 @@
     <t>AGSST</t>
   </si>
   <si>
     <t>Agrostis stolonifera</t>
   </si>
   <si>
     <t>* McCurdy AL, Barizon J, Miller GL (2024) Depth distribution of plant-parasitic nematodes on bentgrass golf greens in Missouri and Indiana. Journal of Nematology 56(1), 471-480. https://doi.org/10.2478/jofnem-2024-0006</t>
   </si>
   <si>
     <t>ALLAS</t>
   </si>
   <si>
     <t>Allium ascalonicum</t>
   </si>
   <si>
     <t>* Beesa N, Suwanngam A, Puttawong K, Phanbut P, Jindapunnapat K, Sasnarukkit A, Chinnasri B (2023) First report of the root-knot nematode Meloidogyne graminicola on shallot (Allium cepa var. aggregatum) in Thailand. New Disease Reports 47(1), e12158. https://doi.org/10.1002/ndr2.12158
 -------- Allium cepa var. aggregatum.</t>
   </si>
   <si>
     <t>ALLCE</t>
   </si>
   <si>
     <t>Allium cepa</t>
   </si>
   <si>
+    <t>* Nguyen TH, Masson AS, Moulin L, Trinh QP, Ha VC, Bellafiore S (2020) Root knot nematode infections promoted by agricultural practice modifications in Vietnam and the impacts on rice production. Academia Journal of Biology, 42, 31-42. 
+------- confirmed host (reproduction factor = 3.96)
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+  </si>
+  <si>
     <t>ALLFI</t>
   </si>
   <si>
     <t>Allium fistulosum</t>
   </si>
   <si>
     <t>* Zhao HH, Liu WZ, Liang C, Duan YX (2001) Meloidogyne graminicola, a new record species from China. Acta Phytopathologica Sinica, 31(2), 184-188. (in Chinese) 
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>ALLTU</t>
   </si>
   <si>
     <t>Allium tuberosum</t>
   </si>
   <si>
     <t>* Chen JW, Chen SY, Ning XL, Shi CH, Cheng X, Xiao S, Liu GK (2019) First report of Meloidogyne graminicola infecting Chinese chive in China. Plant Disease 103(11), p 2967.
 ------- In commercial fields in Xianyou county, Fujian province, China.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>BEAVX</t>
   </si>
   <si>
     <t>Beta vulgaris</t>
@@ -797,50 +806,59 @@
   <si>
     <t>BRSOX</t>
   </si>
   <si>
     <t>Brassica oleracea</t>
   </si>
   <si>
     <t>BRSOB</t>
   </si>
   <si>
     <t>Brassica oleracea var. botrytis</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>CPSFR</t>
   </si>
   <si>
     <t>Capsicum frutescens</t>
   </si>
   <si>
+    <t xml:space="preserve">* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Roy AK (1977) Host suitability of some crops to Meloidogyne graminicola. Indian Phytopathology 30, 483–485. (abst.)
+------- non host
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- host
+</t>
+  </si>
+  <si>
     <t>CTURO</t>
   </si>
   <si>
     <t>Catharanthus roseus</t>
   </si>
   <si>
     <t>PESGL</t>
   </si>
   <si>
     <t>Cenchrus americanus</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 -------poor host in experiments (as Pennisetum glaucum).</t>
   </si>
   <si>
     <t>CXSES</t>
   </si>
   <si>
     <t>Colocasia esculenta</t>
   </si>
   <si>
     <t>CRGCA</t>
   </si>
@@ -862,54 +880,60 @@
   <si>
     <t>CYGCI</t>
   </si>
   <si>
     <t>Cymbopogon citratus</t>
   </si>
   <si>
     <t>ELECO</t>
   </si>
   <si>
     <t>Eleusine coracana</t>
   </si>
   <si>
     <t>FIMDP</t>
   </si>
   <si>
     <t>Fimbristylis dichotoma var. pluristriata</t>
   </si>
   <si>
     <t>GLXMA</t>
   </si>
   <si>
     <t>Glycine max</t>
   </si>
   <si>
-    <t>* Long HB, Sun YF, Feng TZ, Pei YL, Peng DL (2017) First report of Meloidogyne graminicola on soybean (Glycine max) in China. Plant Disease 101(8), p 1554.
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Long HB, Sun YF, Feng TZ, Pei YL, Peng DL (2017) First report of Meloidogyne graminicola on soybean (Glycine max) in China. Plant Disease 101(8), p 1554.
+------- confirmed host (reproduction factor = 6.9). 
+* Roy AK (1977) Host suitability of some crops to Meloidogyne graminicola. Indian Phytopathology 30, 483–485. (abst.)
+------- good host.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- mentioned as host in section 5 on host plants, and as "non-host" in section 8 on management.
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
-------- in experiment in Brazil, soybean is recorded as a 'non-host'.</t>
+------- in experiment in Brazil, soybean is recorded as a 'non-host' (RF&lt;1)</t>
   </si>
   <si>
     <t>HORVX</t>
   </si>
   <si>
     <t>Hordeum vulgare</t>
   </si>
   <si>
     <t>* Bellé C, Balardin RR, Dalla Nora D, Schmitt J, Gabriel M, Ramos RF, Antoniolli ZI (2019) First report of Meloidogyne graminicola (Nematoda: Meloidogynidae) on barley (Hordeum vulgare) in Brazil. Plant Disease 103(5), p 1045.
 ------- In Santa Maria county, Rio Grande do Sul, Brazil. Confirmed host.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>IPABA</t>
   </si>
   <si>
     <t>Impatiens balsamina</t>
   </si>
   <si>
     <t>KYLGR</t>
   </si>
   <si>
     <t>Kyllinga gracillima</t>
   </si>
   <si>
@@ -971,167 +995,200 @@
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>SACOF</t>
   </si>
   <si>
     <t>Saccharum officinarum</t>
   </si>
   <si>
     <t>SETIT</t>
   </si>
   <si>
     <t>Setaria italica</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
-    <t>* Pan S, Liu C, Zhang F, Chen Z, Li Y (2022) First report of Meloidogyne graminicola on tomato (Solanum lycopersicum) in Hainan, China. Plant Disease 106(7), 2000-2001. https://doi.org/10.1094/PDIS-09-21-1942-PDN
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Dabur KR, Taya AS &amp; Bajaj HK (2004) Life cycle of Meloidogyne graminicola on paddy and its host range studies. Indian Journal of Nematology 34, 80-84.
+------- does not support multiplication of Meloidogyne graminicola 
+* Pan S, Liu C, Zhang F, Chen Z, Li Y (2022) First report of Meloidogyne graminicola on tomato (Solanum lycopersicum) in Hainan, China. Plant Disease 106(7), 2000-2001. https://doi.org/10.1094/PDIS-09-21-1942-PDN
+------- confirmed host. Reproduction factor = 5.3
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- host.</t>
+  </si>
+  <si>
+    <t>SOLME</t>
+  </si>
+  <si>
+    <t>Solanum melongena</t>
+  </si>
+  <si>
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Dabur KR, Taya AS &amp; Bajaj HK (2004) Life cycle of Meloidogyne graminicola on paddy and its host range studies. Indian Journal of Nematology 34, 80-84.
+------- does not support multiplication of Meloidogyne graminicola 
+* Pooja Devi, Kanwar RS, Anil Kumar (2016) Studies on population variation of Meloidogyne graminicola using some weeds, forage and vegetable crops. Forage Research 42 pp.135-139.  http://forageresearch.in/wp-content/uploads/2016/09/135-139.pdf
+------- host.
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- host.</t>
+  </si>
+  <si>
+    <t>SOLTU</t>
+  </si>
+  <si>
+    <t>Solanum tuberosum</t>
+  </si>
+  <si>
+    <t>SORVU</t>
+  </si>
+  <si>
+    <t>Sorghum bicolor</t>
+  </si>
+  <si>
+    <t>* Pooja Devi, Kanwar RS, Anil Kumar (2016) Studies on population variation of Meloidogyne graminicola using some weeds, forage and vegetable crops. Forage Research 42 pp.135-139.  http://forageresearch.in/wp-content/uploads/2016/09/135-139.pdf
+------- host.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
-    <t>SOLME</t>
-[...16 lines deleted...]
-  <si>
     <t>SPQOL</t>
   </si>
   <si>
     <t>Spinacia oleracea</t>
   </si>
   <si>
     <t>TRFRE</t>
   </si>
   <si>
     <t>Trifolium repens</t>
   </si>
   <si>
     <t>TRZAX</t>
   </si>
   <si>
     <t>Triticum aestivum subsp. aestivum</t>
   </si>
   <si>
-    <t>* Padgham JL, Abawi GS, Duxbury JM, Mazid MA (2004) Impact of wheat on Meloidogyne graminicola populations in the rice-wheat system of Bangladesh. Nematropica 183-190.
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Padgham JL, Abawi GS, Duxbury JM, Mazid MA (2004) Impact of wheat on Meloidogyne graminicola populations in the rice-wheat system of Bangladesh. Nematropica 183-190.
 ------- in bioassay,  all wheat varieties grown in Bangladesh were excellent hosts to M. graminicola.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 ------- in experiment in Brazil, wheat is recorded as 'poor host' or 'non-host'.</t>
   </si>
   <si>
     <t>VICFX</t>
   </si>
   <si>
     <t>Vicia faba</t>
   </si>
   <si>
     <t>PHSMU</t>
   </si>
   <si>
     <t>Vigna mungo</t>
   </si>
   <si>
     <t>PHSAU</t>
   </si>
   <si>
     <t>Vigna radiata</t>
   </si>
   <si>
-    <t>VIGSI</t>
-[...4 lines deleted...]
-  <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Roy AK (1977) Host suitability of some crops to Meloidogyne graminicola. Indian Phytopathology 30, 483–485. (abst.)
+------- good host.
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 ------- in experiment in Brazil, maize is recorded as a 'non-host' (RF&lt;1).</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>AVESA</t>
   </si>
   <si>
     <t>Avena sativa</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+    <t xml:space="preserve">* Birchfield W (1965) Host parasite relations and host range studies of a new Meloidogyne species in southern USA. Phytopathology 55, 1359–1361 (abst.)
+------- host in inoculation experiments. 
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
--------non-host in experiments.</t>
+-------non-host in experiments.
+</t>
   </si>
   <si>
     <t>BRARU</t>
   </si>
   <si>
     <t>Urochloa eminii</t>
   </si>
   <si>
     <t>* Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 -------non-host in experiments (RF&lt;0.3) (as Urochloa decumbens)</t>
   </si>
   <si>
     <t>Non-host</t>
   </si>
   <si>
     <t>AVESG</t>
   </si>
   <si>
     <t>Avena strigosa</t>
   </si>
   <si>
     <t>* Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 -------non-host in experiments.</t>
+  </si>
+  <si>
+    <t>VIGSI</t>
+  </si>
+  <si>
+    <t>Vigna unguiculata</t>
+  </si>
+  <si>
+    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- ------- mentioned as "non-host".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2029,1594 +2086,1596 @@
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>94</v>
       </c>
       <c r="C41" t="s">
         <v>95</v>
       </c>
       <c r="D41" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>97</v>
       </c>
       <c r="C42" t="s">
         <v>98</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C44" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C45" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C46" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C47" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C48" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C49" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C50" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C51" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D51" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C52" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C53" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C54" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C55" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C56" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C57" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C58" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C59" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C60" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C61" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D61" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C62" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C63" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C64" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C65" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C66" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C67" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C68" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C69" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C70" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C71" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C72" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C73" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C74" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C75" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C76" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C77" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C78" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C79" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C80" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C81" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C82" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C83" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D83" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C84" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C85" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C86" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C87" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C88" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C89" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C90" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C91" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C92" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C93" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C94" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C95" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D95" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C96" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C97" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C98" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D98" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C99" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C100" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C101" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C102" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C103" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B104" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C104" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B105" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C105" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D105" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B106" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C106" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D106" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B107" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C107" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>237</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B108" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C108" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D108" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B109" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C109" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D109" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B110" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C110" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B111" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C111" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C112" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B113" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C113" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B114" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C114" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B115" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C115" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>256</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B116" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C116" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B117" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C117" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D117" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B118" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C118" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D118"/>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B119" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C119" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B120" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C120" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B121" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C121" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B122" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C122" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B123" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C123" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B124" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C124" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B125" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C125" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D125" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B126" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C126" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D126" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B127" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C127" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B128" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C128" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B129" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C129" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B130" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C130" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D130" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B131" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C131" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D131" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B132" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C132" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B133" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C133" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B134" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C134" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B135" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C135" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B136" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C136" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B137" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C137" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B138" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C138" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B139" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C139" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B140" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C140" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D140" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B141" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C141" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>315</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B142" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C142" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B143" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C143" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B144" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C144" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B145" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C145" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B146" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C146" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D146" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B147" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C147" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D147"/>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B148" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="C148" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="D148"/>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B149" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C149" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B150" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C150" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>336</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>225</v>
+        <v>337</v>
       </c>
       <c r="B151" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="C151" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D151" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B152" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C152" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D152" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="B153" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="C153" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="D153" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B154" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="C154" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="D154" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">