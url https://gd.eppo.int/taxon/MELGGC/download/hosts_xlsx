--- v1 (2025-11-09)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MELGGC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="357">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ORYSA</t>
   </si>
   <si>
     <t>Oryza sativa</t>
   </si>
   <si>
     <t>* Tian ZL, Maria M, Barsalote EM, Castillo P, Zheng JW (2018) Morphological and molecular characterization of the rice root-knot nematode, Meloidogyne graminicola, Golden and Birchfeild, 1965 occurring in Zhejiang, China. Journal of integrative agriculture, 17(12), 2724-2733.</t>
   </si>
   <si>
@@ -248,108 +248,118 @@
     <t>Cyperus procerus</t>
   </si>
   <si>
     <t>CUOCY</t>
   </si>
   <si>
     <t>Cyperus pseudokyllingioides</t>
   </si>
   <si>
     <t>CYPPU</t>
   </si>
   <si>
     <t>Cyperus pulcherrimus</t>
   </si>
   <si>
     <t>CYPRO</t>
   </si>
   <si>
     <t>Cyperus rotundus</t>
   </si>
   <si>
     <t>* Bellé C, Kaspary TE, Rubin Balardin R, Antoniolli ZI (2019) Detection of Meloidogyne graminicola parasitising Cyperus rotundus in Rio Grande do Sul, Brazil. Australasian Plant Disease Notes 14(2). https://doi.org/10.1007/s13314-018-0333-2
 ------- On Cyperus rotundus in the municipality of Santa Maria (Rio Grande do Sul), Brazil.
 * de Lourdes Mendes M, Dickson DW, Crow WT (2020) Yellow and purple nutsedge and coffee senna as hosts of common plant nematodes in Florida. .Journal of Nematology, 52(i_current), 1-9.doi:10.21307/jofnem-2020-094.
 ------- confirmed host in experiments
+* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- Good host (Rf = 77.25)
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>DTTAE</t>
   </si>
   <si>
     <t>Dactyloctenium aegyptium</t>
   </si>
   <si>
     <t>DEDTR</t>
   </si>
   <si>
     <t>Desmodium triflorum</t>
   </si>
   <si>
     <t>DIGFI</t>
   </si>
   <si>
     <t>Digitaria filiformis</t>
   </si>
   <si>
     <t>DIGLO</t>
   </si>
   <si>
     <t>Digitaria longiflora</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 ------- As Digitaria longifolia(?), interpreted as Digitaria longiflora.</t>
   </si>
   <si>
     <t>DIGSA</t>
   </si>
   <si>
     <t>Digitaria sanguinalis</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- Rf = 10.92
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>ECHCO</t>
   </si>
   <si>
     <t>Echinochloa colonum</t>
+  </si>
+  <si>
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+-------Rf = 19.81
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+* Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
+-------very good host in experiments.</t>
+  </si>
+  <si>
+    <t>ECHCG</t>
+  </si>
+  <si>
+    <t>Echinochloa crus-galli</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 -------very good host in experiments.</t>
   </si>
   <si>
-    <t>ECHCG</t>
-[...4 lines deleted...]
-  <si>
     <t>ECLAL</t>
   </si>
   <si>
     <t>Eclipta prostrata</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Berliner J, Manimaran B, Pokhare SS, Adak T, Munda S, Saha S (2024) Unraveling the off-season survival of rice root-knot nematode, Meloidogyne graminicola, in wetland rice ecosystem. Cereal Research Communications (early view) https://doi.org/10.1007/s42976-024-00512-8
 ------- as Eclipta alba.</t>
   </si>
   <si>
     <t>ELEIN</t>
   </si>
   <si>
     <t>Eleusine indica</t>
   </si>
   <si>
     <t>* Birchfield W (1965) Host parasite relations and host range studies of a new Meloidogyne species in southern USA. Phytopathology 55, 1359–1361 (abst.)
 ------- host</t>
   </si>
   <si>
     <t>AGRRE</t>
   </si>
   <si>
     <t>Elymus repens</t>
@@ -381,60 +391,74 @@
   <si>
     <t>FIMDI</t>
   </si>
   <si>
     <t>Fimbristylis dichotoma</t>
   </si>
   <si>
     <t>FIMLI</t>
   </si>
   <si>
     <t>Fimbristylis littoralis</t>
   </si>
   <si>
     <t>FIMMI</t>
   </si>
   <si>
     <t>Fimbristylis quinquangularis subsp. quinquangularis</t>
   </si>
   <si>
     <t>FUICI</t>
   </si>
   <si>
     <t>Fuirena ciliaris</t>
   </si>
   <si>
+    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+  </si>
+  <si>
     <t>GNAFA</t>
   </si>
   <si>
     <t>Gamochaeta falcata</t>
   </si>
   <si>
     <t>GNAPU</t>
   </si>
   <si>
     <t>Gamochaeta purpurea</t>
+  </si>
+  <si>
+    <t>GUSOP</t>
+  </si>
+  <si>
+    <t>Glinus oppositifolius</t>
+  </si>
+  <si>
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- poor host</t>
   </si>
   <si>
     <t>GRACE</t>
   </si>
   <si>
     <t>Grangea ceruanoides</t>
   </si>
   <si>
     <t>HYODI</t>
   </si>
   <si>
     <t>Hedyotis diffusa</t>
   </si>
   <si>
     <t>HETRE</t>
   </si>
   <si>
     <t>Heteranthera reniformis</t>
   </si>
   <si>
     <t>HYLSS</t>
   </si>
   <si>
     <t>Hydrilla sp.</t>
   </si>
@@ -684,50 +708,55 @@
   </si>
   <si>
     <t>Sphaeranthus senegalensis</t>
   </si>
   <si>
     <t>SPSSS</t>
   </si>
   <si>
     <t>Sphaeranthus sp.</t>
   </si>
   <si>
     <t>SPDZE</t>
   </si>
   <si>
     <t>Sphenoclea zeylanica</t>
   </si>
   <si>
     <t>* Berliner J, Manimaran B, Pokhare SS, Adak T, Munda S, Saha S (2024) Unraveling the off-season survival of rice root-knot nematode, Meloidogyne graminicola, in wetland rice ecosystem. Cereal Research Communications (early view) https://doi.org/10.1007/s42976-024-00512-8
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>STEME</t>
   </si>
   <si>
     <t>Stellaria media</t>
+  </si>
+  <si>
+    <t>* Gautam V, Garg V, Singh NK, Singh RK (2026) The pathogen-weed complex: a new perspective on the role of alternative hosts in Meloidogyne graminicola epidemiology. Planta 263(3), 65.
+------- poor host
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>URNLO</t>
   </si>
   <si>
     <t>Urena lobata</t>
   </si>
   <si>
     <t>PANPU</t>
   </si>
   <si>
     <t>Urochloa mutica</t>
   </si>
   <si>
     <t>PANRA</t>
   </si>
   <si>
     <t>Urochloa ramosa</t>
   </si>
   <si>
     <t>VDASS</t>
   </si>
   <si>
     <t>Vandellia sp.</t>
   </si>
@@ -1492,51 +1521,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D154"/>
+  <dimension ref="A1:D155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2059,1623 +2088,1637 @@
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>89</v>
       </c>
       <c r="C39" t="s">
         <v>90</v>
       </c>
       <c r="D39" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>92</v>
       </c>
       <c r="C40" t="s">
         <v>93</v>
       </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C41" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D41" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C42" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C43" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C44" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C45" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C46" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C47" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C48" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C49" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C50" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C51" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D51" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C52" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C53" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C54" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C55" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C56" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C57" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C58" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C59" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C60" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C61" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D61" t="s">
-        <v>138</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C62" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>143</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C63" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C64" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D64" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C65" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C66" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>8</v>
       </c>
       <c r="B67" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C67" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>8</v>
       </c>
       <c r="B68" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C68" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D68" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C69" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C70" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C71" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>8</v>
       </c>
       <c r="B72" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C72" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>163</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>8</v>
       </c>
       <c r="B73" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C73" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C74" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C75" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>8</v>
       </c>
       <c r="B76" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C76" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>8</v>
       </c>
       <c r="B77" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C77" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C78" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C79" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D79" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>8</v>
       </c>
       <c r="B80" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C80" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>8</v>
       </c>
       <c r="B81" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C81" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C82" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C83" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D83" t="s">
-        <v>183</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>8</v>
       </c>
       <c r="B84" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C84" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>188</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>8</v>
       </c>
       <c r="B85" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C85" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D85"/>
+        <v>190</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>8</v>
       </c>
       <c r="B86" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C86" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C87" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>8</v>
       </c>
       <c r="B88" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C88" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D88"/>
+        <v>196</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>8</v>
       </c>
       <c r="B89" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C89" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>8</v>
       </c>
       <c r="B90" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C90" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>8</v>
       </c>
       <c r="B91" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C91" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>8</v>
       </c>
       <c r="B92" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C92" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>8</v>
       </c>
       <c r="B93" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C93" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>8</v>
       </c>
       <c r="B94" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C94" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>8</v>
       </c>
       <c r="B95" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C95" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D95" t="s">
-        <v>208</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C96" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C97" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C98" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D98" t="s">
-        <v>215</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C99" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C100" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="D100"/>
+        <v>222</v>
+      </c>
+      <c r="D100" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C101" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C102" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>8</v>
       </c>
       <c r="B103" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C103" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>226</v>
+        <v>8</v>
       </c>
       <c r="B104" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C104" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B105" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C105" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D105" t="s">
-        <v>231</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B106" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C106" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D106" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B107" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C107" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D107" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B108" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C108" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D108" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B109" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C109" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D109" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B110" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C110" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>249</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B111" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C111" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B112" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C112" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B113" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C113" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B114" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C114" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B115" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C115" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D115" t="s">
-        <v>256</v>
+        <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B116" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C116" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>262</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B117" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C117" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D117" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B118" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C118" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D118"/>
+        <v>266</v>
+      </c>
+      <c r="D118" t="s">
+        <v>267</v>
+      </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B119" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C119" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B120" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C120" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B121" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C121" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B122" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C122" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B123" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C123" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B124" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C124" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D124"/>
+        <v>279</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B125" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C125" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B126" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C126" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D126" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B127" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C127" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>287</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B128" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C128" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="D128"/>
+        <v>289</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B129" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C129" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D129"/>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B130" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C130" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D130" t="s">
-        <v>290</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B131" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C131" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D131" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B132" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C132" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>299</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B133" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C133" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B134" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C134" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B135" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C135" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B136" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C136" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B137" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C137" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B138" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C138" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B139" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C139" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B140" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C140" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D140" t="s">
-        <v>312</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B141" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C141" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D141" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B142" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C142" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="D142"/>
+        <v>320</v>
+      </c>
+      <c r="D142" t="s">
+        <v>321</v>
+      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B143" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C143" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>323</v>
+      </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B144" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C144" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>326</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B145" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C145" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B146" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C146" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D146" t="s">
-        <v>327</v>
+        <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B147" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C147" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="D147"/>
+        <v>332</v>
+      </c>
+      <c r="D147" t="s">
+        <v>333</v>
+      </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B148" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C148" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="D148"/>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B149" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C149" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="D149"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B150" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C150" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D150" t="s">
-        <v>336</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>337</v>
+        <v>232</v>
       </c>
       <c r="B151" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C151" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D151" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B152" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C152" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D152" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B153" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C153" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D153" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B154" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C154" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="D154" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
         <v>350</v>
+      </c>
+      <c r="B155" t="s">
+        <v>354</v>
+      </c>
+      <c r="C155" t="s">
+        <v>355</v>
+      </c>
+      <c r="D155" t="s">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">