--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rice root‐knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId832168f001cf7e216" w:history="1">
+            <w:hyperlink r:id="rId1382690a7f0236cc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133468f001cf7e286" w:history="1">
+            <w:hyperlink r:id="rId1596690a7f0236d2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGGC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46511970" name="name590368f001cf7e368" descr="4607.jpg"/>
+                  <wp:docPr id="14338227" name="name6015690a7f023743c" descr="4607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId819068f001cf7e367" cstate="print"/>
+                          <a:blip r:embed="rId6856690a7f023743a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId705068f001cf7e472" w:history="1">
+            <w:hyperlink r:id="rId5649690a7f023752f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3729,63 +3729,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first reported in 2016 in northern Italy in rice fields in Piedmont (provinces of Biella and Vercelli) (Fanelli et al., 2017), followed in 2018 by other outbreaks in Lombardy (province of Pavia) (EPPO, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79196268" name="name184168f001cf7fb15" descr="MELGGC_distribution_map.jpg"/>
+            <wp:docPr id="23073504" name="name7190690a7f023c378" descr="MELGGC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGGC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId505368f001cf7fb13" cstate="print"/>
+                    <a:blip r:embed="rId2322690a7f023c370" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8288,51 +8288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18–34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957868f001cf81e42" w:history="1">
+      <w:hyperlink r:id="rId9806690a7f023eec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v13i0.8021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55–63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568568f001cf81ef9" w:history="1">
+      <w:hyperlink r:id="rId4125690a7f023efbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.4038/josuk.v6i0.4221</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8479,51 +8479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725768f001cf81fc1" w:history="1">
+      <w:hyperlink r:id="rId1791690a7f023f09d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v3i0.2736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 471–483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186768f001cf8207c" w:history="1">
+      <w:hyperlink r:id="rId6447690a7f023f135" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.crvi.2015.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8659,51 +8659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-4), 495–509. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163968f001cf8213e" w:history="1">
+      <w:hyperlink r:id="rId1055690a7f023f1c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01492.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9021,51 +9021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582468f001cf823f1" w:history="1">
+      <w:hyperlink r:id="rId8141690a7f023f437" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.33243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9100,51 +9100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(29), 1–16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277368f001cf824a0" w:history="1">
+      <w:hyperlink r:id="rId9456690a7f023f4c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-023-00644-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9190,51 +9190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404468f001cf8256e" w:history="1">
+      <w:hyperlink r:id="rId1297690a7f023f550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.19263/REDIA-103.20.23</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9260,51 +9260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140368f001cf825e9" w:history="1">
+      <w:hyperlink r:id="rId1810690a7f023f5bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7303304</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9350,51 +9350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(31), 6016–6021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393368f001cf82681" w:history="1">
+      <w:hyperlink r:id="rId8591690a7f023f64d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5897/AJMR12.707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9420,101 +9420,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149668f001cf82729" w:history="1">
+      <w:hyperlink r:id="rId1084690a7f023f6bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Reporting Service n.10 (2018/196): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found in 2018 in 4 Rice Fields in Lombardia Region (Province of Pavia). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId526568f001cf82782" w:history="1">
+      <w:hyperlink r:id="rId9393690a7f023f70d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9538,51 +9538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) Report of a pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843768f001cf8280e" w:history="1">
+      <w:hyperlink r:id="rId8264690a7f023f78f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGGC/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9617,51 +9617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Version of Record online: 06 January 2025), 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245268f001cf828b8" w:history="1">
+      <w:hyperlink r:id="rId2662690a7f023f80f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9707,51 +9707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280868f001cf82951" w:history="1">
+      <w:hyperlink r:id="rId8875690a7f023f8a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2022/1372/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025/1076, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId147968f001cf829e2" w:history="1">
+      <w:hyperlink r:id="rId5857690a7f023f92f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2025/1076/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9860,51 +9860,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">European Union Reference Laboratory for Plant Parasitic Nematodes (2024) EURL Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Morphological &amp; Molecular Methods (Version 1). Zenodo. 48 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305268f001cf82a73" w:history="1">
+      <w:hyperlink r:id="rId3020690a7f023f991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.14654535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9950,51 +9950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 467–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId863468f001cf82b08" w:history="1">
+      <w:hyperlink r:id="rId9708690a7f023fa22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-017-1196-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10031,51 +10031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Evolution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289768f001cf82b9b" w:history="1">
+      <w:hyperlink r:id="rId2976690a7f023faa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.9326</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10313,51 +10313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109–116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847568f001cf82d74" w:history="1">
+      <w:hyperlink r:id="rId8128690a7f023fc72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2018.07.018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10412,51 +10412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860368f001cf82e2b" w:history="1">
+      <w:hyperlink r:id="rId3063690a7f023fd11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870802450235</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10560,51 +10560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814068f001cf82f1d" w:history="1">
+      <w:hyperlink r:id="rId6374690a7f023fdfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10659,51 +10659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 635–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739268f001cf82ff9" w:history="1">
+      <w:hyperlink r:id="rId9826690a7f023fe98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1080/03235408.2011.588059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 22846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614768f001cf830ea" w:history="1">
+      <w:hyperlink r:id="rId4711690a7f023ff69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep22846</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10857,51 +10857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 887–900. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502368f001cf8317a" w:history="1">
+      <w:hyperlink r:id="rId2065690a7f023ffd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1469-8137.2012.04311.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1/2), 189–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711268f001cf83374" w:history="1">
+      <w:hyperlink r:id="rId6163690a7f0240067" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11035,51 +11035,51 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology Circular No. 172. Florida Department of Agriculture and Consumer Services, Division of Plant Industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630268f001cf83409" w:history="1">
+      <w:hyperlink r:id="rId5211690a7f02400f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10961/file/nem172.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -11213,51 +11213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543768f001cf8353e" w:history="1">
+      <w:hyperlink r:id="rId7141690a7f0240204" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12394</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 477–479. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914968f001cf8372f" w:history="1">
+      <w:hyperlink r:id="rId4585690a7f02403e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11616,51 +11616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 555–561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184768f001cf837dd" w:history="1">
+      <w:hyperlink r:id="rId8633690a7f024048d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582014000300011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11804,51 +11804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 971–977. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId156268f001cf8390e" w:history="1">
+      <w:hyperlink r:id="rId6021690a7f02405b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2006.09.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12108,51 +12108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-4), 81–89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314368f001cf83b5d" w:history="1">
+      <w:hyperlink r:id="rId4705690a7f02407bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/002925990X00059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12546,51 +12546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895768f001cf83e84" w:history="1">
+      <w:hyperlink r:id="rId2800690a7f0240a7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01448765.1984.9754415</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12812,51 +12812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1163, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785168f001cf84039" w:history="1">
+      <w:hyperlink r:id="rId6782690a7f0240c23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology10111163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12882,51 +12882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 298, 1–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288668f001cf840e6" w:history="1">
+      <w:hyperlink r:id="rId7039690a7f0240c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/min10040298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37, 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743868f001cf8417e" w:history="1">
+      <w:hyperlink r:id="rId6164690a7f0240d23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11010037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13443,51 +13443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 879–884. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712868f001cf844e9" w:history="1">
+      <w:hyperlink r:id="rId9594690a7f0241013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/156854103773040781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13709,51 +13709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 419–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535268f001cf8469c" w:history="1">
+      <w:hyperlink r:id="rId2166690a7f02411ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1995.tb00576.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13799,51 +13799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 330–339. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990368f001cf84756" w:history="1">
+      <w:hyperlink r:id="rId4691690a7f024124a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13987,51 +13987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 187–196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623668f001cf848b4" w:history="1">
+      <w:hyperlink r:id="rId8695690a7f024136e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0029-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14097,51 +14097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 795–807. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538268f001cf84990" w:history="1">
+      <w:hyperlink r:id="rId3436690a7f0241424" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-00002719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14285,51 +14285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943068f001cf84ad7" w:history="1">
+      <w:hyperlink r:id="rId5001690a7f0241555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14397,51 +14397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 242-249.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334768f001cf84b8a" w:history="1">
+      <w:hyperlink r:id="rId2871690a7f0241604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -14537,137 +14537,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16589750">
+  <w:abstractNum w:abstractNumId="85694470">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78529653">
+    <w:lvl w:ilvl="0" w:tplc="82060272">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78529653" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82060272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16589749">
+  <w:abstractNum w:abstractNumId="85694469">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21905746">
+    <w:lvl w:ilvl="0" w:tplc="17699807">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15419,55 +15419,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16589749">
-    <w:abstractNumId w:val="16589749"/>
+  <w:num w:numId="85694469">
+    <w:abstractNumId w:val="85694469"/>
   </w:num>
-  <w:num w:numId="16589750">
-    <w:abstractNumId w:val="16589750"/>
+  <w:num w:numId="85694470">
+    <w:abstractNumId w:val="85694470"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27017,51 +27017,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId369183562" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId686219909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId832168f001cf7e216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId133468f001cf7e286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId705068f001cf7e472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId957868f001cf81e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId568568f001cf81ef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId725768f001cf81fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId186768f001cf8207c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId163968f001cf8213e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId582468f001cf823f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId277368f001cf824a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId404468f001cf8256e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId140368f001cf825e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId393368f001cf82681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId149668f001cf82729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId526568f001cf82782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId843768f001cf8280e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId245268f001cf828b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId280868f001cf82951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId147968f001cf829e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId305268f001cf82a73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId863468f001cf82b08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId289768f001cf82b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId847568f001cf82d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId860368f001cf82e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId814068f001cf82f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId739268f001cf82ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId614768f001cf830ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId502368f001cf8317a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId711268f001cf83374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId630268f001cf83409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId543768f001cf8353e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId914968f001cf8372f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId184768f001cf837dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId156268f001cf8390e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId314368f001cf83b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId895768f001cf83e84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId785168f001cf84039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId288668f001cf840e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId743868f001cf8417e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId712868f001cf844e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId535268f001cf8469c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId990368f001cf84756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId623668f001cf848b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId538268f001cf84990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId943068f001cf84ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId334768f001cf84b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId819068f001cf7e367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId819068f001cf7e367.jpg"/><Relationship Id="rId505368f001cf7fb13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId505368f001cf7fb13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886074210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899657580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1382690a7f0236cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId1596690a7f0236d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId5649690a7f023752f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId9806690a7f023eec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId4125690a7f023efbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId1791690a7f023f09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId6447690a7f023f135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId1055690a7f023f1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId8141690a7f023f437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId9456690a7f023f4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId1297690a7f023f550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId1810690a7f023f5bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId8591690a7f023f64d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId1084690a7f023f6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId9393690a7f023f70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId8264690a7f023f78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId2662690a7f023f80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId8875690a7f023f8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId5857690a7f023f92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId3020690a7f023f991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId9708690a7f023fa22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId2976690a7f023faa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId8128690a7f023fc72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId3063690a7f023fd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId6374690a7f023fdfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId9826690a7f023fe98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId4711690a7f023ff69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId2065690a7f023ffd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId6163690a7f0240067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId5211690a7f02400f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId7141690a7f0240204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId4585690a7f02403e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId8633690a7f024048d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId6021690a7f02405b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId4705690a7f02407bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId2800690a7f0240a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId6782690a7f0240c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId7039690a7f0240c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId6164690a7f0240d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId9594690a7f0241013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId2166690a7f02411ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId4691690a7f024124a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId8695690a7f024136e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId3436690a7f0241424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId5001690a7f0241555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2871690a7f0241604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId6856690a7f023743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6856690a7f023743a.jpg"/><Relationship Id="rId2322690a7f023c370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2322690a7f023c370.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>