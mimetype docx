--- v1 (2025-11-04)
+++ v2 (2025-12-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rice root‐knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1382690a7f0236cc2" w:history="1">
+            <w:hyperlink r:id="rId128369409df78e5c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1596690a7f0236d2b" w:history="1">
+            <w:hyperlink r:id="rId660769409df78e629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGGC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14338227" name="name6015690a7f023743c" descr="4607.jpg"/>
+                  <wp:docPr id="93493601" name="name648569409df78e6d3" descr="4607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6856690a7f023743a" cstate="print"/>
+                          <a:blip r:embed="rId134169409df78e6d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5649690a7f023752f" w:history="1">
+            <w:hyperlink r:id="rId588269409df78e7c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3591,70 +3591,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vigna radiata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vigna unguiculata</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Zea mays</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3729,63 +3709,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first reported in 2016 in northern Italy in rice fields in Piedmont (provinces of Biella and Vercelli) (Fanelli et al., 2017), followed in 2018 by other outbreaks in Lombardy (province of Pavia) (EPPO, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23073504" name="name7190690a7f023c378" descr="MELGGC_distribution_map.jpg"/>
+            <wp:docPr id="67250793" name="name207269409df790695" descr="MELGGC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGGC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2322690a7f023c370" cstate="print"/>
+                    <a:blip r:embed="rId571669409df790693" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8288,51 +8268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18–34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9806690a7f023eec9" w:history="1">
+      <w:hyperlink r:id="rId575969409df792482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v13i0.8021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55–63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4125690a7f023efbe" w:history="1">
+      <w:hyperlink r:id="rId822669409df792518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.4038/josuk.v6i0.4221</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8479,51 +8459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1791690a7f023f09d" w:history="1">
+      <w:hyperlink r:id="rId430669409df7925ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v3i0.2736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 471–483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6447690a7f023f135" w:history="1">
+      <w:hyperlink r:id="rId180069409df792652" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.crvi.2015.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8659,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-4), 495–509. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1055690a7f023f1c7" w:history="1">
+      <w:hyperlink r:id="rId149369409df7926e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01492.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9021,51 +9001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8141690a7f023f437" w:history="1">
+      <w:hyperlink r:id="rId266069409df792936" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.33243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9100,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(29), 1–16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9456690a7f023f4c0" w:history="1">
+      <w:hyperlink r:id="rId847669409df7929b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-023-00644-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9190,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1297690a7f023f550" w:history="1">
+      <w:hyperlink r:id="rId367869409df792a44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.19263/REDIA-103.20.23</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9260,51 +9240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1810690a7f023f5bf" w:history="1">
+      <w:hyperlink r:id="rId816469409df792ab4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7303304</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9350,51 +9330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(31), 6016–6021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8591690a7f023f64d" w:history="1">
+      <w:hyperlink r:id="rId756669409df792b4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5897/AJMR12.707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9420,101 +9400,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1084690a7f023f6bb" w:history="1">
+      <w:hyperlink r:id="rId791469409df792bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Reporting Service n.10 (2018/196): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found in 2018 in 4 Rice Fields in Lombardia Region (Province of Pavia). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9393690a7f023f70d" w:history="1">
+      <w:hyperlink r:id="rId298869409df792c0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9538,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) Report of a pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8264690a7f023f78f" w:history="1">
+      <w:hyperlink r:id="rId965269409df792c77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGGC/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9617,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Version of Record online: 06 January 2025), 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2662690a7f023f80f" w:history="1">
+      <w:hyperlink r:id="rId912969409df792cf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9707,51 +9687,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8875690a7f023f8a2" w:history="1">
+      <w:hyperlink r:id="rId712969409df792d84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2022/1372/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9800,51 +9780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025/1076, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5857690a7f023f92f" w:history="1">
+      <w:hyperlink r:id="rId975869409df792e10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2025/1076/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9860,51 +9840,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">European Union Reference Laboratory for Plant Parasitic Nematodes (2024) EURL Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Morphological &amp; Molecular Methods (Version 1). Zenodo. 48 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3020690a7f023f991" w:history="1">
+      <w:hyperlink r:id="rId154669409df792e71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.14654535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9950,51 +9930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 467–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9708690a7f023fa22" w:history="1">
+      <w:hyperlink r:id="rId229769409df792eff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-017-1196-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10031,51 +10011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Evolution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2976690a7f023faa6" w:history="1">
+      <w:hyperlink r:id="rId441369409df792f81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.9326</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10313,51 +10293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109–116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8128690a7f023fc72" w:history="1">
+      <w:hyperlink r:id="rId644469409df793144" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2018.07.018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10412,51 +10392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3063690a7f023fd11" w:history="1">
+      <w:hyperlink r:id="rId461169409df7931e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870802450235</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10560,51 +10540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6374690a7f023fdfc" w:history="1">
+      <w:hyperlink r:id="rId256869409df7932d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10659,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 635–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9826690a7f023fe98" w:history="1">
+      <w:hyperlink r:id="rId369169409df793375" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1080/03235408.2011.588059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10787,51 +10767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 22846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4711690a7f023ff69" w:history="1">
+      <w:hyperlink r:id="rId533269409df793446" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep22846</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10857,51 +10837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 887–900. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2065690a7f023ffd9" w:history="1">
+      <w:hyperlink r:id="rId398969409df7934b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1469-8137.2012.04311.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10947,51 +10927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1/2), 189–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6163690a7f0240067" w:history="1">
+      <w:hyperlink r:id="rId212469409df793542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11035,51 +11015,51 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology Circular No. 172. Florida Department of Agriculture and Consumer Services, Division of Plant Industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5211690a7f02400f0" w:history="1">
+      <w:hyperlink r:id="rId920669409df7935cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10961/file/nem172.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -11213,51 +11193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7141690a7f0240204" w:history="1">
+      <w:hyperlink r:id="rId394869409df7936e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12394</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11517,51 +11497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 477–479. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4585690a7f02403e3" w:history="1">
+      <w:hyperlink r:id="rId579269409df7938e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11616,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 555–561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8633690a7f024048d" w:history="1">
+      <w:hyperlink r:id="rId323969409df793987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582014000300011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11804,51 +11784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 971–977. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6021690a7f02405b4" w:history="1">
+      <w:hyperlink r:id="rId327569409df793aad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2006.09.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12108,51 +12088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-4), 81–89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4705690a7f02407bf" w:history="1">
+      <w:hyperlink r:id="rId151269409df793c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/002925990X00059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12546,51 +12526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2800690a7f0240a7f" w:history="1">
+      <w:hyperlink r:id="rId204769409df793f4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01448765.1984.9754415</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12812,51 +12792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1163, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6782690a7f0240c23" w:history="1">
+      <w:hyperlink r:id="rId145369409df7940ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology10111163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12882,51 +12862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 298, 1–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7039690a7f0240c94" w:history="1">
+      <w:hyperlink r:id="rId797569409df79415c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/min10040298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37, 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6164690a7f0240d23" w:history="1">
+      <w:hyperlink r:id="rId159069409df79421e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11010037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13443,51 +13423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 879–884. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9594690a7f0241013" w:history="1">
+      <w:hyperlink r:id="rId828169409df794502" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/156854103773040781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13709,51 +13689,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 419–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2166690a7f02411ba" w:history="1">
+      <w:hyperlink r:id="rId989569409df7946a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1995.tb00576.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13799,51 +13779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 330–339. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4691690a7f024124a" w:history="1">
+      <w:hyperlink r:id="rId639669409df79473c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13987,51 +13967,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 187–196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8695690a7f024136e" w:history="1">
+      <w:hyperlink r:id="rId115169409df794862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0029-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14097,51 +14077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 795–807. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3436690a7f0241424" w:history="1">
+      <w:hyperlink r:id="rId178769409df79490e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-00002719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14285,51 +14265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5001690a7f0241555" w:history="1">
+      <w:hyperlink r:id="rId193769409df794a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14397,51 +14377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 242-249.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2871690a7f0241604" w:history="1">
+      <w:hyperlink r:id="rId721269409df794afe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -14537,137 +14517,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85694470">
+  <w:abstractNum w:abstractNumId="69764536">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82060272">
+    <w:lvl w:ilvl="0" w:tplc="25125274">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82060272" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25125274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85694469">
+  <w:abstractNum w:abstractNumId="69764535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17699807">
+    <w:lvl w:ilvl="0" w:tplc="20743044">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15419,55 +15399,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85694469">
-    <w:abstractNumId w:val="85694469"/>
+  <w:num w:numId="69764535">
+    <w:abstractNumId w:val="69764535"/>
   </w:num>
-  <w:num w:numId="85694470">
-    <w:abstractNumId w:val="85694470"/>
+  <w:num w:numId="69764536">
+    <w:abstractNumId w:val="69764536"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27017,51 +26997,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886074210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899657580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1382690a7f0236cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId1596690a7f0236d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId5649690a7f023752f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId9806690a7f023eec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId4125690a7f023efbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId1791690a7f023f09d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId6447690a7f023f135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId1055690a7f023f1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId8141690a7f023f437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId9456690a7f023f4c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId1297690a7f023f550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId1810690a7f023f5bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId8591690a7f023f64d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId1084690a7f023f6bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId9393690a7f023f70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId8264690a7f023f78f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId2662690a7f023f80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId8875690a7f023f8a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId5857690a7f023f92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId3020690a7f023f991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId9708690a7f023fa22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId2976690a7f023faa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId8128690a7f023fc72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId3063690a7f023fd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId6374690a7f023fdfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId9826690a7f023fe98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId4711690a7f023ff69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId2065690a7f023ffd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId6163690a7f0240067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId5211690a7f02400f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId7141690a7f0240204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId4585690a7f02403e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId8633690a7f024048d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId6021690a7f02405b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId4705690a7f02407bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId2800690a7f0240a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId6782690a7f0240c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId7039690a7f0240c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId6164690a7f0240d23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId9594690a7f0241013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId2166690a7f02411ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId4691690a7f024124a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId8695690a7f024136e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId3436690a7f0241424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId5001690a7f0241555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2871690a7f0241604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId6856690a7f023743a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6856690a7f023743a.jpg"/><Relationship Id="rId2322690a7f023c370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2322690a7f023c370.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764922116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934641228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId128369409df78e5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId660769409df78e629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId588269409df78e7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId575969409df792482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId822669409df792518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId430669409df7925ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId180069409df792652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId149369409df7926e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId266069409df792936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId847669409df7929b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId367869409df792a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId816469409df792ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId756669409df792b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId791469409df792bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId298869409df792c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId965269409df792c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId912969409df792cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId712969409df792d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId975869409df792e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId154669409df792e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId229769409df792eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId441369409df792f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId644469409df793144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId461169409df7931e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId256869409df7932d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId369169409df793375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId533269409df793446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId398969409df7934b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId212469409df793542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId920669409df7935cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId394869409df7936e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId579269409df7938e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId323969409df793987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId327569409df793aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId151269409df793c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId204769409df793f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId145369409df7940ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId797569409df79415c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId159069409df79421e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId828169409df794502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId989569409df7946a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId639669409df79473c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId115169409df794862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId178769409df79490e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId193769409df794a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId721269409df794afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId134169409df78e6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134169409df78e6d2.jpg"/><Relationship Id="rId571669409df790693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571669409df790693.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>