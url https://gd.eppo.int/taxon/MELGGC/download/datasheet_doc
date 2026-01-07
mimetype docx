--- v2 (2025-12-15)
+++ v3 (2026-01-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rice root‐knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128369409df78e5c0" w:history="1">
+            <w:hyperlink r:id="rId7616695debaead974" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId660769409df78e629" w:history="1">
+            <w:hyperlink r:id="rId6042695debaead9e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGGC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93493601" name="name648569409df78e6d3" descr="4607.jpg"/>
+                  <wp:docPr id="78357626" name="name8421695debaeae268" descr="4607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId134169409df78e6d2" cstate="print"/>
+                          <a:blip r:embed="rId2918695debaeae266" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId588269409df78e7c3" w:history="1">
+            <w:hyperlink r:id="rId9217695debaeae38f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3709,63 +3709,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first reported in 2016 in northern Italy in rice fields in Piedmont (provinces of Biella and Vercelli) (Fanelli et al., 2017), followed in 2018 by other outbreaks in Lombardy (province of Pavia) (EPPO, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67250793" name="name207269409df790695" descr="MELGGC_distribution_map.jpg"/>
+            <wp:docPr id="96774600" name="name2911695debaeb055b" descr="MELGGC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGGC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId571669409df790693" cstate="print"/>
+                    <a:blip r:embed="rId5048695debaeb0558" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8268,51 +8268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18–34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575969409df792482" w:history="1">
+      <w:hyperlink r:id="rId2719695debaeb2440" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v13i0.8021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8358,51 +8358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55–63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822669409df792518" w:history="1">
+      <w:hyperlink r:id="rId1696695debaeb24ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.4038/josuk.v6i0.4221</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8459,51 +8459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId430669409df7925ba" w:history="1">
+      <w:hyperlink r:id="rId5547695debaeb267a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v3i0.2736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8549,51 +8549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 471–483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180069409df792652" w:history="1">
+      <w:hyperlink r:id="rId8126695debaeb2713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.crvi.2015.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-4), 495–509. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149369409df7926e4" w:history="1">
+      <w:hyperlink r:id="rId4805695debaeb27a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01492.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9001,51 +9001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266069409df792936" w:history="1">
+      <w:hyperlink r:id="rId3144695debaeb2a00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.33243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(29), 1–16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847669409df7929b5" w:history="1">
+      <w:hyperlink r:id="rId3927695debaeb2a9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-023-00644-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367869409df792a44" w:history="1">
+      <w:hyperlink r:id="rId7072695debaeb2b44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.19263/REDIA-103.20.23</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9240,51 +9240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816469409df792ab4" w:history="1">
+      <w:hyperlink r:id="rId4742695debaeb2bd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7303304</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9330,51 +9330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(31), 6016–6021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756669409df792b4b" w:history="1">
+      <w:hyperlink r:id="rId7745695debaeb2c67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5897/AJMR12.707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9400,101 +9400,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791469409df792bba" w:history="1">
+      <w:hyperlink r:id="rId1335695debaeb2cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Reporting Service n.10 (2018/196): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found in 2018 in 4 Rice Fields in Lombardia Region (Province of Pavia). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298869409df792c0b" w:history="1">
+      <w:hyperlink r:id="rId4445695debaeb2d2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) Report of a pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965269409df792c77" w:history="1">
+      <w:hyperlink r:id="rId5548695debaeb2d9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGGC/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Version of Record online: 06 January 2025), 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912969409df792cf4" w:history="1">
+      <w:hyperlink r:id="rId8491695debaeb2e1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9687,51 +9687,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712969409df792d84" w:history="1">
+      <w:hyperlink r:id="rId9468695debaeb2ead" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2022/1372/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9780,51 +9780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025/1076, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975869409df792e10" w:history="1">
+      <w:hyperlink r:id="rId1753695debaeb2f3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2025/1076/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9840,51 +9840,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">European Union Reference Laboratory for Plant Parasitic Nematodes (2024) EURL Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Morphological &amp; Molecular Methods (Version 1). Zenodo. 48 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154669409df792e71" w:history="1">
+      <w:hyperlink r:id="rId5198695debaeb2f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.14654535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9930,51 +9930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 467–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229769409df792eff" w:history="1">
+      <w:hyperlink r:id="rId4293695debaeb302c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-017-1196-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10011,51 +10011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Evolution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441369409df792f81" w:history="1">
+      <w:hyperlink r:id="rId3590695debaeb30af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.9326</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10293,51 +10293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109–116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644469409df793144" w:history="1">
+      <w:hyperlink r:id="rId4840695debaeb3275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2018.07.018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10392,51 +10392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461169409df7931e8" w:history="1">
+      <w:hyperlink r:id="rId7031695debaeb330f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870802450235</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10540,51 +10540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256869409df7932d8" w:history="1">
+      <w:hyperlink r:id="rId5378695debaeb3414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 635–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId369169409df793375" w:history="1">
+      <w:hyperlink r:id="rId6123695debaeb34b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1080/03235408.2011.588059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10767,51 +10767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 22846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533269409df793446" w:history="1">
+      <w:hyperlink r:id="rId9107695debaeb3595" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep22846</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10837,51 +10837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 887–900. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398969409df7934b5" w:history="1">
+      <w:hyperlink r:id="rId3760695debaeb3609" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1469-8137.2012.04311.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10927,51 +10927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1/2), 189–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212469409df793542" w:history="1">
+      <w:hyperlink r:id="rId1150695debaeb3699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11015,51 +11015,51 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology Circular No. 172. Florida Department of Agriculture and Consumer Services, Division of Plant Industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920669409df7935cb" w:history="1">
+      <w:hyperlink r:id="rId3293695debaeb3723" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10961/file/nem172.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -11193,51 +11193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394869409df7936e0" w:history="1">
+      <w:hyperlink r:id="rId5571695debaeb383c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12394</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11497,51 +11497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 477–479. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579269409df7938e9" w:history="1">
+      <w:hyperlink r:id="rId5901695debaeb3a21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 555–561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323969409df793987" w:history="1">
+      <w:hyperlink r:id="rId2723695debaeb3abd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582014000300011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11784,51 +11784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 971–977. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327569409df793aad" w:history="1">
+      <w:hyperlink r:id="rId7118695debaeb3c12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2006.09.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12088,51 +12088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-4), 81–89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151269409df793c8c" w:history="1">
+      <w:hyperlink r:id="rId7584695debaeb3dfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/002925990X00059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12526,51 +12526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204769409df793f4e" w:history="1">
+      <w:hyperlink r:id="rId5638695debaeb40c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01448765.1984.9754415</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12792,51 +12792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1163, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145369409df7940ed" w:history="1">
+      <w:hyperlink r:id="rId8691695debaeb426c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology10111163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12862,51 +12862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 298, 1–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797569409df79415c" w:history="1">
+      <w:hyperlink r:id="rId8495695debaeb42dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/min10040298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12952,51 +12952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37, 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159069409df79421e" w:history="1">
+      <w:hyperlink r:id="rId6525695debaeb4374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11010037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13423,51 +13423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 879–884. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828169409df794502" w:history="1">
+      <w:hyperlink r:id="rId7254695debaeb466a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/156854103773040781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13689,51 +13689,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 419–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989569409df7946a1" w:history="1">
+      <w:hyperlink r:id="rId4693695debaeb4810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1995.tb00576.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13779,51 +13779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 330–339. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639669409df79473c" w:history="1">
+      <w:hyperlink r:id="rId8064695debaeb48a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13967,51 +13967,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 187–196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115169409df794862" w:history="1">
+      <w:hyperlink r:id="rId3280695debaeb49cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0029-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14077,51 +14077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 795–807. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178769409df79490e" w:history="1">
+      <w:hyperlink r:id="rId5477695debaeb4a89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-00002719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14243,73 +14243,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193769409df794a4f" w:history="1">
+      <w:hyperlink r:id="rId9839695debaeb4bcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14377,51 +14377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 242-249.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721269409df794afe" w:history="1">
+      <w:hyperlink r:id="rId1795695debaeb4c81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -14517,137 +14517,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69764536">
+  <w:abstractNum w:abstractNumId="61629548">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25125274">
+    <w:lvl w:ilvl="0" w:tplc="33727363">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25125274" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33727363" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69764535">
+  <w:abstractNum w:abstractNumId="61629547">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20743044">
+    <w:lvl w:ilvl="0" w:tplc="42254524">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15399,55 +15399,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69764535">
-    <w:abstractNumId w:val="69764535"/>
+  <w:num w:numId="61629547">
+    <w:abstractNumId w:val="61629547"/>
   </w:num>
-  <w:num w:numId="69764536">
-    <w:abstractNumId w:val="69764536"/>
+  <w:num w:numId="61629548">
+    <w:abstractNumId w:val="61629548"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26997,51 +26997,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764922116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934641228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId128369409df78e5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId660769409df78e629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId588269409df78e7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId575969409df792482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId822669409df792518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId430669409df7925ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId180069409df792652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId149369409df7926e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId266069409df792936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId847669409df7929b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId367869409df792a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId816469409df792ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId756669409df792b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId791469409df792bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId298869409df792c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId965269409df792c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId912969409df792cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId712969409df792d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId975869409df792e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId154669409df792e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId229769409df792eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId441369409df792f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId644469409df793144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId461169409df7931e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId256869409df7932d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId369169409df793375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId533269409df793446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId398969409df7934b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId212469409df793542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId920669409df7935cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId394869409df7936e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId579269409df7938e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId323969409df793987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId327569409df793aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId151269409df793c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId204769409df793f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId145369409df7940ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId797569409df79415c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId159069409df79421e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId828169409df794502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId989569409df7946a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId639669409df79473c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId115169409df794862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId178769409df79490e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId193769409df794a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId721269409df794afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId134169409df78e6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134169409df78e6d2.jpg"/><Relationship Id="rId571669409df790693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571669409df790693.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId964846001" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId676152337" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7616695debaead974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId6042695debaead9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId9217695debaeae38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId2719695debaeb2440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId1696695debaeb24ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId5547695debaeb267a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId8126695debaeb2713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId4805695debaeb27a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId3144695debaeb2a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId3927695debaeb2a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId7072695debaeb2b44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId4742695debaeb2bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId7745695debaeb2c67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId1335695debaeb2cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId4445695debaeb2d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId5548695debaeb2d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId8491695debaeb2e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId9468695debaeb2ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId1753695debaeb2f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId5198695debaeb2f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId4293695debaeb302c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId3590695debaeb30af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId4840695debaeb3275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId7031695debaeb330f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId5378695debaeb3414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId6123695debaeb34b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId9107695debaeb3595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId3760695debaeb3609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId1150695debaeb3699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId3293695debaeb3723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId5571695debaeb383c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId5901695debaeb3a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId2723695debaeb3abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId7118695debaeb3c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId7584695debaeb3dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId5638695debaeb40c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId8691695debaeb426c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId8495695debaeb42dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId6525695debaeb4374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId7254695debaeb466a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId4693695debaeb4810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId8064695debaeb48a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId3280695debaeb49cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId5477695debaeb4a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId9839695debaeb4bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1795695debaeb4c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId2918695debaeae266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2918695debaeae266.jpg"/><Relationship Id="rId5048695debaeb0558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5048695debaeb0558.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>