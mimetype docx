--- v3 (2026-01-07)
+++ v4 (2026-01-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rice root‐knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7616695debaead974" w:history="1">
+            <w:hyperlink r:id="rId78136978cfeaf3eb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6042695debaead9e0" w:history="1">
+            <w:hyperlink r:id="rId17326978cfeaf3f22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGGC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78357626" name="name8421695debaeae268" descr="4607.jpg"/>
+                  <wp:docPr id="90438355" name="name77046978cfeb00436" descr="4607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2918695debaeae266" cstate="print"/>
+                          <a:blip r:embed="rId37906978cfeb00434" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9217695debaeae38f" w:history="1">
+            <w:hyperlink r:id="rId84036978cfeb0057e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3709,63 +3709,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first reported in 2016 in northern Italy in rice fields in Piedmont (provinces of Biella and Vercelli) (Fanelli et al., 2017), followed in 2018 by other outbreaks in Lombardy (province of Pavia) (EPPO, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96774600" name="name2911695debaeb055b" descr="MELGGC_distribution_map.jpg"/>
+            <wp:docPr id="70881123" name="name85046978cfeb0281e" descr="MELGGC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGGC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5048695debaeb0558" cstate="print"/>
+                    <a:blip r:embed="rId23886978cfeb0281a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8268,51 +8268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18–34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2719695debaeb2440" w:history="1">
+      <w:hyperlink r:id="rId67436978cfeb048f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v13i0.8021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8358,51 +8358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55–63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1696695debaeb24ed" w:history="1">
+      <w:hyperlink r:id="rId85066978cfeb04989" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.4038/josuk.v6i0.4221</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8459,51 +8459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5547695debaeb267a" w:history="1">
+      <w:hyperlink r:id="rId20676978cfeb04a2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v3i0.2736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8549,51 +8549,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 471–483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8126695debaeb2713" w:history="1">
+      <w:hyperlink r:id="rId17916978cfeb04abf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.crvi.2015.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-4), 495–509. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4805695debaeb27a4" w:history="1">
+      <w:hyperlink r:id="rId68216978cfeb04b4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01492.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9001,51 +9001,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3144695debaeb2a00" w:history="1">
+      <w:hyperlink r:id="rId90946978cfeb04da8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.33243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9080,51 +9080,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(29), 1–16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3927695debaeb2a9d" w:history="1">
+      <w:hyperlink r:id="rId77616978cfeb04e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-023-00644-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7072695debaeb2b44" w:history="1">
+      <w:hyperlink r:id="rId23806978cfeb04ecf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.19263/REDIA-103.20.23</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9240,51 +9240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4742695debaeb2bd0" w:history="1">
+      <w:hyperlink r:id="rId53736978cfeb04f48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7303304</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9330,51 +9330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(31), 6016–6021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7745695debaeb2c67" w:history="1">
+      <w:hyperlink r:id="rId29336978cfeb04fda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5897/AJMR12.707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9400,101 +9400,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1335695debaeb2cd8" w:history="1">
+      <w:hyperlink r:id="rId62126978cfeb0504c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Reporting Service n.10 (2018/196): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found in 2018 in 4 Rice Fields in Lombardia Region (Province of Pavia). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4445695debaeb2d2a" w:history="1">
+      <w:hyperlink r:id="rId88096978cfeb0509f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9518,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) Report of a pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5548695debaeb2d9b" w:history="1">
+      <w:hyperlink r:id="rId27056978cfeb0510f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGGC/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Version of Record online: 06 January 2025), 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8491695debaeb2e1a" w:history="1">
+      <w:hyperlink r:id="rId28476978cfeb0518e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9687,51 +9687,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9468695debaeb2ead" w:history="1">
+      <w:hyperlink r:id="rId39626978cfeb05223" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2022/1372/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9780,51 +9780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025/1076, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1753695debaeb2f3a" w:history="1">
+      <w:hyperlink r:id="rId79266978cfeb052b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2025/1076/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9840,51 +9840,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">European Union Reference Laboratory for Plant Parasitic Nematodes (2024) EURL Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Morphological &amp; Molecular Methods (Version 1). Zenodo. 48 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5198695debaeb2f9c" w:history="1">
+      <w:hyperlink r:id="rId32296978cfeb05315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.14654535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9930,51 +9930,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 467–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4293695debaeb302c" w:history="1">
+      <w:hyperlink r:id="rId46036978cfeb053a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-017-1196-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10011,51 +10011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Evolution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3590695debaeb30af" w:history="1">
+      <w:hyperlink r:id="rId16856978cfeb0542c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.9326</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10293,51 +10293,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109–116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4840695debaeb3275" w:history="1">
+      <w:hyperlink r:id="rId72866978cfeb055f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2018.07.018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10392,51 +10392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7031695debaeb330f" w:history="1">
+      <w:hyperlink r:id="rId19636978cfeb05695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870802450235</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10540,51 +10540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5378695debaeb3414" w:history="1">
+      <w:hyperlink r:id="rId98946978cfeb05784" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10639,51 +10639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 635–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6123695debaeb34b7" w:history="1">
+      <w:hyperlink r:id="rId29636978cfeb05830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1080/03235408.2011.588059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10767,51 +10767,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 22846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9107695debaeb3595" w:history="1">
+      <w:hyperlink r:id="rId49466978cfeb05908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep22846</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10837,51 +10837,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 887–900. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3760695debaeb3609" w:history="1">
+      <w:hyperlink r:id="rId21406978cfeb0597b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1469-8137.2012.04311.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10927,51 +10927,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1/2), 189–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1150695debaeb3699" w:history="1">
+      <w:hyperlink r:id="rId50176978cfeb05a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11015,51 +11015,51 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology Circular No. 172. Florida Department of Agriculture and Consumer Services, Division of Plant Industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3293695debaeb3723" w:history="1">
+      <w:hyperlink r:id="rId72336978cfeb05a96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10961/file/nem172.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -11193,51 +11193,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5571695debaeb383c" w:history="1">
+      <w:hyperlink r:id="rId71906978cfeb05bad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12394</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11497,51 +11497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 477–479. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5901695debaeb3a21" w:history="1">
+      <w:hyperlink r:id="rId84236978cfeb05dbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11596,51 +11596,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 555–561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2723695debaeb3abd" w:history="1">
+      <w:hyperlink r:id="rId52046978cfeb05e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582014000300011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11784,51 +11784,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 971–977. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7118695debaeb3c12" w:history="1">
+      <w:hyperlink r:id="rId39036978cfeb05f8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2006.09.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12088,51 +12088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-4), 81–89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7584695debaeb3dfb" w:history="1">
+      <w:hyperlink r:id="rId99826978cfeb0617e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/002925990X00059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12526,51 +12526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5638695debaeb40c8" w:history="1">
+      <w:hyperlink r:id="rId87296978cfeb06452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01448765.1984.9754415</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12792,51 +12792,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1163, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8691695debaeb426c" w:history="1">
+      <w:hyperlink r:id="rId62326978cfeb065f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology10111163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12862,51 +12862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 298, 1–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8495695debaeb42dd" w:history="1">
+      <w:hyperlink r:id="rId90576978cfeb0666b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/min10040298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12952,51 +12952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37, 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6525695debaeb4374" w:history="1">
+      <w:hyperlink r:id="rId60896978cfeb066fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11010037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13423,51 +13423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 879–884. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7254695debaeb466a" w:history="1">
+      <w:hyperlink r:id="rId70346978cfeb069e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/156854103773040781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13689,51 +13689,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 419–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4693695debaeb4810" w:history="1">
+      <w:hyperlink r:id="rId59626978cfeb06b8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1995.tb00576.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13779,51 +13779,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 330–339. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8064695debaeb48a0" w:history="1">
+      <w:hyperlink r:id="rId76616978cfeb06c1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13967,51 +13967,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 187–196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3280695debaeb49cb" w:history="1">
+      <w:hyperlink r:id="rId90736978cfeb06d56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0029-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14077,51 +14077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 795–807. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5477695debaeb4a89" w:history="1">
+      <w:hyperlink r:id="rId89316978cfeb06e07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-00002719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14265,51 +14265,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9839695debaeb4bcf" w:history="1">
+      <w:hyperlink r:id="rId76656978cfeb06f48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14377,51 +14377,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 242-249.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1795695debaeb4c81" w:history="1">
+      <w:hyperlink r:id="rId21176978cfeb06ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -14517,137 +14517,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61629548">
+  <w:abstractNum w:abstractNumId="26592626">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33727363">
+    <w:lvl w:ilvl="0" w:tplc="49785880">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33727363" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49785880" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61629547">
+  <w:abstractNum w:abstractNumId="26592625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42254524">
+    <w:lvl w:ilvl="0" w:tplc="43685417">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15399,55 +15399,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61629547">
-    <w:abstractNumId w:val="61629547"/>
+  <w:num w:numId="26592625">
+    <w:abstractNumId w:val="26592625"/>
   </w:num>
-  <w:num w:numId="61629548">
-    <w:abstractNumId w:val="61629548"/>
+  <w:num w:numId="26592626">
+    <w:abstractNumId w:val="26592626"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26997,51 +26997,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId964846001" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId676152337" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7616695debaead974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId6042695debaead9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId9217695debaeae38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId2719695debaeb2440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId1696695debaeb24ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId5547695debaeb267a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId8126695debaeb2713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId4805695debaeb27a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId3144695debaeb2a00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId3927695debaeb2a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId7072695debaeb2b44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId4742695debaeb2bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId7745695debaeb2c67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId1335695debaeb2cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId4445695debaeb2d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId5548695debaeb2d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId8491695debaeb2e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId9468695debaeb2ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId1753695debaeb2f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId5198695debaeb2f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId4293695debaeb302c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId3590695debaeb30af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId4840695debaeb3275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId7031695debaeb330f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId5378695debaeb3414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId6123695debaeb34b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId9107695debaeb3595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId3760695debaeb3609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId1150695debaeb3699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId3293695debaeb3723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId5571695debaeb383c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId5901695debaeb3a21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId2723695debaeb3abd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId7118695debaeb3c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId7584695debaeb3dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId5638695debaeb40c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId8691695debaeb426c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId8495695debaeb42dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId6525695debaeb4374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId7254695debaeb466a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId4693695debaeb4810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId8064695debaeb48a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId3280695debaeb49cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId5477695debaeb4a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId9839695debaeb4bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1795695debaeb4c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId2918695debaeae266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2918695debaeae266.jpg"/><Relationship Id="rId5048695debaeb0558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5048695debaeb0558.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916733013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214936504" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78136978cfeaf3eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId17326978cfeaf3f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId84036978cfeb0057e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId67436978cfeb048f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId85066978cfeb04989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId20676978cfeb04a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId17916978cfeb04abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId68216978cfeb04b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId90946978cfeb04da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId77616978cfeb04e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId23806978cfeb04ecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId53736978cfeb04f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId29336978cfeb04fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId62126978cfeb0504c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId88096978cfeb0509f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId27056978cfeb0510f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId28476978cfeb0518e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId39626978cfeb05223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId79266978cfeb052b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId32296978cfeb05315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId46036978cfeb053a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId16856978cfeb0542c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId72866978cfeb055f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId19636978cfeb05695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId98946978cfeb05784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId29636978cfeb05830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId49466978cfeb05908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId21406978cfeb0597b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId50176978cfeb05a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId72336978cfeb05a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId71906978cfeb05bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId84236978cfeb05dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId52046978cfeb05e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId39036978cfeb05f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId99826978cfeb0617e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId87296978cfeb06452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId62326978cfeb065f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId90576978cfeb0666b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId60896978cfeb066fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId70346978cfeb069e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId59626978cfeb06b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId76616978cfeb06c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId90736978cfeb06d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId89316978cfeb06e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId76656978cfeb06f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21176978cfeb06ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId37906978cfeb00434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37906978cfeb00434.jpg"/><Relationship Id="rId23886978cfeb0281a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23886978cfeb0281a.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>