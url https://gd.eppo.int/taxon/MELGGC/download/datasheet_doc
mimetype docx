--- v4 (2026-01-27)
+++ v5 (2026-02-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rice root‐knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78136978cfeaf3eb9" w:history="1">
+            <w:hyperlink r:id="rId74696993ae19466d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17326978cfeaf3f22" w:history="1">
+            <w:hyperlink r:id="rId88546993ae1946744" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGGC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90438355" name="name77046978cfeb00436" descr="4607.jpg"/>
+                  <wp:docPr id="2242306" name="name56356993ae1946d36" descr="4607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37906978cfeb00434" cstate="print"/>
+                          <a:blip r:embed="rId79556993ae1946d34" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84036978cfeb0057e" w:history="1">
+            <w:hyperlink r:id="rId15036993ae1946e78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -2071,50 +2071,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gamochaeta purpurea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Glinus oppositifolius</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Glycine max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grangea ceruanoides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3709,63 +3729,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first reported in 2016 in northern Italy in rice fields in Piedmont (provinces of Biella and Vercelli) (Fanelli et al., 2017), followed in 2018 by other outbreaks in Lombardy (province of Pavia) (EPPO, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70881123" name="name85046978cfeb0281e" descr="MELGGC_distribution_map.jpg"/>
+            <wp:docPr id="23576062" name="name94366993ae1948edc" descr="MELGGC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGGC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23886978cfeb0281a" cstate="print"/>
+                    <a:blip r:embed="rId95366993ae1948ed8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8268,51 +8288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18–34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67436978cfeb048f0" w:history="1">
+      <w:hyperlink r:id="rId85926993ae194aec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v13i0.8021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8358,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55–63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85066978cfeb04989" w:history="1">
+      <w:hyperlink r:id="rId49826993ae194af64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.4038/josuk.v6i0.4221</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8459,51 +8479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20676978cfeb04a2c" w:history="1">
+      <w:hyperlink r:id="rId14166993ae194b00a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v3i0.2736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8549,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 471–483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17916978cfeb04abf" w:history="1">
+      <w:hyperlink r:id="rId19746993ae194b09c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.crvi.2015.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,51 +8659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-4), 495–509. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68216978cfeb04b4f" w:history="1">
+      <w:hyperlink r:id="rId35116993ae194b137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01492.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9001,51 +9021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90946978cfeb04da8" w:history="1">
+      <w:hyperlink r:id="rId17156993ae194b3a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.33243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9080,51 +9100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(29), 1–16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77616978cfeb04e3b" w:history="1">
+      <w:hyperlink r:id="rId68656993ae194b426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-023-00644-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9170,51 +9190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23806978cfeb04ecf" w:history="1">
+      <w:hyperlink r:id="rId36606993ae194b4b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.19263/REDIA-103.20.23</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9240,51 +9260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53736978cfeb04f48" w:history="1">
+      <w:hyperlink r:id="rId90696993ae194b52a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7303304</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9330,51 +9350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(31), 6016–6021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29336978cfeb04fda" w:history="1">
+      <w:hyperlink r:id="rId86446993ae194b5bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5897/AJMR12.707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9400,101 +9420,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62126978cfeb0504c" w:history="1">
+      <w:hyperlink r:id="rId85886993ae194b62d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Reporting Service n.10 (2018/196): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found in 2018 in 4 Rice Fields in Lombardia Region (Province of Pavia). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88096978cfeb0509f" w:history="1">
+      <w:hyperlink r:id="rId92136993ae194b67f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9518,51 +9538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) Report of a pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27056978cfeb0510f" w:history="1">
+      <w:hyperlink r:id="rId63706993ae194b6f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGGC/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9597,51 +9617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Version of Record online: 06 January 2025), 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28476978cfeb0518e" w:history="1">
+      <w:hyperlink r:id="rId76756993ae194b788" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9687,51 +9707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39626978cfeb05223" w:history="1">
+      <w:hyperlink r:id="rId62336993ae194b822" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2022/1372/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9780,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025/1076, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79266978cfeb052b0" w:history="1">
+      <w:hyperlink r:id="rId87146993ae194b8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2025/1076/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9840,51 +9860,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">European Union Reference Laboratory for Plant Parasitic Nematodes (2024) EURL Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Morphological &amp; Molecular Methods (Version 1). Zenodo. 48 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32296978cfeb05315" w:history="1">
+      <w:hyperlink r:id="rId51376993ae194b914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.14654535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9930,51 +9950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 467–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46036978cfeb053a6" w:history="1">
+      <w:hyperlink r:id="rId94006993ae194b9a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-017-1196-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10011,51 +10031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Evolution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16856978cfeb0542c" w:history="1">
+      <w:hyperlink r:id="rId47096993ae194ba2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.9326</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10293,51 +10313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109–116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72866978cfeb055f7" w:history="1">
+      <w:hyperlink r:id="rId17176993ae194bbf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2018.07.018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10392,51 +10412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19636978cfeb05695" w:history="1">
+      <w:hyperlink r:id="rId21256993ae194bc98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870802450235</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10540,51 +10560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98946978cfeb05784" w:history="1">
+      <w:hyperlink r:id="rId45246993ae194bd8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10639,51 +10659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 635–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29636978cfeb05830" w:history="1">
+      <w:hyperlink r:id="rId10136993ae194be29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1080/03235408.2011.588059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10767,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 22846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49466978cfeb05908" w:history="1">
+      <w:hyperlink r:id="rId67216993ae194befe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep22846</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10837,51 +10857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 887–900. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21406978cfeb0597b" w:history="1">
+      <w:hyperlink r:id="rId99806993ae194bf6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1469-8137.2012.04311.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10927,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1/2), 189–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50176978cfeb05a0b" w:history="1">
+      <w:hyperlink r:id="rId78186993ae194bfff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11015,51 +11035,51 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology Circular No. 172. Florida Department of Agriculture and Consumer Services, Division of Plant Industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72336978cfeb05a96" w:history="1">
+      <w:hyperlink r:id="rId24536993ae194c08a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10961/file/nem172.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -11193,51 +11213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71906978cfeb05bad" w:history="1">
+      <w:hyperlink r:id="rId35356993ae194c1a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12394</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11497,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 477–479. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84236978cfeb05dbb" w:history="1">
+      <w:hyperlink r:id="rId84886993ae194c3be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11596,51 +11616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 555–561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52046978cfeb05e5e" w:history="1">
+      <w:hyperlink r:id="rId68026993ae194c462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582014000300011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11784,51 +11804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 971–977. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39036978cfeb05f8e" w:history="1">
+      <w:hyperlink r:id="rId85316993ae194c592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2006.09.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12088,51 +12108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-4), 81–89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99826978cfeb0617e" w:history="1">
+      <w:hyperlink r:id="rId11066993ae194c78d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/002925990X00059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12526,51 +12546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87296978cfeb06452" w:history="1">
+      <w:hyperlink r:id="rId52546993ae194ca72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01448765.1984.9754415</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12792,51 +12812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1163, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62326978cfeb065f9" w:history="1">
+      <w:hyperlink r:id="rId59366993ae194cc1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology10111163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12862,51 +12882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 298, 1–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90576978cfeb0666b" w:history="1">
+      <w:hyperlink r:id="rId91646993ae194cc8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/min10040298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12952,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37, 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60896978cfeb066fd" w:history="1">
+      <w:hyperlink r:id="rId52606993ae194cd1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11010037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13423,51 +13443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 879–884. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70346978cfeb069e8" w:history="1">
+      <w:hyperlink r:id="rId63396993ae194d00f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/156854103773040781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13689,51 +13709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 419–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59626978cfeb06b8a" w:history="1">
+      <w:hyperlink r:id="rId39706993ae194d1b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1995.tb00576.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13779,51 +13799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 330–339. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76616978cfeb06c1a" w:history="1">
+      <w:hyperlink r:id="rId29506993ae194d252" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13967,51 +13987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 187–196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90736978cfeb06d56" w:history="1">
+      <w:hyperlink r:id="rId41546993ae194d382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0029-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14077,51 +14097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 795–807. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89316978cfeb06e07" w:history="1">
+      <w:hyperlink r:id="rId97426993ae194d43e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-00002719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14265,51 +14285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76656978cfeb06f48" w:history="1">
+      <w:hyperlink r:id="rId55666993ae194d57d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14377,51 +14397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 242-249.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21176978cfeb06ffb" w:history="1">
+      <w:hyperlink r:id="rId46176993ae194d630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -14517,137 +14537,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26592626">
+  <w:abstractNum w:abstractNumId="21739120">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49785880">
+    <w:lvl w:ilvl="0" w:tplc="75186951">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49785880" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75186951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26592625">
+  <w:abstractNum w:abstractNumId="21739119">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43685417">
+    <w:lvl w:ilvl="0" w:tplc="20126323">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15399,55 +15419,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26592625">
-    <w:abstractNumId w:val="26592625"/>
+  <w:num w:numId="21739119">
+    <w:abstractNumId w:val="21739119"/>
   </w:num>
-  <w:num w:numId="26592626">
-    <w:abstractNumId w:val="26592626"/>
+  <w:num w:numId="21739120">
+    <w:abstractNumId w:val="21739120"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26997,51 +27017,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916733013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214936504" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78136978cfeaf3eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId17326978cfeaf3f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId84036978cfeb0057e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId67436978cfeb048f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId85066978cfeb04989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId20676978cfeb04a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId17916978cfeb04abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId68216978cfeb04b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId90946978cfeb04da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId77616978cfeb04e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId23806978cfeb04ecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId53736978cfeb04f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId29336978cfeb04fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId62126978cfeb0504c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId88096978cfeb0509f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId27056978cfeb0510f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId28476978cfeb0518e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId39626978cfeb05223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId79266978cfeb052b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId32296978cfeb05315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId46036978cfeb053a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId16856978cfeb0542c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId72866978cfeb055f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId19636978cfeb05695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId98946978cfeb05784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId29636978cfeb05830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId49466978cfeb05908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId21406978cfeb0597b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId50176978cfeb05a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId72336978cfeb05a96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId71906978cfeb05bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId84236978cfeb05dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId52046978cfeb05e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId39036978cfeb05f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId99826978cfeb0617e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId87296978cfeb06452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId62326978cfeb065f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId90576978cfeb0666b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId60896978cfeb066fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId70346978cfeb069e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId59626978cfeb06b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId76616978cfeb06c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId90736978cfeb06d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId89316978cfeb06e07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId76656978cfeb06f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21176978cfeb06ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId37906978cfeb00434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37906978cfeb00434.jpg"/><Relationship Id="rId23886978cfeb0281a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23886978cfeb0281a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414659355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542017711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74696993ae19466d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId88546993ae1946744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId15036993ae1946e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId85926993ae194aec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId49826993ae194af64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId14166993ae194b00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId19746993ae194b09c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId35116993ae194b137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId17156993ae194b3a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId68656993ae194b426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId36606993ae194b4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId90696993ae194b52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId86446993ae194b5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId85886993ae194b62d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId92136993ae194b67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId63706993ae194b6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId76756993ae194b788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId62336993ae194b822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId87146993ae194b8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId51376993ae194b914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId94006993ae194b9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId47096993ae194ba2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId17176993ae194bbf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId21256993ae194bc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId45246993ae194bd8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId10136993ae194be29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId67216993ae194befe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId99806993ae194bf6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId78186993ae194bfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId24536993ae194c08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId35356993ae194c1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId84886993ae194c3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId68026993ae194c462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId85316993ae194c592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId11066993ae194c78d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId52546993ae194ca72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId59366993ae194cc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId91646993ae194cc8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId52606993ae194cd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId63396993ae194d00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId39706993ae194d1b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId29506993ae194d252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId41546993ae194d382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId97426993ae194d43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId55666993ae194d57d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46176993ae194d630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId79556993ae1946d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79556993ae1946d34.jpg"/><Relationship Id="rId95366993ae1948ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95366993ae1948ed8.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>