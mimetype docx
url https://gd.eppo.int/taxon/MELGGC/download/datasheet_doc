--- v5 (2026-02-16)
+++ v6 (2026-03-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rice root‐knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74696993ae19466d7" w:history="1">
+            <w:hyperlink r:id="rId526869b04895e1c2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88546993ae1946744" w:history="1">
+            <w:hyperlink r:id="rId945569b04895e1c98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGGC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2242306" name="name56356993ae1946d36" descr="4607.jpg"/>
+                  <wp:docPr id="17789110" name="name772069b04895e2113" descr="4607.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4607.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId79556993ae1946d34" cstate="print"/>
+                          <a:blip r:embed="rId221069b04895e2112" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId15036993ae1946e78" w:history="1">
+            <w:hyperlink r:id="rId290469b04895e2264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3729,63 +3729,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was first reported in 2016 in northern Italy in rice fields in Piedmont (provinces of Biella and Vercelli) (Fanelli et al., 2017), followed in 2018 by other outbreaks in Lombardy (province of Pavia) (EPPO, 2018). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23576062" name="name94366993ae1948edc" descr="MELGGC_distribution_map.jpg"/>
+            <wp:docPr id="58562797" name="name411769b04895e4140" descr="MELGGC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGGC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95366993ae1948ed8" cstate="print"/>
+                    <a:blip r:embed="rId320469b04895e413c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8288,51 +8288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18–34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85926993ae194aec9" w:history="1">
+      <w:hyperlink r:id="rId409269b04895e60f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v13i0.8021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8378,51 +8378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55–63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49826993ae194af64" w:history="1">
+      <w:hyperlink r:id="rId860369b04895e6190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.4038/josuk.v6i0.4221</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8479,51 +8479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29–46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14166993ae194b00a" w:history="1">
+      <w:hyperlink r:id="rId258169b04895e6241" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4038/josuk.v3i0.2736</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8569,51 +8569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">338</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 471–483. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19746993ae194b09c" w:history="1">
+      <w:hyperlink r:id="rId387169b04895e62d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.crvi.2015.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8659,51 +8659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-4), 495–509. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35116993ae194b137" w:history="1">
+      <w:hyperlink r:id="rId501169b04895e6369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1996.tb01492.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9021,51 +9021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI International, Wallingford, UK. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17156993ae194b3a5" w:history="1">
+      <w:hyperlink r:id="rId164969b04895e65ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.33243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed on 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9100,51 +9100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(29), 1–16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68656993ae194b426" w:history="1">
+      <w:hyperlink r:id="rId392269b04895e663b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12284-023-00644-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9190,51 +9190,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 147–151. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36606993ae194b4b8" w:history="1">
+      <w:hyperlink r:id="rId674469b04895e66cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.19263/REDIA-103.20.23</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9260,51 +9260,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90696993ae194b52a" w:history="1">
+      <w:hyperlink r:id="rId687069b04895e6838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.7303304</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9350,51 +9350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(31), 6016–6021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86446993ae194b5bd" w:history="1">
+      <w:hyperlink r:id="rId514369b04895e68e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5897/AJMR12.707</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9420,101 +9420,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471–495. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85886993ae194b62d" w:history="1">
+      <w:hyperlink r:id="rId477869b04895e6956" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12077</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Reporting Service n.10 (2018/196): </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> found in 2018 in 4 Rice Fields in Lombardia Region (Province of Pavia). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92136993ae194b67f" w:history="1">
+      <w:hyperlink r:id="rId214269b04895e69ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-6390</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9538,51 +9538,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023) Report of a pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63706993ae194b6f2" w:history="1">
+      <w:hyperlink r:id="rId663369b04895e6a2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MELGGC/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9617,51 +9617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin OEPP/EPPO Bulletin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Version of Record online: 06 January 2025), 1–24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76756993ae194b788" w:history="1">
+      <w:hyperlink r:id="rId739269b04895e6aaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13054</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9707,51 +9707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/16. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62336993ae194b822" w:history="1">
+      <w:hyperlink r:id="rId612669b04895e6b5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2022/1372/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9800,51 +9800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025/1076, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87146993ae194b8af" w:history="1">
+      <w:hyperlink r:id="rId309769b04895e6bed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2025/1076/oj</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9860,51 +9860,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">European Union Reference Laboratory for Plant Parasitic Nematodes (2024) EURL Diagnostic Protocol for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Morphological &amp; Molecular Methods (Version 1). Zenodo. 48 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51376993ae194b914" w:history="1">
+      <w:hyperlink r:id="rId236469b04895e6c70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.14654535</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9950,51 +9950,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">149</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 467–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94006993ae194b9a4" w:history="1">
+      <w:hyperlink r:id="rId463069b04895e6d0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-017-1196-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10031,51 +10031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Evolution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47096993ae194ba2a" w:history="1">
+      <w:hyperlink r:id="rId741269b04895e6d96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ece3.9326</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10313,51 +10313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 109–116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17176993ae194bbf3" w:history="1">
+      <w:hyperlink r:id="rId777469b04895e6fc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2018.07.018</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10412,51 +10412,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31–36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21256993ae194bc98" w:history="1">
+      <w:hyperlink r:id="rId292169b04895e7068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870802450235</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10560,51 +10560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45246993ae194bd8a" w:history="1">
+      <w:hyperlink r:id="rId277269b04895e7169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10659,51 +10659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 635–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10136993ae194be29" w:history="1">
+      <w:hyperlink r:id="rId445269b04895e721e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1080/03235408.2011.588059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 22846. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67216993ae194befe" w:history="1">
+      <w:hyperlink r:id="rId309469b04895e7328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/srep22846</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10857,51 +10857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">196</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 887–900. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99806993ae194bf6f" w:history="1">
+      <w:hyperlink r:id="rId869469b04895e73c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1469-8137.2012.04311.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10947,51 +10947,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1/2), 189–191. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78186993ae194bfff" w:history="1">
+      <w:hyperlink r:id="rId816569b04895e7462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11035,51 +11035,51 @@
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nematology Circular No. 172. Florida Department of Agriculture and Consumer Services, Division of Plant Industry.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24536993ae194c08a" w:history="1">
+      <w:hyperlink r:id="rId105469b04895e74f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fdacs.gov/content/download/10961/file/nem172.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -11213,51 +11213,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35356993ae194c1a4" w:history="1">
+      <w:hyperlink r:id="rId270169b04895e7644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12394</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11517,51 +11517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 477–479. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84886993ae194c3be" w:history="1">
+      <w:hyperlink r:id="rId638569b04895e7894" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed 25 June 2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11616,51 +11616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 555–561. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68026993ae194c462" w:history="1">
+      <w:hyperlink r:id="rId840669b04895e7965" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-83582014000300011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11804,51 +11804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 971–977. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85316993ae194c592" w:history="1">
+      <w:hyperlink r:id="rId187469b04895e7aac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2006.09.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12108,51 +12108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-4), 81–89. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11066993ae194c78d" w:history="1">
+      <w:hyperlink r:id="rId391269b04895e7cde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/002925990X00059</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12546,51 +12546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–78. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52546993ae194ca72" w:history="1">
+      <w:hyperlink r:id="rId174369b04895e8000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/01448765.1984.9754415</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12812,51 +12812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1163, 1–19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59366993ae194cc1c" w:history="1">
+      <w:hyperlink r:id="rId495969b04895e81ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology10111163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12882,51 +12882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 298, 1–20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91646993ae194cc8e" w:history="1">
+      <w:hyperlink r:id="rId679469b04895e8267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/min10040298</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 37, 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52606993ae194cd1e" w:history="1">
+      <w:hyperlink r:id="rId680569b04895e82ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture11010037</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13443,51 +13443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 879–884. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63396993ae194d00f" w:history="1">
+      <w:hyperlink r:id="rId492069b04895e863d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/156854103773040781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13709,51 +13709,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 419–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39706993ae194d1b3" w:history="1">
+      <w:hyperlink r:id="rId954569b04895e8800" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1995.tb00576.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13799,51 +13799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 330–339. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29506993ae194d252" w:history="1">
+      <w:hyperlink r:id="rId791669b04895e8895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12666</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13987,51 +13987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 187–196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41546993ae194d382" w:history="1">
+      <w:hyperlink r:id="rId867369b04895e89e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0029-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14097,51 +14097,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 795–807. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97426993ae194d43e" w:history="1">
+      <w:hyperlink r:id="rId627169b04895e8aa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1163/15685411-00002719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14285,51 +14285,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne graminicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55666993ae194d57d" w:history="1">
+      <w:hyperlink r:id="rId121269b04895e8c1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14397,51 +14397,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 242-249.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46176993ae194d630" w:history="1">
+      <w:hyperlink r:id="rId811369b04895e8cd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.70005</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -14537,137 +14537,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21739120">
+  <w:abstractNum w:abstractNumId="55402614">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75186951">
+    <w:lvl w:ilvl="0" w:tplc="93719438">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75186951" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93719438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21739119">
+  <w:abstractNum w:abstractNumId="55402613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20126323">
+    <w:lvl w:ilvl="0" w:tplc="19571803">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -15419,55 +15419,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21739119">
-    <w:abstractNumId w:val="21739119"/>
+  <w:num w:numId="55402613">
+    <w:abstractNumId w:val="55402613"/>
   </w:num>
-  <w:num w:numId="21739120">
-    <w:abstractNumId w:val="21739120"/>
+  <w:num w:numId="55402614">
+    <w:abstractNumId w:val="55402614"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27017,51 +27017,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414659355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId542017711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74696993ae19466d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId88546993ae1946744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId15036993ae1946e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId85926993ae194aec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId49826993ae194af64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId14166993ae194b00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId19746993ae194b09c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId35116993ae194b137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId17156993ae194b3a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId68656993ae194b426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId36606993ae194b4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId90696993ae194b52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId86446993ae194b5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId85886993ae194b62d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId92136993ae194b67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId63706993ae194b6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId76756993ae194b788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId62336993ae194b822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId87146993ae194b8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId51376993ae194b914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId94006993ae194b9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId47096993ae194ba2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId17176993ae194bbf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId21256993ae194bc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId45246993ae194bd8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId10136993ae194be29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId67216993ae194befe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId99806993ae194bf6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId78186993ae194bfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId24536993ae194c08a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId35356993ae194c1a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId84886993ae194c3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId68026993ae194c462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId85316993ae194c592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId11066993ae194c78d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId52546993ae194ca72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId59366993ae194cc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId91646993ae194cc8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId52606993ae194cd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId63396993ae194d00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId39706993ae194d1b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId29506993ae194d252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId41546993ae194d382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId97426993ae194d43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId55666993ae194d57d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46176993ae194d630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId79556993ae1946d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79556993ae1946d34.jpg"/><Relationship Id="rId95366993ae1948ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95366993ae1948ed8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId525270319" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId716446444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId526869b04895e1c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/" TargetMode="External"/><Relationship Id="rId945569b04895e1c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/categorization" TargetMode="External"/><Relationship Id="rId290469b04895e2264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/photos" TargetMode="External"/><Relationship Id="rId409269b04895e60f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v13i0.8021" TargetMode="External"/><Relationship Id="rId860369b04895e6190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4038/josuk.v6i0.4221" TargetMode="External"/><Relationship Id="rId258169b04895e6241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4038/josuk.v3i0.2736" TargetMode="External"/><Relationship Id="rId387169b04895e62d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.crvi.2015.04.002" TargetMode="External"/><Relationship Id="rId501169b04895e6369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1996.tb01492.x" TargetMode="External"/><Relationship Id="rId164969b04895e65ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.33243" TargetMode="External"/><Relationship Id="rId392269b04895e663b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12284-023-00644-1" TargetMode="External"/><Relationship Id="rId674469b04895e66cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.19263/REDIA-103.20.23" TargetMode="External"/><Relationship Id="rId687069b04895e6838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.7303304" TargetMode="External"/><Relationship Id="rId514369b04895e68e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5897/AJMR12.707" TargetMode="External"/><Relationship Id="rId477869b04895e6956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12077" TargetMode="External"/><Relationship Id="rId214269b04895e69ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-6390" TargetMode="External"/><Relationship Id="rId663369b04895e6a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGGC/documents" TargetMode="External"/><Relationship Id="rId739269b04895e6aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13054" TargetMode="External"/><Relationship Id="rId612669b04895e6b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2022/1372/oj" TargetMode="External"/><Relationship Id="rId309769b04895e6bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2025/1076/oj" TargetMode="External"/><Relationship Id="rId236469b04895e6c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.14654535" TargetMode="External"/><Relationship Id="rId463069b04895e6d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-017-1196-7" TargetMode="External"/><Relationship Id="rId741269b04895e6d96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ece3.9326" TargetMode="External"/><Relationship Id="rId777469b04895e6fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2018.07.018" TargetMode="External"/><Relationship Id="rId292169b04895e7068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870802450235" TargetMode="External"/><Relationship Id="rId277269b04895e7169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.protezionedellepiante.it/wp-content/uploads/2023/07/dtu-n.-43-melggc_signed.pdf" TargetMode="External"/><Relationship Id="rId445269b04895e721e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/03235408.2011.588059" TargetMode="External"/><Relationship Id="rId309469b04895e7328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/srep22846" TargetMode="External"/><Relationship Id="rId869469b04895e73c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1469-8137.2012.04311.x" TargetMode="External"/><Relationship Id="rId816569b04895e7462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mag.go.cr/rev_agr/v15n1-2_189.pdf" TargetMode="External"/><Relationship Id="rId105469b04895e74f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fdacs.gov/content/download/10961/file/nem172.pdf" TargetMode="External"/><Relationship Id="rId270169b04895e7644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12394" TargetMode="External"/><Relationship Id="rId638569b04895e7894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.entomoljournal.com/achives/2018/vol6issue1/PartG/5-6-268-302.pdf" TargetMode="External"/><Relationship Id="rId840669b04895e7965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-83582014000300011" TargetMode="External"/><Relationship Id="rId187469b04895e7aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2006.09.004" TargetMode="External"/><Relationship Id="rId391269b04895e7cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/002925990X00059" TargetMode="External"/><Relationship Id="rId174369b04895e8000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/01448765.1984.9754415" TargetMode="External"/><Relationship Id="rId495969b04895e81ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology10111163" TargetMode="External"/><Relationship Id="rId679469b04895e8267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/min10040298" TargetMode="External"/><Relationship Id="rId680569b04895e82ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture11010037" TargetMode="External"/><Relationship Id="rId492069b04895e863d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/156854103773040781" TargetMode="External"/><Relationship Id="rId954569b04895e8800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1995.tb00576.x" TargetMode="External"/><Relationship Id="rId791669b04895e8895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12666" TargetMode="External"/><Relationship Id="rId867369b04895e89e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0029-y" TargetMode="External"/><Relationship Id="rId627169b04895e8aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15685411-00002719" TargetMode="External"/><Relationship Id="rId121269b04895e8c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId811369b04895e8cd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.70005" TargetMode="External"/><Relationship Id="rId221069b04895e2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId221069b04895e2112.jpg"/><Relationship Id="rId320469b04895e413c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId320469b04895e413c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>