--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567568e60ef79610c" w:history="1">
+            <w:hyperlink r:id="rId745069014b7939872" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318368e60ef796175" w:history="1">
+            <w:hyperlink r:id="rId658069014b79398da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92484449" name="name853668e60ef79627c" descr="1037.jpg"/>
+                  <wp:docPr id="14841204" name="name274269014b7939fe1" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId589268e60ef79627a" cstate="print"/>
+                          <a:blip r:embed="rId471869014b7939fdf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId974468e60ef796387" w:history="1">
+            <w:hyperlink r:id="rId601469014b793a0d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77956102" name="name925668e60ef797ab1" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="77680853" name="name135469014b793b693" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId285368e60ef797aaf" cstate="print"/>
+                    <a:blip r:embed="rId305369014b793b691" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287868e60ef799a86" w:history="1">
+      <w:hyperlink r:id="rId266169014b793d558" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476468e60ef799b09" w:history="1">
+      <w:hyperlink r:id="rId999369014b793d5d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321468e60ef799bc0" w:history="1">
+      <w:hyperlink r:id="rId313469014b793d67e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821168e60ef799c7b" w:history="1">
+      <w:hyperlink r:id="rId649569014b793d732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId422968e60ef799ced" w:history="1">
+      <w:hyperlink r:id="rId285769014b793d79f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248268e60ef799d98" w:history="1">
+      <w:hyperlink r:id="rId196769014b793d856" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998268e60ef799e15" w:history="1">
+      <w:hyperlink r:id="rId400369014b793d8d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269768e60ef79aa36" w:history="1">
+      <w:hyperlink r:id="rId819169014b793e4bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229968e60ef79b4f7" w:history="1">
+      <w:hyperlink r:id="rId164669014b793ef4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198568e60ef79b5c0" w:history="1">
+      <w:hyperlink r:id="rId420269014b793f013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3946416" name="name262168e60ef79b66a" descr="eu_funding_250.png"/>
+            <wp:docPr id="20189506" name="name737869014b793f072" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId876568e60ef79b669" cstate="print"/>
+                    <a:blip r:embed="rId491769014b793f071" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33042384">
+  <w:abstractNum w:abstractNumId="61904177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61853641">
+    <w:lvl w:ilvl="0" w:tplc="45092139">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61853641" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45092139" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33042383">
+  <w:abstractNum w:abstractNumId="61904176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34425787">
+    <w:lvl w:ilvl="0" w:tplc="89268099">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33042383">
-    <w:abstractNumId w:val="33042383"/>
+  <w:num w:numId="61904176">
+    <w:abstractNumId w:val="61904176"/>
   </w:num>
-  <w:num w:numId="33042384">
-    <w:abstractNumId w:val="33042384"/>
+  <w:num w:numId="61904177">
+    <w:abstractNumId w:val="61904177"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607174741" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178824832" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId567568e60ef79610c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId318368e60ef796175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId974468e60ef796387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId287868e60ef799a86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId476468e60ef799b09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId321468e60ef799bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId821168e60ef799c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId422968e60ef799ced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId248268e60ef799d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId998268e60ef799e15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId269768e60ef79aa36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId229968e60ef79b4f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId198568e60ef79b5c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId589268e60ef79627a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId589268e60ef79627a.jpg"/><Relationship Id="rId285368e60ef797aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285368e60ef797aaf.jpg"/><Relationship Id="rId876568e60ef79b669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876568e60ef79b669.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId316572949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124525734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId745069014b7939872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId658069014b79398da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId601469014b793a0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId266169014b793d558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId999369014b793d5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId313469014b793d67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId649569014b793d732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId285769014b793d79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId196769014b793d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId400369014b793d8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId819169014b793e4bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId164669014b793ef4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420269014b793f013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId471869014b7939fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId471869014b7939fdf.jpg"/><Relationship Id="rId305369014b793b691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305369014b793b691.jpg"/><Relationship Id="rId491769014b793f071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491769014b793f071.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>