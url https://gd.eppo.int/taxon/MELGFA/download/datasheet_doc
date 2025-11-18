--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId745069014b7939872" w:history="1">
+            <w:hyperlink r:id="rId2245691c95d4f26b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId658069014b79398da" w:history="1">
+            <w:hyperlink r:id="rId9146691c95d4f271a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14841204" name="name274269014b7939fe1" descr="1037.jpg"/>
+                  <wp:docPr id="21397766" name="name4938691c95d4f27d5" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId471869014b7939fdf" cstate="print"/>
+                          <a:blip r:embed="rId3868691c95d4f27d4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId601469014b793a0d5" w:history="1">
+            <w:hyperlink r:id="rId8649691c95d4f28dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77680853" name="name135469014b793b693" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="9072504" name="name4497691c95d4f3ac0" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId305369014b793b691" cstate="print"/>
+                    <a:blip r:embed="rId2524691c95d4f3abe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266169014b793d558" w:history="1">
+      <w:hyperlink r:id="rId9939691c95d501851" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999369014b793d5d5" w:history="1">
+      <w:hyperlink r:id="rId1916691c95d5018d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313469014b793d67e" w:history="1">
+      <w:hyperlink r:id="rId7116691c95d501987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649569014b793d732" w:history="1">
+      <w:hyperlink r:id="rId7585691c95d501a44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285769014b793d79f" w:history="1">
+      <w:hyperlink r:id="rId3020691c95d501ab6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196769014b793d856" w:history="1">
+      <w:hyperlink r:id="rId7571691c95d501b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400369014b793d8d4" w:history="1">
+      <w:hyperlink r:id="rId6109691c95d501be4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819169014b793e4bb" w:history="1">
+      <w:hyperlink r:id="rId8635691c95d50284a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164669014b793ef4f" w:history="1">
+      <w:hyperlink r:id="rId3218691c95d5032fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420269014b793f013" w:history="1">
+      <w:hyperlink r:id="rId2282691c95d5033d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20189506" name="name737869014b793f072" descr="eu_funding_250.png"/>
+            <wp:docPr id="82988799" name="name8096691c95d50343f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId491769014b793f071" cstate="print"/>
+                    <a:blip r:embed="rId9842691c95d50343e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61904177">
+  <w:abstractNum w:abstractNumId="84287746">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45092139">
+    <w:lvl w:ilvl="0" w:tplc="42897793">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45092139" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42897793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61904176">
+  <w:abstractNum w:abstractNumId="84287745">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89268099">
+    <w:lvl w:ilvl="0" w:tplc="73663686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61904176">
-    <w:abstractNumId w:val="61904176"/>
+  <w:num w:numId="84287745">
+    <w:abstractNumId w:val="84287745"/>
   </w:num>
-  <w:num w:numId="61904177">
-    <w:abstractNumId w:val="61904177"/>
+  <w:num w:numId="84287746">
+    <w:abstractNumId w:val="84287746"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId316572949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124525734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId745069014b7939872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId658069014b79398da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId601469014b793a0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId266169014b793d558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId999369014b793d5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId313469014b793d67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId649569014b793d732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId285769014b793d79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId196769014b793d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId400369014b793d8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId819169014b793e4bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId164669014b793ef4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420269014b793f013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId471869014b7939fdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId471869014b7939fdf.jpg"/><Relationship Id="rId305369014b793b691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305369014b793b691.jpg"/><Relationship Id="rId491769014b793f071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491769014b793f071.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId907152315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId151755483" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2245691c95d4f26b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId9146691c95d4f271a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId8649691c95d4f28dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId9939691c95d501851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId1916691c95d5018d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7116691c95d501987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId7585691c95d501a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3020691c95d501ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7571691c95d501b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6109691c95d501be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8635691c95d50284a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId3218691c95d5032fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2282691c95d5033d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId3868691c95d4f27d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3868691c95d4f27d4.jpg"/><Relationship Id="rId2524691c95d4f3abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2524691c95d4f3abe.jpg"/><Relationship Id="rId9842691c95d50343e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9842691c95d50343e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>