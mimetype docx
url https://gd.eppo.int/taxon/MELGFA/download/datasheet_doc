--- v2 (2025-11-18)
+++ v3 (2025-12-12)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2245691c95d4f26b0" w:history="1">
+            <w:hyperlink r:id="rId9516693c91466c49b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9146691c95d4f271a" w:history="1">
+            <w:hyperlink r:id="rId3606693c91466c505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21397766" name="name4938691c95d4f27d5" descr="1037.jpg"/>
+                  <wp:docPr id="45766698" name="name9149693c91466cd13" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3868691c95d4f27d4" cstate="print"/>
+                          <a:blip r:embed="rId4279693c91466cd11" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8649691c95d4f28dc" w:history="1">
+            <w:hyperlink r:id="rId6338693c91466ce5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9072504" name="name4497691c95d4f3ac0" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="98852376" name="name9324693c91466e58d" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2524691c95d4f3abe" cstate="print"/>
+                    <a:blip r:embed="rId5239693c91466e58b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9939691c95d501851" w:history="1">
+      <w:hyperlink r:id="rId2224693c9146705c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1916691c95d5018d5" w:history="1">
+      <w:hyperlink r:id="rId3557693c914670647" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7116691c95d501987" w:history="1">
+      <w:hyperlink r:id="rId8853693c9146706f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7585691c95d501a44" w:history="1">
+      <w:hyperlink r:id="rId1089693c9146707b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3020691c95d501ab6" w:history="1">
+      <w:hyperlink r:id="rId8217693c914670826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7571691c95d501b65" w:history="1">
+      <w:hyperlink r:id="rId2586693c9146708e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6109691c95d501be4" w:history="1">
+      <w:hyperlink r:id="rId6031693c914670961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8635691c95d50284a" w:history="1">
+      <w:hyperlink r:id="rId8585693c9146715a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3218691c95d5032fd" w:history="1">
+      <w:hyperlink r:id="rId2577693c91467205d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2282691c95d5033d0" w:history="1">
+      <w:hyperlink r:id="rId4497693c914672127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82988799" name="name8096691c95d50343f" descr="eu_funding_250.png"/>
+            <wp:docPr id="86539905" name="name2800693c91467268f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9842691c95d50343e" cstate="print"/>
+                    <a:blip r:embed="rId3575693c91467268d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84287746">
+  <w:abstractNum w:abstractNumId="43098939">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42897793">
+    <w:lvl w:ilvl="0" w:tplc="35142447">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42897793" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35142447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84287745">
+  <w:abstractNum w:abstractNumId="43098938">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73663686">
+    <w:lvl w:ilvl="0" w:tplc="55115335">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84287745">
-    <w:abstractNumId w:val="84287745"/>
+  <w:num w:numId="43098938">
+    <w:abstractNumId w:val="43098938"/>
   </w:num>
-  <w:num w:numId="84287746">
-    <w:abstractNumId w:val="84287746"/>
+  <w:num w:numId="43098939">
+    <w:abstractNumId w:val="43098939"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId907152315" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId151755483" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2245691c95d4f26b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId9146691c95d4f271a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId8649691c95d4f28dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId9939691c95d501851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId1916691c95d5018d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7116691c95d501987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId7585691c95d501a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3020691c95d501ab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId7571691c95d501b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6109691c95d501be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8635691c95d50284a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId3218691c95d5032fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2282691c95d5033d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId3868691c95d4f27d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3868691c95d4f27d4.jpg"/><Relationship Id="rId2524691c95d4f3abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2524691c95d4f3abe.jpg"/><Relationship Id="rId9842691c95d50343e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9842691c95d50343e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667559677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557190942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9516693c91466c49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId3606693c91466c505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId6338693c91466ce5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId2224693c9146705c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId3557693c914670647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8853693c9146706f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId1089693c9146707b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8217693c914670826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2586693c9146708e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6031693c914670961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8585693c9146715a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId2577693c91467205d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4497693c914672127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId4279693c91466cd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4279693c91466cd11.jpg"/><Relationship Id="rId5239693c91466e58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5239693c91466e58b.jpg"/><Relationship Id="rId3575693c91467268d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3575693c91467268d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>