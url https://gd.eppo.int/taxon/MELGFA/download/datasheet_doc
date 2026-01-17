--- v3 (2025-12-12)
+++ v4 (2026-01-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9516693c91466c49b" w:history="1">
+            <w:hyperlink r:id="rId1732696bdd4cb8ad1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3606693c91466c505" w:history="1">
+            <w:hyperlink r:id="rId9205696bdd4cb8b3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45766698" name="name9149693c91466cd13" descr="1037.jpg"/>
+                  <wp:docPr id="69197917" name="name4749696bdd4cb8c3a" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4279693c91466cd11" cstate="print"/>
+                          <a:blip r:embed="rId7112696bdd4cb8c39" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6338693c91466ce5e" w:history="1">
+            <w:hyperlink r:id="rId7289696bdd4cb8d38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98852376" name="name9324693c91466e58d" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="91406272" name="name8016696bdd4cba38b" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5239693c91466e58b" cstate="print"/>
+                    <a:blip r:embed="rId6880696bdd4cba388" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2224693c9146705c1" w:history="1">
+      <w:hyperlink r:id="rId8770696bdd4cbc820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3557693c914670647" w:history="1">
+      <w:hyperlink r:id="rId8500696bdd4cbc8a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8853693c9146706f9" w:history="1">
+      <w:hyperlink r:id="rId5083696bdd4cbc955" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1089693c9146707b5" w:history="1">
+      <w:hyperlink r:id="rId2043696bdd4cbca0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8217693c914670826" w:history="1">
+      <w:hyperlink r:id="rId6363696bdd4cbca7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2586693c9146708e1" w:history="1">
+      <w:hyperlink r:id="rId9398696bdd4cbcb2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6031693c914670961" w:history="1">
+      <w:hyperlink r:id="rId6747696bdd4cbcba9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8585693c9146715a9" w:history="1">
+      <w:hyperlink r:id="rId5124696bdd4cbd7ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10731,73 +10731,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2577693c91467205d" w:history="1">
+      <w:hyperlink r:id="rId7872696bdd4cbe29f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4497693c914672127" w:history="1">
+      <w:hyperlink r:id="rId1047696bdd4cbe366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86539905" name="name2800693c91467268f" descr="eu_funding_250.png"/>
+            <wp:docPr id="14293373" name="name3426696bdd4cbe412" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3575693c91467268d" cstate="print"/>
+                    <a:blip r:embed="rId7092696bdd4cbe411" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43098939">
+  <w:abstractNum w:abstractNumId="29452459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35142447">
+    <w:lvl w:ilvl="0" w:tplc="14853117">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35142447" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14853117" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43098938">
+  <w:abstractNum w:abstractNumId="29452458">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55115335">
+    <w:lvl w:ilvl="0" w:tplc="39458075">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43098938">
-    <w:abstractNumId w:val="43098938"/>
+  <w:num w:numId="29452458">
+    <w:abstractNumId w:val="29452458"/>
   </w:num>
-  <w:num w:numId="43098939">
-    <w:abstractNumId w:val="43098939"/>
+  <w:num w:numId="29452459">
+    <w:abstractNumId w:val="29452459"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667559677" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557190942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9516693c91466c49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId3606693c91466c505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId6338693c91466ce5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId2224693c9146705c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId3557693c914670647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8853693c9146706f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId1089693c9146707b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId8217693c914670826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2586693c9146708e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6031693c914670961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8585693c9146715a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId2577693c91467205d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4497693c914672127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId4279693c91466cd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4279693c91466cd11.jpg"/><Relationship Id="rId5239693c91466e58b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5239693c91466e58b.jpg"/><Relationship Id="rId3575693c91467268d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3575693c91467268d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId347568641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880276159" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1732696bdd4cb8ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId9205696bdd4cb8b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId7289696bdd4cb8d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId8770696bdd4cbc820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8500696bdd4cbc8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId5083696bdd4cbc955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId2043696bdd4cbca0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId6363696bdd4cbca7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9398696bdd4cbcb2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6747696bdd4cbcba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId5124696bdd4cbd7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId7872696bdd4cbe29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1047696bdd4cbe366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId7112696bdd4cb8c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7112696bdd4cb8c39.jpg"/><Relationship Id="rId6880696bdd4cba388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6880696bdd4cba388.jpg"/><Relationship Id="rId7092696bdd4cbe411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7092696bdd4cbe411.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>