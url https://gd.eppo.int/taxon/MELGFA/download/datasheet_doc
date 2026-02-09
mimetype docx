--- v4 (2026-01-17)
+++ v5 (2026-02-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1732696bdd4cb8ad1" w:history="1">
+            <w:hyperlink r:id="rId11366989d91f4f52f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9205696bdd4cb8b3b" w:history="1">
+            <w:hyperlink r:id="rId56256989d91f4f59d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69197917" name="name4749696bdd4cb8c3a" descr="1037.jpg"/>
+                  <wp:docPr id="14579429" name="name73036989d91f4fc28" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7112696bdd4cb8c39" cstate="print"/>
+                          <a:blip r:embed="rId28016989d91f4fc26" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7289696bdd4cb8d38" w:history="1">
+            <w:hyperlink r:id="rId12196989d91f4fd26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91406272" name="name8016696bdd4cba38b" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="47505423" name="name69896989d91f5120b" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6880696bdd4cba388" cstate="print"/>
+                    <a:blip r:embed="rId16586989d91f51209" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8770696bdd4cbc820" w:history="1">
+      <w:hyperlink r:id="rId10146989d91f5332b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8500696bdd4cbc8a5" w:history="1">
+      <w:hyperlink r:id="rId98466989d91f533bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5083696bdd4cbc955" w:history="1">
+      <w:hyperlink r:id="rId36126989d91f5346a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2043696bdd4cbca0e" w:history="1">
+      <w:hyperlink r:id="rId56286989d91f53524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6363696bdd4cbca7f" w:history="1">
+      <w:hyperlink r:id="rId21896989d91f53594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9398696bdd4cbcb2c" w:history="1">
+      <w:hyperlink r:id="rId27276989d91f5363f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6747696bdd4cbcba9" w:history="1">
+      <w:hyperlink r:id="rId33036989d91f536bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5124696bdd4cbd7ff" w:history="1">
+      <w:hyperlink r:id="rId95346989d91f542d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7872696bdd4cbe29f" w:history="1">
+      <w:hyperlink r:id="rId51306989d91f54d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1047696bdd4cbe366" w:history="1">
+      <w:hyperlink r:id="rId33786989d91f54e1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14293373" name="name3426696bdd4cbe412" descr="eu_funding_250.png"/>
+            <wp:docPr id="53302647" name="name48526989d91f54ec6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7092696bdd4cbe411" cstate="print"/>
+                    <a:blip r:embed="rId57086989d91f54ec5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29452459">
+  <w:abstractNum w:abstractNumId="69297200">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14853117">
+    <w:lvl w:ilvl="0" w:tplc="38353471">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14853117" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38353471" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29452458">
+  <w:abstractNum w:abstractNumId="69297199">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39458075">
+    <w:lvl w:ilvl="0" w:tplc="74058117">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29452458">
-    <w:abstractNumId w:val="29452458"/>
+  <w:num w:numId="69297199">
+    <w:abstractNumId w:val="69297199"/>
   </w:num>
-  <w:num w:numId="29452459">
-    <w:abstractNumId w:val="29452459"/>
+  <w:num w:numId="69297200">
+    <w:abstractNumId w:val="69297200"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId347568641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880276159" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1732696bdd4cb8ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId9205696bdd4cb8b3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId7289696bdd4cb8d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId8770696bdd4cbc820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8500696bdd4cbc8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId5083696bdd4cbc955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId2043696bdd4cbca0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId6363696bdd4cbca7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId9398696bdd4cbcb2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6747696bdd4cbcba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId5124696bdd4cbd7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId7872696bdd4cbe29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1047696bdd4cbe366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId7112696bdd4cb8c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7112696bdd4cb8c39.jpg"/><Relationship Id="rId6880696bdd4cba388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6880696bdd4cba388.jpg"/><Relationship Id="rId7092696bdd4cbe411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7092696bdd4cbe411.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395395292" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590756635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11366989d91f4f52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId56256989d91f4f59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId12196989d91f4fd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId10146989d91f5332b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId98466989d91f533bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId36126989d91f5346a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId56286989d91f53524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId21896989d91f53594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId27276989d91f5363f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId33036989d91f536bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId95346989d91f542d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId51306989d91f54d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId33786989d91f54e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId28016989d91f4fc26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28016989d91f4fc26.jpg"/><Relationship Id="rId16586989d91f51209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16586989d91f51209.jpg"/><Relationship Id="rId57086989d91f54ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57086989d91f54ec5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>