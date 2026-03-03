--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11366989d91f4f52f" w:history="1">
+            <w:hyperlink r:id="rId246669a6908e8ad63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56256989d91f4f59d" w:history="1">
+            <w:hyperlink r:id="rId939369a6908e8adcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14579429" name="name73036989d91f4fc28" descr="1037.jpg"/>
+                  <wp:docPr id="79387850" name="name618569a6908e8b35a" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28016989d91f4fc26" cstate="print"/>
+                          <a:blip r:embed="rId966669a6908e8b358" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId12196989d91f4fd26" w:history="1">
+            <w:hyperlink r:id="rId145569a6908e8b478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47505423" name="name69896989d91f5120b" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="69348168" name="name484369a6908e8c7ec" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16586989d91f51209" cstate="print"/>
+                    <a:blip r:embed="rId128569a6908e8c7ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10146989d91f5332b" w:history="1">
+      <w:hyperlink r:id="rId681769a6908e8e797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98466989d91f533bc" w:history="1">
+      <w:hyperlink r:id="rId261969a6908e8e819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36126989d91f5346a" w:history="1">
+      <w:hyperlink r:id="rId964469a6908e8e8c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56286989d91f53524" w:history="1">
+      <w:hyperlink r:id="rId961169a6908e8e99c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21896989d91f53594" w:history="1">
+      <w:hyperlink r:id="rId463469a6908e8ea1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27276989d91f5363f" w:history="1">
+      <w:hyperlink r:id="rId125269a6908e8ebc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33036989d91f536bb" w:history="1">
+      <w:hyperlink r:id="rId258769a6908e8ec5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95346989d91f542d3" w:history="1">
+      <w:hyperlink r:id="rId938869a6908e8f917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51306989d91f54d58" w:history="1">
+      <w:hyperlink r:id="rId597469a6908e9046b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33786989d91f54e1e" w:history="1">
+      <w:hyperlink r:id="rId214069a6908e90536" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53302647" name="name48526989d91f54ec6" descr="eu_funding_250.png"/>
+            <wp:docPr id="13123278" name="name850269a6908e907b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57086989d91f54ec5" cstate="print"/>
+                    <a:blip r:embed="rId119169a6908e907b0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69297200">
+  <w:abstractNum w:abstractNumId="25348088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38353471">
+    <w:lvl w:ilvl="0" w:tplc="58080615">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38353471" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58080615" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69297199">
+  <w:abstractNum w:abstractNumId="25348087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74058117">
+    <w:lvl w:ilvl="0" w:tplc="98820007">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69297199">
-    <w:abstractNumId w:val="69297199"/>
+  <w:num w:numId="25348087">
+    <w:abstractNumId w:val="25348087"/>
   </w:num>
-  <w:num w:numId="69297200">
-    <w:abstractNumId w:val="69297200"/>
+  <w:num w:numId="25348088">
+    <w:abstractNumId w:val="25348088"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395395292" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590756635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11366989d91f4f52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId56256989d91f4f59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId12196989d91f4fd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId10146989d91f5332b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId98466989d91f533bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId36126989d91f5346a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId56286989d91f53524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId21896989d91f53594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId27276989d91f5363f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId33036989d91f536bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId95346989d91f542d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId51306989d91f54d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId33786989d91f54e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId28016989d91f4fc26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28016989d91f4fc26.jpg"/><Relationship Id="rId16586989d91f51209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16586989d91f51209.jpg"/><Relationship Id="rId57086989d91f54ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57086989d91f54ec5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId533072151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId202680872" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId246669a6908e8ad63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId939369a6908e8adcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId145569a6908e8b478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId681769a6908e8e797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId261969a6908e8e819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId964469a6908e8e8c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId961169a6908e8e99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId463469a6908e8ea1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId125269a6908e8ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId258769a6908e8ec5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId938869a6908e8f917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId597469a6908e9046b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId214069a6908e90536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId966669a6908e8b358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966669a6908e8b358.jpg"/><Relationship Id="rId128569a6908e8c7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128569a6908e8c7ea.jpg"/><Relationship Id="rId119169a6908e907b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119169a6908e907b0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>