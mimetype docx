--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false Columbia root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246669a6908e8ad63" w:history="1">
+            <w:hyperlink r:id="rId711869c15ae43e3ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId939369a6908e8adcd" w:history="1">
+            <w:hyperlink r:id="rId113369c15ae43e43a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGFA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79387850" name="name618569a6908e8b35a" descr="1037.jpg"/>
+                  <wp:docPr id="82868190" name="name810369c15ae43f4d1" descr="1037.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1037.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId966669a6908e8b358" cstate="print"/>
+                          <a:blip r:embed="rId162769c15ae43f4c9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId145569a6908e8b478" w:history="1">
+            <w:hyperlink r:id="rId673769c15ae43f7d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1750,63 +1750,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016), strongly suggesting that it could be the place of origin of this pest. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69348168" name="name484369a6908e8c7ec" descr="MELGFA_distribution_map.jpg"/>
+            <wp:docPr id="79481121" name="name405869c15ae441b31" descr="MELGFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId128569a6908e8c7ea" cstate="print"/>
+                    <a:blip r:embed="rId481369c15ae441b2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6539,51 +6539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681769a6908e8e797" w:history="1">
+      <w:hyperlink r:id="rId566169c15ae443d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6618,51 +6618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 471-495. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261969a6908e8e819" w:history="1">
+      <w:hyperlink r:id="rId358069c15ae443e03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6728,51 +6728,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 527-533. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964469a6908e8e8c5" w:history="1">
+      <w:hyperlink r:id="rId266469c15ae443eb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6847,51 +6847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-189. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961169a6908e8e99c" w:history="1">
+      <w:hyperlink r:id="rId199869c15ae443f6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6917,51 +6917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 501-537. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463469a6908e8ea1f" w:history="1">
+      <w:hyperlink r:id="rId386069c15ae443fdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7027,51 +7027,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 486-487. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125269a6908e8ebc9" w:history="1">
+      <w:hyperlink r:id="rId910469c15ae444086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7106,51 +7106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258769a6908e8ec5c" w:history="1">
+      <w:hyperlink r:id="rId383369c15ae444102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9046,51 +9046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">643</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 33–52. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938869a6908e8f917" w:history="1">
+      <w:hyperlink r:id="rId730969c15ae444d4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.643.11266</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne fallax</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597469a6908e9046b" w:history="1">
+      <w:hyperlink r:id="rId544569c15ae4458d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10873,90 +10873,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 493-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214069a6908e90536" w:history="1">
+      <w:hyperlink r:id="rId556669c15ae4459a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1999.tb01425.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13123278" name="name850269a6908e907b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="24149975" name="name227569c15ae445a1b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId119169a6908e907b0" cstate="print"/>
+                    <a:blip r:embed="rId216969c15ae445a1a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11054,137 +11054,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25348088">
+  <w:abstractNum w:abstractNumId="75330838">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58080615">
+    <w:lvl w:ilvl="0" w:tplc="79434981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58080615" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79434981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25348087">
+  <w:abstractNum w:abstractNumId="75330837">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98820007">
+    <w:lvl w:ilvl="0" w:tplc="66407818">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11936,55 +11936,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25348087">
-    <w:abstractNumId w:val="25348087"/>
+  <w:num w:numId="75330837">
+    <w:abstractNumId w:val="75330837"/>
   </w:num>
-  <w:num w:numId="25348088">
-    <w:abstractNumId w:val="25348088"/>
+  <w:num w:numId="75330838">
+    <w:abstractNumId w:val="75330838"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23534,51 +23534,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId533072151" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId202680872" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId246669a6908e8ad63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId939369a6908e8adcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId145569a6908e8b478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId681769a6908e8e797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId261969a6908e8e819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId964469a6908e8e8c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId961169a6908e8e99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId463469a6908e8ea1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId125269a6908e8ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId258769a6908e8ec5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId938869a6908e8f917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId597469a6908e9046b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId214069a6908e90536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId966669a6908e8b358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966669a6908e8b358.jpg"/><Relationship Id="rId128569a6908e8c7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128569a6908e8c7ea.jpg"/><Relationship Id="rId119169a6908e907b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119169a6908e907b0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164350495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId372549061" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId711869c15ae43e3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/" TargetMode="External"/><Relationship Id="rId113369c15ae43e43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/categorization" TargetMode="External"/><Relationship Id="rId673769c15ae43f7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGFA/photos" TargetMode="External"/><Relationship Id="rId566169c15ae443d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId358069c15ae443e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId266469c15ae443eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId199869c15ae443f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId386069c15ae443fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId910469c15ae444086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId383369c15ae444102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId730969c15ae444d4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.643.11266" TargetMode="External"/><Relationship Id="rId544569c15ae4458d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId556669c15ae4459a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1999.tb01425.x" TargetMode="External"/><Relationship Id="rId162769c15ae43f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId162769c15ae43f4c9.jpg"/><Relationship Id="rId481369c15ae441b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId481369c15ae441b2c.jpg"/><Relationship Id="rId216969c15ae445a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216969c15ae445a1a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>