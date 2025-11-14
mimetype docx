--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Columbia root-knot nematode (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId795368e695da0d50c" w:history="1">
+            <w:hyperlink r:id="rId96146916ed5d62509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId998168e695da0d578" w:history="1">
+            <w:hyperlink r:id="rId12706916ed5d62574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7611407" name="name375568e695da0dcbc" descr="17623.jpg"/>
+                  <wp:docPr id="74545790" name="name97686916ed5d62c8d" descr="17623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId904568e695da0dcba" cstate="print"/>
+                          <a:blip r:embed="rId38886916ed5d62c8b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId627168e695da0ddcb" w:history="1">
+            <w:hyperlink r:id="rId56086916ed5d62dba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3760,63 +3760,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wider distribution in Europe, than is currently known, remaining undetected, but this is now actively under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8279346" name="name287168e695da0febd" descr="MELGCH_distribution_map.jpg"/>
+            <wp:docPr id="3533577" name="name93746916ed5d65157" descr="MELGCH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGCH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId369868e695da0feb9" cstate="print"/>
+                    <a:blip r:embed="rId38046916ed5d65153" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5946,51 +5946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best4Soils (2020) A network of practioners, for sharing knowledge on prevention and reduction of soil borne diseases. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146168e695da10e67" w:history="1">
+      <w:hyperlink r:id="rId99366916ed5d6613d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.best4soil.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed at 18.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695968e695da110cd" w:history="1">
+      <w:hyperlink r:id="rId14216916ed5d663a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6857,51 +6857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704768e695da1141d" w:history="1">
+      <w:hyperlink r:id="rId47156916ed5d666e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8625,51 +8625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503168e695da11f34" w:history="1">
+      <w:hyperlink r:id="rId17616916ed5d67229" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8744,63 +8744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72493484" name="name647168e695da12048" descr="eu_funding_250.png"/>
+            <wp:docPr id="98159807" name="name28926916ed5d6733d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId517168e695da12047" cstate="print"/>
+                    <a:blip r:embed="rId20696916ed5d6733c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8898,137 +8898,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40504313">
+  <w:abstractNum w:abstractNumId="12308798">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83390859">
+    <w:lvl w:ilvl="0" w:tplc="94432943">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83390859" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94432943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40504312">
+  <w:abstractNum w:abstractNumId="12308797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13918677">
+    <w:lvl w:ilvl="0" w:tplc="17287340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9780,55 +9780,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40504312">
-    <w:abstractNumId w:val="40504312"/>
+  <w:num w:numId="12308797">
+    <w:abstractNumId w:val="12308797"/>
   </w:num>
-  <w:num w:numId="40504313">
-    <w:abstractNumId w:val="40504313"/>
+  <w:num w:numId="12308798">
+    <w:abstractNumId w:val="12308798"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21378,51 +21378,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId577459847" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId466973235" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId795368e695da0d50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId998168e695da0d578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId627168e695da0ddcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId146168e695da10e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId695968e695da110cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId704768e695da1141d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId503168e695da11f34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId904568e695da0dcba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId904568e695da0dcba.jpg"/><Relationship Id="rId369868e695da0feb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId369868e695da0feb9.jpg"/><Relationship Id="rId517168e695da12047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId517168e695da12047.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId540940864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId836284373" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96146916ed5d62509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId12706916ed5d62574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId56086916ed5d62dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId99366916ed5d6613d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId14216916ed5d663a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId47156916ed5d666e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId17616916ed5d67229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId38886916ed5d62c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38886916ed5d62c8b.jpg"/><Relationship Id="rId38046916ed5d65153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38046916ed5d65153.jpg"/><Relationship Id="rId20696916ed5d6733c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20696916ed5d6733c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>