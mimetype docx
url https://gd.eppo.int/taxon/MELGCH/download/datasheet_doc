--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Columbia root-knot nematode (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96146916ed5d62509" w:history="1">
+            <w:hyperlink r:id="rId7515694bcc733113c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12706916ed5d62574" w:history="1">
+            <w:hyperlink r:id="rId5650694bcc73311a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74545790" name="name97686916ed5d62c8d" descr="17623.jpg"/>
+                  <wp:docPr id="32789323" name="name9092694bcc73316f7" descr="17623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38886916ed5d62c8b" cstate="print"/>
+                          <a:blip r:embed="rId2858694bcc73316f5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId56086916ed5d62dba" w:history="1">
+            <w:hyperlink r:id="rId1505694bcc733187b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3760,63 +3760,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wider distribution in Europe, than is currently known, remaining undetected, but this is now actively under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3533577" name="name93746916ed5d65157" descr="MELGCH_distribution_map.jpg"/>
+            <wp:docPr id="51327485" name="name9311694bcc7333877" descr="MELGCH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGCH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38046916ed5d65153" cstate="print"/>
+                    <a:blip r:embed="rId3305694bcc7333874" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5946,51 +5946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best4Soils (2020) A network of practioners, for sharing knowledge on prevention and reduction of soil borne diseases. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99366916ed5d6613d" w:history="1">
+      <w:hyperlink r:id="rId4321694bcc73347d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.best4soil.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed at 18.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14216916ed5d663a4" w:history="1">
+      <w:hyperlink r:id="rId3809694bcc7334a37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6857,51 +6857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47156916ed5d666e2" w:history="1">
+      <w:hyperlink r:id="rId2567694bcc7334d89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8625,51 +8625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17616916ed5d67229" w:history="1">
+      <w:hyperlink r:id="rId8132694bcc7335891" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8744,63 +8744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98159807" name="name28926916ed5d6733d" descr="eu_funding_250.png"/>
+            <wp:docPr id="87350867" name="name5658694bcc7335bfd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20696916ed5d6733c" cstate="print"/>
+                    <a:blip r:embed="rId1270694bcc7335bfc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8898,137 +8898,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12308798">
+  <w:abstractNum w:abstractNumId="95312631">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94432943">
+    <w:lvl w:ilvl="0" w:tplc="63818986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94432943" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63818986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12308797">
+  <w:abstractNum w:abstractNumId="95312630">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17287340">
+    <w:lvl w:ilvl="0" w:tplc="74195116">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9780,55 +9780,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12308797">
-    <w:abstractNumId w:val="12308797"/>
+  <w:num w:numId="95312630">
+    <w:abstractNumId w:val="95312630"/>
   </w:num>
-  <w:num w:numId="12308798">
-    <w:abstractNumId w:val="12308798"/>
+  <w:num w:numId="95312631">
+    <w:abstractNumId w:val="95312631"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21378,51 +21378,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId540940864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId836284373" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96146916ed5d62509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId12706916ed5d62574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId56086916ed5d62dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId99366916ed5d6613d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId14216916ed5d663a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId47156916ed5d666e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId17616916ed5d67229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId38886916ed5d62c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38886916ed5d62c8b.jpg"/><Relationship Id="rId38046916ed5d65153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38046916ed5d65153.jpg"/><Relationship Id="rId20696916ed5d6733c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20696916ed5d6733c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId453663587" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352457315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7515694bcc733113c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId5650694bcc73311a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId1505694bcc733187b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId4321694bcc73347d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId3809694bcc7334a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2567694bcc7334d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8132694bcc7335891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2858694bcc73316f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2858694bcc73316f5.jpg"/><Relationship Id="rId3305694bcc7333874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3305694bcc7333874.jpg"/><Relationship Id="rId1270694bcc7335bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1270694bcc7335bfc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>