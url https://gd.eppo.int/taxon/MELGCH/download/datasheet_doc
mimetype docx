--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Columbia root-knot nematode (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7515694bcc733113c" w:history="1">
+            <w:hyperlink r:id="rId73826967a6c149cc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5650694bcc73311a3" w:history="1">
+            <w:hyperlink r:id="rId27426967a6c149d3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32789323" name="name9092694bcc73316f7" descr="17623.jpg"/>
+                  <wp:docPr id="38895046" name="name75016967a6c14a227" descr="17623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2858694bcc73316f5" cstate="print"/>
+                          <a:blip r:embed="rId97636967a6c14a226" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1505694bcc733187b" w:history="1">
+            <w:hyperlink r:id="rId34216967a6c14a319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3760,63 +3760,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wider distribution in Europe, than is currently known, remaining undetected, but this is now actively under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51327485" name="name9311694bcc7333877" descr="MELGCH_distribution_map.jpg"/>
+            <wp:docPr id="43825668" name="name71866967a6c14cf39" descr="MELGCH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGCH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3305694bcc7333874" cstate="print"/>
+                    <a:blip r:embed="rId54576967a6c14cf37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5946,51 +5946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best4Soils (2020) A network of practioners, for sharing knowledge on prevention and reduction of soil borne diseases. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4321694bcc73347d6" w:history="1">
+      <w:hyperlink r:id="rId83626967a6c14dfd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.best4soil.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed at 18.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3809694bcc7334a37" w:history="1">
+      <w:hyperlink r:id="rId86156967a6c14e2d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6857,51 +6857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2567694bcc7334d89" w:history="1">
+      <w:hyperlink r:id="rId75316967a6c14e636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8603,73 +8603,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8132694bcc7335891" w:history="1">
+      <w:hyperlink r:id="rId62106967a6c14f27f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8744,63 +8744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87350867" name="name5658694bcc7335bfd" descr="eu_funding_250.png"/>
+            <wp:docPr id="93785115" name="name77546967a6c150158" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1270694bcc7335bfc" cstate="print"/>
+                    <a:blip r:embed="rId18056967a6c15014f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8898,137 +8898,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95312631">
+  <w:abstractNum w:abstractNumId="61573937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63818986">
+    <w:lvl w:ilvl="0" w:tplc="72283996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63818986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72283996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95312630">
+  <w:abstractNum w:abstractNumId="61573936">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74195116">
+    <w:lvl w:ilvl="0" w:tplc="98571184">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9780,55 +9780,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95312630">
-    <w:abstractNumId w:val="95312630"/>
+  <w:num w:numId="61573936">
+    <w:abstractNumId w:val="61573936"/>
   </w:num>
-  <w:num w:numId="95312631">
-    <w:abstractNumId w:val="95312631"/>
+  <w:num w:numId="61573937">
+    <w:abstractNumId w:val="61573937"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21378,51 +21378,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId453663587" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352457315" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7515694bcc733113c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId5650694bcc73311a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId1505694bcc733187b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId4321694bcc73347d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId3809694bcc7334a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2567694bcc7334d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8132694bcc7335891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2858694bcc73316f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2858694bcc73316f5.jpg"/><Relationship Id="rId3305694bcc7333874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3305694bcc7333874.jpg"/><Relationship Id="rId1270694bcc7335bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1270694bcc7335bfc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984426528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687685980" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73826967a6c149cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId27426967a6c149d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId34216967a6c14a319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId83626967a6c14dfd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId86156967a6c14e2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId75316967a6c14e636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId62106967a6c14f27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97636967a6c14a226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97636967a6c14a226.jpg"/><Relationship Id="rId54576967a6c14cf37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54576967a6c14cf37.jpg"/><Relationship Id="rId18056967a6c15014f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18056967a6c15014f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>