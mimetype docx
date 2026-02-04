--- v3 (2026-01-14)
+++ v4 (2026-02-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Columbia root-knot nematode (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73826967a6c149cc4" w:history="1">
+            <w:hyperlink r:id="rId10536983a86405395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27426967a6c149d3a" w:history="1">
+            <w:hyperlink r:id="rId14076983a864053fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38895046" name="name75016967a6c14a227" descr="17623.jpg"/>
+                  <wp:docPr id="92843706" name="name85256983a86405a6d" descr="17623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId97636967a6c14a226" cstate="print"/>
+                          <a:blip r:embed="rId67276983a86405a6b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34216967a6c14a319" w:history="1">
+            <w:hyperlink r:id="rId62086983a86405b87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3760,63 +3760,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wider distribution in Europe, than is currently known, remaining undetected, but this is now actively under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43825668" name="name71866967a6c14cf39" descr="MELGCH_distribution_map.jpg"/>
+            <wp:docPr id="91578235" name="name49516983a864080bf" descr="MELGCH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGCH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54576967a6c14cf37" cstate="print"/>
+                    <a:blip r:embed="rId84406983a864080bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5946,51 +5946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best4Soils (2020) A network of practioners, for sharing knowledge on prevention and reduction of soil borne diseases. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83626967a6c14dfd7" w:history="1">
+      <w:hyperlink r:id="rId65466983a864090e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.best4soil.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed at 18.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86156967a6c14e2d0" w:history="1">
+      <w:hyperlink r:id="rId30906983a86409352" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6857,51 +6857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75316967a6c14e636" w:history="1">
+      <w:hyperlink r:id="rId67866983a8640968a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8625,51 +8625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62106967a6c14f27f" w:history="1">
+      <w:hyperlink r:id="rId34266983a8640a1b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8744,63 +8744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93785115" name="name77546967a6c150158" descr="eu_funding_250.png"/>
+            <wp:docPr id="27423900" name="name32446983a8640a53f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18056967a6c15014f" cstate="print"/>
+                    <a:blip r:embed="rId70346983a8640a53d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8898,137 +8898,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61573937">
+  <w:abstractNum w:abstractNumId="69199640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72283996">
+    <w:lvl w:ilvl="0" w:tplc="47384233">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72283996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47384233" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61573936">
+  <w:abstractNum w:abstractNumId="69199639">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98571184">
+    <w:lvl w:ilvl="0" w:tplc="35157386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9780,55 +9780,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61573936">
-    <w:abstractNumId w:val="61573936"/>
+  <w:num w:numId="69199639">
+    <w:abstractNumId w:val="69199639"/>
   </w:num>
-  <w:num w:numId="61573937">
-    <w:abstractNumId w:val="61573937"/>
+  <w:num w:numId="69199640">
+    <w:abstractNumId w:val="69199640"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21378,51 +21378,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984426528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId687685980" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId73826967a6c149cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId27426967a6c149d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId34216967a6c14a319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId83626967a6c14dfd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId86156967a6c14e2d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId75316967a6c14e636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId62106967a6c14f27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97636967a6c14a226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97636967a6c14a226.jpg"/><Relationship Id="rId54576967a6c14cf37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54576967a6c14cf37.jpg"/><Relationship Id="rId18056967a6c15014f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18056967a6c15014f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164998894" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258296242" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10536983a86405395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId14076983a864053fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId62086983a86405b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId65466983a864090e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId30906983a86409352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId67866983a8640968a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId34266983a8640a1b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67276983a86405a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67276983a86405a6b.jpg"/><Relationship Id="rId84406983a864080bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84406983a864080bb.jpg"/><Relationship Id="rId70346983a8640a53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70346983a8640a53d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>