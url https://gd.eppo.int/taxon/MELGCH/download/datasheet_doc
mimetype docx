--- v4 (2026-02-04)
+++ v5 (2026-02-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Columbia root-knot nematode (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10536983a86405395" w:history="1">
+            <w:hyperlink r:id="rId396869a22d7d007e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14076983a864053fe" w:history="1">
+            <w:hyperlink r:id="rId266669a22d7d0084c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92843706" name="name85256983a86405a6d" descr="17623.jpg"/>
+                  <wp:docPr id="18147465" name="name246569a22d7d00e3b" descr="17623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67276983a86405a6b" cstate="print"/>
+                          <a:blip r:embed="rId732069a22d7d00e3a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62086983a86405b87" w:history="1">
+            <w:hyperlink r:id="rId818969a22d7d00f7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3760,63 +3760,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wider distribution in Europe, than is currently known, remaining undetected, but this is now actively under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91578235" name="name49516983a864080bf" descr="MELGCH_distribution_map.jpg"/>
+            <wp:docPr id="15798783" name="name561269a22d7d0314d" descr="MELGCH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGCH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84406983a864080bb" cstate="print"/>
+                    <a:blip r:embed="rId703369a22d7d03149" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5946,51 +5946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best4Soils (2020) A network of practioners, for sharing knowledge on prevention and reduction of soil borne diseases. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65466983a864090e8" w:history="1">
+      <w:hyperlink r:id="rId837069a22d7d04179" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.best4soil.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed at 18.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30906983a86409352" w:history="1">
+      <w:hyperlink r:id="rId709069a22d7d043df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6857,51 +6857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67866983a8640968a" w:history="1">
+      <w:hyperlink r:id="rId193769a22d7d04718" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8625,51 +8625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34266983a8640a1b4" w:history="1">
+      <w:hyperlink r:id="rId653069a22d7d05245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8744,63 +8744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27423900" name="name32446983a8640a53f" descr="eu_funding_250.png"/>
+            <wp:docPr id="98690041" name="name127869a22d7d056c3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70346983a8640a53d" cstate="print"/>
+                    <a:blip r:embed="rId580869a22d7d056c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8898,137 +8898,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69199640">
+  <w:abstractNum w:abstractNumId="57918039">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47384233">
+    <w:lvl w:ilvl="0" w:tplc="35711823">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47384233" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35711823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69199639">
+  <w:abstractNum w:abstractNumId="57918038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35157386">
+    <w:lvl w:ilvl="0" w:tplc="12446624">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9780,55 +9780,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69199639">
-    <w:abstractNumId w:val="69199639"/>
+  <w:num w:numId="57918038">
+    <w:abstractNumId w:val="57918038"/>
   </w:num>
-  <w:num w:numId="69199640">
-    <w:abstractNumId w:val="69199640"/>
+  <w:num w:numId="57918039">
+    <w:abstractNumId w:val="57918039"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21378,51 +21378,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164998894" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId258296242" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10536983a86405395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId14076983a864053fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId62086983a86405b87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId65466983a864090e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId30906983a86409352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId67866983a8640968a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId34266983a8640a1b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId67276983a86405a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67276983a86405a6b.jpg"/><Relationship Id="rId84406983a864080bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84406983a864080bb.jpg"/><Relationship Id="rId70346983a8640a53d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70346983a8640a53d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551883574" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId944246806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId396869a22d7d007e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId266669a22d7d0084c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId818969a22d7d00f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId837069a22d7d04179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId709069a22d7d043df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId193769a22d7d04718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId653069a22d7d05245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId732069a22d7d00e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId732069a22d7d00e3a.jpg"/><Relationship Id="rId703369a22d7d03149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId703369a22d7d03149.jpg"/><Relationship Id="rId580869a22d7d056c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId580869a22d7d056c2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>