--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Nematoda: Chromadorea: Rhabditida: Meloidogynidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Columbia root-knot nematode (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396869a22d7d007e4" w:history="1">
+            <w:hyperlink r:id="rId214769bd80a180174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266669a22d7d0084c" w:history="1">
+            <w:hyperlink r:id="rId469769bd80a1801ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MELGCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18147465" name="name246569a22d7d00e3b" descr="17623.jpg"/>
+                  <wp:docPr id="59982504" name="name844969bd80a1807e7" descr="17623.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17623.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId732069a22d7d00e3a" cstate="print"/>
+                          <a:blip r:embed="rId658369bd80a1807e5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId818969a22d7d00f7d" w:history="1">
+            <w:hyperlink r:id="rId365669bd80a18093b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -3760,63 +3760,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a wider distribution in Europe, than is currently known, remaining undetected, but this is now actively under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15798783" name="name561269a22d7d0314d" descr="MELGCH_distribution_map.jpg"/>
+            <wp:docPr id="79856624" name="name677669bd80a182e26" descr="MELGCH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MELGCH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId703369a22d7d03149" cstate="print"/>
+                    <a:blip r:embed="rId301269bd80a182e23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5946,51 +5946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best4Soils (2020) A network of practioners, for sharing knowledge on prevention and reduction of soil borne diseases. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837069a22d7d04179" w:history="1">
+      <w:hyperlink r:id="rId866269bd80a183e65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.best4soil.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed at 18.12.2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6328,51 +6328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592-597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709069a22d7d043df" w:history="1">
+      <w:hyperlink r:id="rId618169bd80a1840d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6857,51 +6857,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480-481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193769a22d7d04718" w:history="1">
+      <w:hyperlink r:id="rId142569bd80a18441b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8625,51 +8625,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meloidogyne chitwoodi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653069a22d7d05245" w:history="1">
+      <w:hyperlink r:id="rId664469bd80a184fb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8744,63 +8744,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98690041" name="name127869a22d7d056c3" descr="eu_funding_250.png"/>
+            <wp:docPr id="9256621" name="name991769bd80a1850dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId580869a22d7d056c2" cstate="print"/>
+                    <a:blip r:embed="rId154569bd80a1850db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8898,137 +8898,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57918039">
+  <w:abstractNum w:abstractNumId="10902827">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35711823">
+    <w:lvl w:ilvl="0" w:tplc="51730034">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35711823" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51730034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57918038">
+  <w:abstractNum w:abstractNumId="10902826">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12446624">
+    <w:lvl w:ilvl="0" w:tplc="48804951">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9780,55 +9780,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57918038">
-    <w:abstractNumId w:val="57918038"/>
+  <w:num w:numId="10902826">
+    <w:abstractNumId w:val="10902826"/>
   </w:num>
-  <w:num w:numId="57918039">
-    <w:abstractNumId w:val="57918039"/>
+  <w:num w:numId="10902827">
+    <w:abstractNumId w:val="10902827"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21378,51 +21378,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551883574" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId944246806" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId396869a22d7d007e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId266669a22d7d0084c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId818969a22d7d00f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId837069a22d7d04179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId709069a22d7d043df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId193769a22d7d04718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId653069a22d7d05245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId732069a22d7d00e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId732069a22d7d00e3a.jpg"/><Relationship Id="rId703369a22d7d03149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId703369a22d7d03149.jpg"/><Relationship Id="rId580869a22d7d056c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId580869a22d7d056c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId634237561" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId453274992" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId214769bd80a180174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/" TargetMode="External"/><Relationship Id="rId469769bd80a1801ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/categorization" TargetMode="External"/><Relationship Id="rId365669bd80a18093b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MELGCH/photos" TargetMode="External"/><Relationship Id="rId866269bd80a183e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.best4soil.eu/" TargetMode="External"/><Relationship Id="rId618169bd80a1840d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId142569bd80a18441b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId664469bd80a184fb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId658369bd80a1807e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658369bd80a1807e5.jpg"/><Relationship Id="rId301269bd80a182e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301269bd80a182e23.jpg"/><Relationship Id="rId154569bd80a1850db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154569bd80a1850db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>