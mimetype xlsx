--- v0 (2025-10-04)
+++ v1 (2026-02-26)
@@ -182,51 +182,51 @@
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>