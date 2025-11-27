--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MEIAD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Migeon A &amp; Dorkeld F (2022) Spider Mites Web. A comprehensive database for the Tetranychidae. http://www1.montpellier.inra.fr/CBGP/spmweb</t>
@@ -74,50 +74,59 @@
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>ALTHFL</t>
   </si>
   <si>
     <t>Aleurothrixus floccosus</t>
   </si>
   <si>
     <t>AONDOR</t>
   </si>
   <si>
     <t>Aonidiella orientalis</t>
   </si>
   <si>
     <t>* Ensaf SIM, Inaam AE, Manal HE (2016) Outbreak of oriental yellow scale insect, Aonidiella orientalis (Newstead) (Homoptera: Diaspididae), on neem in Sudan. Bulletin OEPP/EPPO Bulletin 16(1), 125-128.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Yadav RS, Painkra GP, Kerketta D, Kumar D, Raghuraman M (2021) First record of Texas citrus mite, Eutetranychus banksi (McGregor) infesting neem (Azadirachta indica A. Juss) from India. Journal of Entomological Research. 2021;45(suppl), 1098-1102.</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Majeed AAS, Srinivasa N, Rajashekharappa K, Chinnamadegowda C, Rakesh HP (2023) Genetic diversity of major polyphagous spider mite species across host plants and spatial distribution. Indian Journal of Entomology 85(4), 882-891.</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>HELOAN</t>
   </si>
   <si>
     <t>Helopeltis antonii</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
   <si>
     <t>* Giménez RA, Etiennot AE (2003) Host range of Platypus mutatus. Entomotropica 18, 89–94.</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
@@ -488,51 +497,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="390.333" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -594,77 +603,77 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>26</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
@@ -690,50 +699,64 @@
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">