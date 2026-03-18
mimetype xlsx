--- v0 (2025-10-04)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MEGTUS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
@@ -204,50 +204,56 @@
     <t>gj</t>
   </si>
   <si>
     <t>Karnataka</t>
   </si>
   <si>
     <t>kt</t>
   </si>
   <si>
     <t>Madhya Pradesh</t>
   </si>
   <si>
     <t>mp</t>
   </si>
   <si>
     <t>Manipur</t>
   </si>
   <si>
     <t>mn</t>
   </si>
   <si>
     <t>Odisha</t>
   </si>
   <si>
     <t>or</t>
+  </si>
+  <si>
+    <t>Punjab</t>
+  </si>
+  <si>
+    <t>pj</t>
   </si>
   <si>
     <t>Tamil Nadu</t>
   </si>
   <si>
     <t>tn</t>
   </si>
   <si>
     <t>Uttarakhand</t>
   </si>
   <si>
     <t>uk</t>
   </si>
   <si>
     <t>Uttar Pradesh</t>
   </si>
   <si>
     <t>up</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>ID</t>
   </si>
@@ -734,51 +740,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F57"/>
+  <dimension ref="A1:F58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1307,165 +1313,169 @@
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>46</v>
       </c>
       <c r="C30" t="s">
         <v>68</v>
       </c>
       <c r="D30" t="s">
         <v>47</v>
       </c>
       <c r="E30" t="s">
         <v>69</v>
       </c>
       <c r="F30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>29</v>
       </c>
       <c r="B31" t="s">
+        <v>46</v>
+      </c>
+      <c r="C31" t="s">
         <v>70</v>
       </c>
-      <c r="C31"/>
       <c r="D31" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" t="s">
         <v>71</v>
       </c>
-      <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>29</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="C32" t="s">
         <v>72</v>
       </c>
+      <c r="C32"/>
       <c r="D32" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="E32" t="s">
         <v>73</v>
       </c>
+      <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>29</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E33" t="s">
         <v>75</v>
       </c>
       <c r="F33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" t="s">
         <v>76</v>
       </c>
-      <c r="C34"/>
       <c r="D34" t="s">
+        <v>73</v>
+      </c>
+      <c r="E34" t="s">
         <v>77</v>
       </c>
-      <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>29</v>
       </c>
       <c r="B35" t="s">
         <v>78</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>29</v>
       </c>
       <c r="B36" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="C36" t="s">
         <v>80</v>
       </c>
+      <c r="C36"/>
       <c r="D36" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="E36" t="s">
         <v>81</v>
       </c>
+      <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>29</v>
       </c>
       <c r="B37" t="s">
+        <v>80</v>
+      </c>
+      <c r="C37" t="s">
         <v>82</v>
       </c>
-      <c r="C37"/>
       <c r="D37" t="s">
+        <v>81</v>
+      </c>
+      <c r="E37" t="s">
         <v>83</v>
       </c>
-      <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38" t="s">
         <v>84</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>85</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>29</v>
       </c>
       <c r="B39" t="s">
@@ -1524,285 +1534,301 @@
         <v>93</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>29</v>
       </c>
       <c r="B43" t="s">
         <v>94</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B45" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="C45" t="s">
         <v>99</v>
       </c>
+      <c r="C45"/>
       <c r="D45" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E45" t="s">
         <v>100</v>
       </c>
+      <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B46" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C46" t="s">
         <v>101</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E46" t="s">
         <v>102</v>
       </c>
       <c r="F46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C47" t="s">
         <v>103</v>
       </c>
       <c r="D47" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E47" t="s">
         <v>104</v>
       </c>
       <c r="F47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B48" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C48" t="s">
         <v>105</v>
       </c>
       <c r="D48" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E48" t="s">
         <v>106</v>
       </c>
       <c r="F48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B49" t="s">
+        <v>99</v>
+      </c>
+      <c r="C49" t="s">
         <v>107</v>
       </c>
-      <c r="C49"/>
       <c r="D49" t="s">
+        <v>100</v>
+      </c>
+      <c r="E49" t="s">
         <v>108</v>
       </c>
-      <c r="E49"/>
       <c r="F49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B50" t="s">
         <v>109</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>110</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B51" t="s">
         <v>111</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>112</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B52" t="s">
         <v>113</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>114</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B53" t="s">
         <v>115</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>116</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B54" t="s">
         <v>117</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>118</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B55" t="s">
         <v>119</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>120</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>121</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>122</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B57" t="s">
         <v>123</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>124</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>98</v>
+      </c>
+      <c r="B58" t="s">
+        <v>125</v>
+      </c>
+      <c r="C58"/>
+      <c r="D58" t="s">
+        <v>126</v>
+      </c>
+      <c r="E58"/>
+      <c r="F58" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>