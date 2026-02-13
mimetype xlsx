--- v0 (2025-10-14)
+++ v1 (2026-02-13)
@@ -452,50 +452,56 @@
     <t>OMOPLE</t>
   </si>
   <si>
     <t>Omophlus lepturoides</t>
   </si>
   <si>
     <t>PGARFU</t>
   </si>
   <si>
     <t>Pagaronia furcata</t>
   </si>
   <si>
     <t>* Nielson MW (1968) The leafhopper vectors of phytopathogenic viruses (Homoptera, Cicadellidae). Taxonomy, biology and virus transmission. Technical Bulletin No. 1392. USDA Agricultural Research Service, 386 pp.
 -------- Biology unkown, poor survival on grape and alfalfa plants.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* El Aalaoui M, Sbaghi M (2022) Life cycle and population growth parameter analysis of the mealybug Phenacoccus solenopsis on three new host plants. Arthropod-Plant Interactions 16(5), 437-448.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Hoover GA, Biddinger DJ (2014) Omnivorous leafroller, Platynota stultana (Lepidoptera: Tortricidae). Penn State Extension Pest Alert. https://ento.psu.edu/files/omnivorous-leafroller/view
 * MacKay MR (1962) Larvae of the North American Tortricinae (Lepidoptera: Tortricidae). Canadian Entomologist Supplement 28, 180 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
@@ -576,56 +582,50 @@
   </si>
   <si>
     <t>* Paradell SL, Virla EG, Logarzo GA, Dellapé G (2012) Proconiini Sharpshooters of Argentina, with notes on its distribution, host plants, and natural enemies. Journal of Insect Science 12, 116. http://www.insectscience.org/12.116</t>
   </si>
   <si>
     <t>THRIAN</t>
   </si>
   <si>
     <t>Thrips angusticeps</t>
   </si>
   <si>
     <t>THRIIM</t>
   </si>
   <si>
     <t>Thrips imaginis</t>
   </si>
   <si>
     <t>TROGGA</t>
   </si>
   <si>
     <t>Trogoderma granarium</t>
   </si>
   <si>
     <t>* Global Invasive Species Database (2025) Species profile: Trogoderma granarium. http://www.iucngisd.org/gisd/species.php?sc=142 (27-02-2025).
 ------- feeding on seed and hay recorded (stored products). Larvae can feed on seeds, but cannot fully develop</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
   <si>
     <t>VERTNO</t>
   </si>
   <si>
     <t>Verticillium nonalfalfae</t>
   </si>
   <si>
     <t xml:space="preserve">* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA </t>
   </si>
   <si>
     <t>XIPHCA</t>
   </si>
   <si>
     <t>Xiphinema californicum</t>
   </si>
   <si>
     <t>* Alkemade JRM, Loof PAA (1990) The genus Xiphinema cobb, 1913 (Nematoda: Longidoridae) in Perú. Revue de Nématologie 13, 339-348.
 * Cho MR, Robbins RT (1991) Morphological variation among 23 Xiphinema americanum populations. Journal of Nematology 23, 134-144.</t>
   </si>
   <si>
     <t>XIPHRI</t>
   </si>
   <si>
     <t>Xiphinema rivesi</t>
@@ -1760,227 +1760,227 @@
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
         <v>130</v>
       </c>
       <c r="C48" t="s">
         <v>131</v>
       </c>
       <c r="D48" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
         <v>133</v>
       </c>
       <c r="C49" t="s">
         <v>134</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
+        <v>135</v>
+      </c>
+      <c r="C50" t="s">
         <v>136</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" t="s">
         <v>139</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
+        <v>141</v>
+      </c>
+      <c r="C52" t="s">
         <v>142</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
+        <v>144</v>
+      </c>
+      <c r="C53" t="s">
         <v>145</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
+        <v>147</v>
+      </c>
+      <c r="C54" t="s">
         <v>148</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" t="s">
         <v>151</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>152</v>
       </c>
-      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
         <v>153</v>
       </c>
       <c r="C56" t="s">
         <v>154</v>
       </c>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
+        <v>155</v>
+      </c>
+      <c r="C57" t="s">
         <v>156</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
+        <v>158</v>
+      </c>
+      <c r="C58" t="s">
         <v>159</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
+        <v>161</v>
+      </c>
+      <c r="C59" t="s">
         <v>162</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>163</v>
       </c>
-      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
         <v>164</v>
       </c>
       <c r="C60" t="s">
         <v>165</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
         <v>166</v>
       </c>
       <c r="C61" t="s">
         <v>167</v>
       </c>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
+        <v>168</v>
+      </c>
+      <c r="C62" t="s">
         <v>169</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>170</v>
       </c>
-      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
         <v>171</v>
       </c>
       <c r="C63" t="s">
         <v>172</v>
       </c>
       <c r="D63" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
         <v>174</v>
       </c>
       <c r="C64" t="s">
         <v>175</v>
       </c>