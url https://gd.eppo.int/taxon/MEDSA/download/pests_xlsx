--- v1 (2026-02-13)
+++ v2 (2026-03-10)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MEDSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------no information on life cycle</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CUEROC</t>
   </si>
   <si>
     <t>Cuerna occidentalis</t>
   </si>
   <si>
     <t>* Nielson MW (1968) The leafhopper vectors of phytopathogenic viruses (Homoptera, Cicadellidae): taxonomy, biology, and virus transmission. United States Department of Agriculture, Agricultural Research Service. Technical Bulletin 1382. 384 pp.</t>
   </si>
   <si>
     <t>FRISFR</t>
   </si>
   <si>
     <t>Friscanus friscanus</t>
   </si>
   <si>
     <t>* Severin HHP (1949) Transmission of the virus of Pierce’s disease of grapevines by leafhoppers. Hilgardia 19(6), 190-206. 
 ------- in experiments, poor feeding host for adults.</t>
   </si>
   <si>
     <t>Host</t>
@@ -450,56 +463,50 @@
   </si>
   <si>
     <t>OMOPLE</t>
   </si>
   <si>
     <t>Omophlus lepturoides</t>
   </si>
   <si>
     <t>PGARFU</t>
   </si>
   <si>
     <t>Pagaronia furcata</t>
   </si>
   <si>
     <t>* Nielson MW (1968) The leafhopper vectors of phytopathogenic viruses (Homoptera, Cicadellidae). Taxonomy, biology and virus transmission. Technical Bulletin No. 1392. USDA Agricultural Research Service, 386 pp.
 -------- Biology unkown, poor survival on grape and alfalfa plants.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* El Aalaoui M, Sbaghi M (2022) Life cycle and population growth parameter analysis of the mealybug Phenacoccus solenopsis on three new host plants. Arthropod-Plant Interactions 16(5), 437-448.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Hoover GA, Biddinger DJ (2014) Omnivorous leafroller, Platynota stultana (Lepidoptera: Tortricidae). Penn State Extension Pest Alert. https://ento.psu.edu/files/omnivorous-leafroller/view
 * MacKay MR (1962) Larvae of the North American Tortricinae (Lepidoptera: Tortricidae). Canadian Entomologist Supplement 28, 180 pp.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
@@ -1100,1128 +1107,1130 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>88</v>
+      </c>
+      <c r="D31" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D36"/>
+        <v>102</v>
+      </c>
+      <c r="D36" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D42"/>
+        <v>117</v>
+      </c>
+      <c r="D42" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C45" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>125</v>
+      </c>
+      <c r="D45" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D49"/>
+        <v>135</v>
+      </c>
+      <c r="D49" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D50" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D51" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D52" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D53" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C55" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D55" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D57" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C58" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D58" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B59" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C59" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D59" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B60" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B61" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C61" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B62" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C62" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D62" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B63" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C63" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D63" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C64" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D64" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B65" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C65" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D65" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B66" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C66" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D66" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C67" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D67" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B68" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C68" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D68" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B69" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C69" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B70" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C70" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B71" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C71" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D71" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B72" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C72" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B73" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C73" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D73" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B74" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C74" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B75" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C75" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D75" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B76" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C76" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D76" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B77" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C77" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D77" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B78" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C78" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D78" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B79" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C79" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B80" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C80" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D80" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">