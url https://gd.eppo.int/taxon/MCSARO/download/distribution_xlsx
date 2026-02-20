--- v0 (2025-10-20)
+++ v1 (2026-02-20)
@@ -284,51 +284,51 @@
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>