--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -506,51 +506,51 @@
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>