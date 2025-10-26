--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540168e0959d6149f" w:history="1">
+            <w:hyperlink r:id="rId968668fd82b2a6ab4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221668e0959d61507" w:history="1">
+            <w:hyperlink r:id="rId606968fd82b2a6b1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78728832" name="name202068e0959d61c28" descr="2236.jpg"/>
+                  <wp:docPr id="85978391" name="name148568fd82b2a72b6" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId258868e0959d61c26" cstate="print"/>
+                          <a:blip r:embed="rId838168fd82b2a72b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId696368e0959d61d5f" w:history="1">
+            <w:hyperlink r:id="rId470568fd82b2a73f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68567122" name="name220668e0959d62b30" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="45966470" name="name845368fd82b2a8361" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId635368e0959d62b2e" cstate="print"/>
+                    <a:blip r:embed="rId523768fd82b2a835f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId667768e0959d63de1" w:history="1">
+      <w:hyperlink r:id="rId121568fd82b2a9539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285468e0959d64328" w:history="1">
+      <w:hyperlink r:id="rId335968fd82b2a9a89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712268e0959d64367" w:history="1">
+      <w:hyperlink r:id="rId814568fd82b2a9abf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219668e0959d643aa" w:history="1">
+      <w:hyperlink r:id="rId935668fd82b2a9afe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437168e0959d6485f" w:history="1">
+      <w:hyperlink r:id="rId499368fd82b2a9fd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819968e0959d648bd" w:history="1">
+      <w:hyperlink r:id="rId278768fd82b2aa030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135668e0959d649ac" w:history="1">
+      <w:hyperlink r:id="rId723468fd82b2aa10c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798868e0959d64a0c" w:history="1">
+      <w:hyperlink r:id="rId535068fd82b2aa16b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666868e0959d64be0" w:history="1">
+      <w:hyperlink r:id="rId465868fd82b2aa33f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102568e0959d64cb5" w:history="1">
+      <w:hyperlink r:id="rId921468fd82b2aa412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911568e0959d64e27" w:history="1">
+      <w:hyperlink r:id="rId319068fd82b2aa591" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461768e0959d64e59" w:history="1">
+      <w:hyperlink r:id="rId302468fd82b2aa5c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId844568e0959d64e97" w:history="1">
+      <w:hyperlink r:id="rId932468fd82b2aa602" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152668e0959d64f31" w:history="1">
+      <w:hyperlink r:id="rId285568fd82b2aa693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510968e0959d65038" w:history="1">
+      <w:hyperlink r:id="rId869468fd82b2aa799" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580768e0959d650f9" w:history="1">
+      <w:hyperlink r:id="rId978768fd82b2aa85a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14379877">
+  <w:abstractNum w:abstractNumId="48668438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65986118">
+    <w:lvl w:ilvl="0" w:tplc="63480085">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65986118" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63480085" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14379876">
+  <w:abstractNum w:abstractNumId="48668437">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58253052">
+    <w:lvl w:ilvl="0" w:tplc="40258486">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14379876">
-    <w:abstractNumId w:val="14379876"/>
+  <w:num w:numId="48668437">
+    <w:abstractNumId w:val="48668437"/>
   </w:num>
-  <w:num w:numId="14379877">
-    <w:abstractNumId w:val="14379877"/>
+  <w:num w:numId="48668438">
+    <w:abstractNumId w:val="48668438"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId541939176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId455929292" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540168e0959d6149f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId221668e0959d61507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId696368e0959d61d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId667768e0959d63de1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId285468e0959d64328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId712268e0959d64367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId219668e0959d643aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId437168e0959d6485f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId819968e0959d648bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId135668e0959d649ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId798868e0959d64a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId666868e0959d64be0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId102568e0959d64cb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId911568e0959d64e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId461768e0959d64e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId844568e0959d64e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId152668e0959d64f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId510968e0959d65038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId580768e0959d650f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId258868e0959d61c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId258868e0959d61c26.jpg"/><Relationship Id="rId635368e0959d62b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635368e0959d62b2e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId372661000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138463223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId968668fd82b2a6ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId606968fd82b2a6b1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId470568fd82b2a73f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId121568fd82b2a9539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId335968fd82b2a9a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId814568fd82b2a9abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId935668fd82b2a9afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId499368fd82b2a9fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId278768fd82b2aa030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId723468fd82b2aa10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId535068fd82b2aa16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId465868fd82b2aa33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId921468fd82b2aa412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId319068fd82b2aa591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId302468fd82b2aa5c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId932468fd82b2aa602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId285568fd82b2aa693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId869468fd82b2aa799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId978768fd82b2aa85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId838168fd82b2a72b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838168fd82b2a72b4.jpg"/><Relationship Id="rId523768fd82b2a835f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId523768fd82b2a835f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>