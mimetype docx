--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId968668fd82b2a6ab4" w:history="1">
+            <w:hyperlink r:id="rId63346919fef6d0277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606968fd82b2a6b1c" w:history="1">
+            <w:hyperlink r:id="rId39376919fef6d0417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85978391" name="name148568fd82b2a72b6" descr="2236.jpg"/>
+                  <wp:docPr id="73632939" name="name41646919fef6d0df0" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId838168fd82b2a72b4" cstate="print"/>
+                          <a:blip r:embed="rId80546919fef6d0ded" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId470568fd82b2a73f2" w:history="1">
+            <w:hyperlink r:id="rId13086919fef6d0f6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45966470" name="name845368fd82b2a8361" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="5900290" name="name54246919fef6d1ff0" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId523768fd82b2a835f" cstate="print"/>
+                    <a:blip r:embed="rId49936919fef6d1fec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId121568fd82b2a9539" w:history="1">
+      <w:hyperlink r:id="rId14606919fef6d41d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335968fd82b2a9a89" w:history="1">
+      <w:hyperlink r:id="rId28696919fef6d4731" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814568fd82b2a9abf" w:history="1">
+      <w:hyperlink r:id="rId46096919fef6d4767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId935668fd82b2a9afe" w:history="1">
+      <w:hyperlink r:id="rId94076919fef6d47a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499368fd82b2a9fd1" w:history="1">
+      <w:hyperlink r:id="rId38706919fef6d4c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278768fd82b2aa030" w:history="1">
+      <w:hyperlink r:id="rId75466919fef6d4cec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723468fd82b2aa10c" w:history="1">
+      <w:hyperlink r:id="rId36046919fef6d4dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535068fd82b2aa16b" w:history="1">
+      <w:hyperlink r:id="rId58726919fef6d4e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465868fd82b2aa33f" w:history="1">
+      <w:hyperlink r:id="rId47846919fef6d503a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921468fd82b2aa412" w:history="1">
+      <w:hyperlink r:id="rId51366919fef6d5111" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319068fd82b2aa591" w:history="1">
+      <w:hyperlink r:id="rId48266919fef6d5286" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302468fd82b2aa5c4" w:history="1">
+      <w:hyperlink r:id="rId27706919fef6d52b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932468fd82b2aa602" w:history="1">
+      <w:hyperlink r:id="rId50346919fef6d52f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285568fd82b2aa693" w:history="1">
+      <w:hyperlink r:id="rId87566919fef6d5387" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869468fd82b2aa799" w:history="1">
+      <w:hyperlink r:id="rId96336919fef6d549a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978768fd82b2aa85a" w:history="1">
+      <w:hyperlink r:id="rId85366919fef6d555d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48668438">
+  <w:abstractNum w:abstractNumId="99080225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63480085">
+    <w:lvl w:ilvl="0" w:tplc="51264909">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63480085" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51264909" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48668437">
+  <w:abstractNum w:abstractNumId="99080224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40258486">
+    <w:lvl w:ilvl="0" w:tplc="16502228">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48668437">
-    <w:abstractNumId w:val="48668437"/>
+  <w:num w:numId="99080224">
+    <w:abstractNumId w:val="99080224"/>
   </w:num>
-  <w:num w:numId="48668438">
-    <w:abstractNumId w:val="48668438"/>
+  <w:num w:numId="99080225">
+    <w:abstractNumId w:val="99080225"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId372661000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId138463223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId968668fd82b2a6ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId606968fd82b2a6b1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId470568fd82b2a73f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId121568fd82b2a9539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId335968fd82b2a9a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId814568fd82b2a9abf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId935668fd82b2a9afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId499368fd82b2a9fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId278768fd82b2aa030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId723468fd82b2aa10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId535068fd82b2aa16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId465868fd82b2aa33f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId921468fd82b2aa412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId319068fd82b2aa591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId302468fd82b2aa5c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId932468fd82b2aa602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId285568fd82b2aa693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId869468fd82b2aa799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId978768fd82b2aa85a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId838168fd82b2a72b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838168fd82b2a72b4.jpg"/><Relationship Id="rId523768fd82b2a835f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId523768fd82b2a835f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId584574357" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId737606647" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63346919fef6d0277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId39376919fef6d0417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId13086919fef6d0f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId14606919fef6d41d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId28696919fef6d4731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId46096919fef6d4767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId94076919fef6d47a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId38706919fef6d4c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId75466919fef6d4cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId36046919fef6d4dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId58726919fef6d4e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId47846919fef6d503a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId51366919fef6d5111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId48266919fef6d5286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId27706919fef6d52b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId50346919fef6d52f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId87566919fef6d5387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId96336919fef6d549a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85366919fef6d555d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId80546919fef6d0ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80546919fef6d0ded.jpg"/><Relationship Id="rId49936919fef6d1fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49936919fef6d1fec.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>