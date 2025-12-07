--- v2 (2025-11-16)
+++ v3 (2025-12-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63346919fef6d0277" w:history="1">
+            <w:hyperlink r:id="rId80386935699ac56cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39376919fef6d0417" w:history="1">
+            <w:hyperlink r:id="rId84996935699ac5739" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73632939" name="name41646919fef6d0df0" descr="2236.jpg"/>
+                  <wp:docPr id="93862291" name="name40556935699ac6042" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80546919fef6d0ded" cstate="print"/>
+                          <a:blip r:embed="rId81936935699ac6040" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId13086919fef6d0f6b" w:history="1">
+            <w:hyperlink r:id="rId55046935699ac6158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5900290" name="name54246919fef6d1ff0" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="40383083" name="name47376935699ac700a" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49936919fef6d1fec" cstate="print"/>
+                    <a:blip r:embed="rId33146935699ac7007" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14606919fef6d41d7" w:history="1">
+      <w:hyperlink r:id="rId39226935699ac8213" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28696919fef6d4731" w:history="1">
+      <w:hyperlink r:id="rId32316935699ac877c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46096919fef6d4767" w:history="1">
+      <w:hyperlink r:id="rId52636935699ac87b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94076919fef6d47a7" w:history="1">
+      <w:hyperlink r:id="rId49116935699ac87f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38706919fef6d4c8c" w:history="1">
+      <w:hyperlink r:id="rId17926935699ac8ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75466919fef6d4cec" w:history="1">
+      <w:hyperlink r:id="rId10536935699ac8cff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36046919fef6d4dda" w:history="1">
+      <w:hyperlink r:id="rId56176935699ac8dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58726919fef6d4e5e" w:history="1">
+      <w:hyperlink r:id="rId32806935699ac8e38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47846919fef6d503a" w:history="1">
+      <w:hyperlink r:id="rId46946935699ac900a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51366919fef6d5111" w:history="1">
+      <w:hyperlink r:id="rId82886935699ac90e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48266919fef6d5286" w:history="1">
+      <w:hyperlink r:id="rId39356935699ac925d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27706919fef6d52b9" w:history="1">
+      <w:hyperlink r:id="rId77326935699ac92a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50346919fef6d52f8" w:history="1">
+      <w:hyperlink r:id="rId92286935699ac92e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87566919fef6d5387" w:history="1">
+      <w:hyperlink r:id="rId80136935699ac9375" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96336919fef6d549a" w:history="1">
+      <w:hyperlink r:id="rId86686935699ac9478" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85366919fef6d555d" w:history="1">
+      <w:hyperlink r:id="rId63366935699ac953a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99080225">
+  <w:abstractNum w:abstractNumId="57415934">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51264909">
+    <w:lvl w:ilvl="0" w:tplc="19477531">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51264909" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19477531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99080224">
+  <w:abstractNum w:abstractNumId="57415933">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16502228">
+    <w:lvl w:ilvl="0" w:tplc="94105361">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99080224">
-    <w:abstractNumId w:val="99080224"/>
+  <w:num w:numId="57415933">
+    <w:abstractNumId w:val="57415933"/>
   </w:num>
-  <w:num w:numId="99080225">
-    <w:abstractNumId w:val="99080225"/>
+  <w:num w:numId="57415934">
+    <w:abstractNumId w:val="57415934"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId584574357" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId737606647" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63346919fef6d0277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId39376919fef6d0417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId13086919fef6d0f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId14606919fef6d41d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId28696919fef6d4731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId46096919fef6d4767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId94076919fef6d47a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId38706919fef6d4c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId75466919fef6d4cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId36046919fef6d4dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId58726919fef6d4e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId47846919fef6d503a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId51366919fef6d5111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId48266919fef6d5286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId27706919fef6d52b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId50346919fef6d52f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId87566919fef6d5387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId96336919fef6d549a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85366919fef6d555d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId80546919fef6d0ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80546919fef6d0ded.jpg"/><Relationship Id="rId49936919fef6d1fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49936919fef6d1fec.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId808901466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581723840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80386935699ac56cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId84996935699ac5739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId55046935699ac6158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId39226935699ac8213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId32316935699ac877c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId52636935699ac87b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId49116935699ac87f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId17926935699ac8ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId10536935699ac8cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId56176935699ac8dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId32806935699ac8e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId46946935699ac900a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId82886935699ac90e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId39356935699ac925d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId77326935699ac92a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId92286935699ac92e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId80136935699ac9375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId86686935699ac9478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63366935699ac953a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId81936935699ac6040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81936935699ac6040.jpg"/><Relationship Id="rId33146935699ac7007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33146935699ac7007.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>