--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80386935699ac56cf" w:history="1">
+            <w:hyperlink r:id="rId59036950b172d151d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84996935699ac5739" w:history="1">
+            <w:hyperlink r:id="rId74206950b172d1593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93862291" name="name40556935699ac6042" descr="2236.jpg"/>
+                  <wp:docPr id="95403109" name="name98896950b172d1bb5" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81936935699ac6040" cstate="print"/>
+                          <a:blip r:embed="rId41106950b172d1bb3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId55046935699ac6158" w:history="1">
+            <w:hyperlink r:id="rId24096950b172d1ce8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40383083" name="name47376935699ac700a" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="19083736" name="name39026950b172d29d0" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33146935699ac7007" cstate="print"/>
+                    <a:blip r:embed="rId75206950b172d29ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId39226935699ac8213" w:history="1">
+      <w:hyperlink r:id="rId57146950b172d3e57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32316935699ac877c" w:history="1">
+      <w:hyperlink r:id="rId13556950b172d4572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52636935699ac87b2" w:history="1">
+      <w:hyperlink r:id="rId73256950b172d45aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49116935699ac87f1" w:history="1">
+      <w:hyperlink r:id="rId46606950b172d45ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17926935699ac8ca1" w:history="1">
+      <w:hyperlink r:id="rId78486950b172d4aae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10536935699ac8cff" w:history="1">
+      <w:hyperlink r:id="rId77256950b172d4b0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56176935699ac8dda" w:history="1">
+      <w:hyperlink r:id="rId46486950b172d4be9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32806935699ac8e38" w:history="1">
+      <w:hyperlink r:id="rId97416950b172d4c47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46946935699ac900a" w:history="1">
+      <w:hyperlink r:id="rId92066950b172d4e45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82886935699ac90e9" w:history="1">
+      <w:hyperlink r:id="rId88126950b172d4f21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39356935699ac925d" w:history="1">
+      <w:hyperlink r:id="rId81856950b172d5097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77326935699ac92a0" w:history="1">
+      <w:hyperlink r:id="rId68916950b172d50ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92286935699ac92e2" w:history="1">
+      <w:hyperlink r:id="rId96026950b172d5109" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80136935699ac9375" w:history="1">
+      <w:hyperlink r:id="rId40716950b172d5199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86686935699ac9478" w:history="1">
+      <w:hyperlink r:id="rId71466950b172d529f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63366935699ac953a" w:history="1">
+      <w:hyperlink r:id="rId61076950b172d5361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57415934">
+  <w:abstractNum w:abstractNumId="52526576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19477531">
+    <w:lvl w:ilvl="0" w:tplc="27278516">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19477531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27278516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57415933">
+  <w:abstractNum w:abstractNumId="52526575">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94105361">
+    <w:lvl w:ilvl="0" w:tplc="79777114">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57415933">
-    <w:abstractNumId w:val="57415933"/>
+  <w:num w:numId="52526575">
+    <w:abstractNumId w:val="52526575"/>
   </w:num>
-  <w:num w:numId="57415934">
-    <w:abstractNumId w:val="57415934"/>
+  <w:num w:numId="52526576">
+    <w:abstractNumId w:val="52526576"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId808901466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581723840" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80386935699ac56cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId84996935699ac5739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId55046935699ac6158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId39226935699ac8213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId32316935699ac877c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId52636935699ac87b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId49116935699ac87f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId17926935699ac8ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId10536935699ac8cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId56176935699ac8dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId32806935699ac8e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId46946935699ac900a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId82886935699ac90e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId39356935699ac925d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId77326935699ac92a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId92286935699ac92e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId80136935699ac9375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId86686935699ac9478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId63366935699ac953a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId81936935699ac6040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81936935699ac6040.jpg"/><Relationship Id="rId33146935699ac7007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33146935699ac7007.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId310370100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591215962" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59036950b172d151d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId74206950b172d1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId24096950b172d1ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId57146950b172d3e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId13556950b172d4572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId73256950b172d45aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId46606950b172d45ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId78486950b172d4aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId77256950b172d4b0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId46486950b172d4be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId97416950b172d4c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId92066950b172d4e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId88126950b172d4f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId81856950b172d5097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId68916950b172d50ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId96026950b172d5109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId40716950b172d5199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId71466950b172d529f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61076950b172d5361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId41106950b172d1bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41106950b172d1bb3.jpg"/><Relationship Id="rId75206950b172d29ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75206950b172d29ce.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>