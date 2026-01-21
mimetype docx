--- v4 (2025-12-28)
+++ v5 (2026-01-21)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59036950b172d151d" w:history="1">
+            <w:hyperlink r:id="rId151869709fcc6e93c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74206950b172d1593" w:history="1">
+            <w:hyperlink r:id="rId128069709fcc6e9a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95403109" name="name98896950b172d1bb5" descr="2236.jpg"/>
+                  <wp:docPr id="90842156" name="name350869709fcc6ea6d" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41106950b172d1bb3" cstate="print"/>
+                          <a:blip r:embed="rId197769709fcc6ea6c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId24096950b172d1ce8" w:history="1">
+            <w:hyperlink r:id="rId684769709fcc6eba1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19083736" name="name39026950b172d29d0" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="76021542" name="name647269709fcc6fa6f" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75206950b172d29ce" cstate="print"/>
+                    <a:blip r:embed="rId912969709fcc6fa6d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId57146950b172d3e57" w:history="1">
+      <w:hyperlink r:id="rId546769709fcc70e71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13556950b172d4572" w:history="1">
+      <w:hyperlink r:id="rId349669709fcc713cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73256950b172d45aa" w:history="1">
+      <w:hyperlink r:id="rId909769709fcc71406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46606950b172d45ec" w:history="1">
+      <w:hyperlink r:id="rId265569709fcc71459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78486950b172d4aae" w:history="1">
+      <w:hyperlink r:id="rId373469709fcc7193d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77256950b172d4b0e" w:history="1">
+      <w:hyperlink r:id="rId638169709fcc7199d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46486950b172d4be9" w:history="1">
+      <w:hyperlink r:id="rId685969709fcc71a78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97416950b172d4c47" w:history="1">
+      <w:hyperlink r:id="rId301769709fcc71ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92066950b172d4e45" w:history="1">
+      <w:hyperlink r:id="rId586269709fcc71cae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88126950b172d4f21" w:history="1">
+      <w:hyperlink r:id="rId658069709fcc71d85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81856950b172d5097" w:history="1">
+      <w:hyperlink r:id="rId484869709fcc71ef9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68916950b172d50ca" w:history="1">
+      <w:hyperlink r:id="rId392969709fcc71f2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96026950b172d5109" w:history="1">
+      <w:hyperlink r:id="rId925569709fcc71f6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40716950b172d5199" w:history="1">
+      <w:hyperlink r:id="rId742469709fcc71ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6090,73 +6090,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71466950b172d529f" w:history="1">
+      <w:hyperlink r:id="rId635969709fcc720fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61076950b172d5361" w:history="1">
+      <w:hyperlink r:id="rId602569709fcc721ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52526576">
+  <w:abstractNum w:abstractNumId="58010548">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27278516">
+    <w:lvl w:ilvl="0" w:tplc="76629380">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27278516" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76629380" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52526575">
+  <w:abstractNum w:abstractNumId="58010547">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79777114">
+    <w:lvl w:ilvl="0" w:tplc="37093171">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52526575">
-    <w:abstractNumId w:val="52526575"/>
+  <w:num w:numId="58010547">
+    <w:abstractNumId w:val="58010547"/>
   </w:num>
-  <w:num w:numId="52526576">
-    <w:abstractNumId w:val="52526576"/>
+  <w:num w:numId="58010548">
+    <w:abstractNumId w:val="58010548"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId310370100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591215962" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59036950b172d151d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId74206950b172d1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId24096950b172d1ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId57146950b172d3e57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId13556950b172d4572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId73256950b172d45aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId46606950b172d45ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId78486950b172d4aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId77256950b172d4b0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId46486950b172d4be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId97416950b172d4c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId92066950b172d4e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId88126950b172d4f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId81856950b172d5097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId68916950b172d50ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId96026950b172d5109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId40716950b172d5199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId71466950b172d529f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61076950b172d5361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId41106950b172d1bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41106950b172d1bb3.jpg"/><Relationship Id="rId75206950b172d29ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75206950b172d29ce.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915790018" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId759918554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151869709fcc6e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId128069709fcc6e9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId684769709fcc6eba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId546769709fcc70e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId349669709fcc713cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId909769709fcc71406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId265569709fcc71459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId373469709fcc7193d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId638169709fcc7199d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId685969709fcc71a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId301769709fcc71ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId586269709fcc71cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId658069709fcc71d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId484869709fcc71ef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId392969709fcc71f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId925569709fcc71f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId742469709fcc71ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId635969709fcc720fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId602569709fcc721ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId197769709fcc6ea6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197769709fcc6ea6c.jpg"/><Relationship Id="rId912969709fcc6fa6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912969709fcc6fa6d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>