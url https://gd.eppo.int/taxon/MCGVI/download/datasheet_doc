--- v5 (2026-01-21)
+++ v6 (2026-02-11)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151869709fcc6e93c" w:history="1">
+            <w:hyperlink r:id="rId4505698c0a581126d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128069709fcc6e9a5" w:history="1">
+            <w:hyperlink r:id="rId2093698c0a58112d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90842156" name="name350869709fcc6ea6d" descr="2236.jpg"/>
+                  <wp:docPr id="86846518" name="name7955698c0a581163c" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId197769709fcc6ea6c" cstate="print"/>
+                          <a:blip r:embed="rId1980698c0a581163a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId684769709fcc6eba1" w:history="1">
+            <w:hyperlink r:id="rId5529698c0a5811736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,105 +694,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76021542" name="name647269709fcc6fa6f" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="80550298" name="name7021698c0a581259f" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId912969709fcc6fa6d" cstate="print"/>
+                    <a:blip r:embed="rId1368698c0a581259d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Azerbaijan, Georgia, Russian Federation (the) (Southern Russia), Türkiye</w:t>
+        <w:t xml:space="preserve"> Azerbaijan, Georgia, Russian Federation (Southern Russia), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bhutan, China (Anhui, Fujian, Guangdong, Guangxi, Guizhou, Hebei, Henan, Hubei, Hunan, Jiangsu, Jiangxi, Jilin, Shaanxi, Shanxi, Sichuan, Yunnan, Zhejiang), India (Himachal Pradesh, Meghalaya, Nagaland, Sikkim, Uttarakhand, West Bengal), Iran, Islamic Republic of, Japan (Hokkaido, Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Myanmar, Nepal, Philippines, Taiwan, Thailand, Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId546769709fcc70e71" w:history="1">
+      <w:hyperlink r:id="rId8275698c0a5813786" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349669709fcc713cf" w:history="1">
+      <w:hyperlink r:id="rId4905698c0a5813cf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909769709fcc71406" w:history="1">
+      <w:hyperlink r:id="rId3822698c0a5813d28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265569709fcc71459" w:history="1">
+      <w:hyperlink r:id="rId4742698c0a5813d68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373469709fcc7193d" w:history="1">
+      <w:hyperlink r:id="rId3934698c0a5814229" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638169709fcc7199d" w:history="1">
+      <w:hyperlink r:id="rId7728698c0a5814288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685969709fcc71a78" w:history="1">
+      <w:hyperlink r:id="rId1954698c0a5814363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId301769709fcc71ad7" w:history="1">
+      <w:hyperlink r:id="rId7754698c0a58143c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586269709fcc71cae" w:history="1">
+      <w:hyperlink r:id="rId5953698c0a58145a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658069709fcc71d85" w:history="1">
+      <w:hyperlink r:id="rId9330698c0a581468b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484869709fcc71ef9" w:history="1">
+      <w:hyperlink r:id="rId4064698c0a5814815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392969709fcc71f2c" w:history="1">
+      <w:hyperlink r:id="rId3964698c0a581484a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925569709fcc71f6b" w:history="1">
+      <w:hyperlink r:id="rId4530698c0a581488a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId742469709fcc71ffb" w:history="1">
+      <w:hyperlink r:id="rId8032698c0a581491d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635969709fcc720fd" w:history="1">
+      <w:hyperlink r:id="rId1531698c0a5814a22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602569709fcc721ca" w:history="1">
+      <w:hyperlink r:id="rId5923698c0a5814ae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58010548">
+  <w:abstractNum w:abstractNumId="85355960">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76629380">
+    <w:lvl w:ilvl="0" w:tplc="67922403">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76629380" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67922403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58010547">
+  <w:abstractNum w:abstractNumId="85355959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37093171">
+    <w:lvl w:ilvl="0" w:tplc="26188511">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58010547">
-    <w:abstractNumId w:val="58010547"/>
+  <w:num w:numId="85355959">
+    <w:abstractNumId w:val="85355959"/>
   </w:num>
-  <w:num w:numId="58010548">
-    <w:abstractNumId w:val="58010548"/>
+  <w:num w:numId="85355960">
+    <w:abstractNumId w:val="85355960"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915790018" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId759918554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId151869709fcc6e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId128069709fcc6e9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId684769709fcc6eba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId546769709fcc70e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId349669709fcc713cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId909769709fcc71406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId265569709fcc71459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId373469709fcc7193d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId638169709fcc7199d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId685969709fcc71a78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId301769709fcc71ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId586269709fcc71cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId658069709fcc71d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId484869709fcc71ef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId392969709fcc71f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId925569709fcc71f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId742469709fcc71ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId635969709fcc720fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId602569709fcc721ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId197769709fcc6ea6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197769709fcc6ea6c.jpg"/><Relationship Id="rId912969709fcc6fa6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912969709fcc6fa6d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101383676" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId973486170" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4505698c0a581126d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId2093698c0a58112d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId5529698c0a5811736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId8275698c0a5813786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId4905698c0a5813cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3822698c0a5813d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId4742698c0a5813d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId3934698c0a5814229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId7728698c0a5814288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId1954698c0a5814363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId7754698c0a58143c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId5953698c0a58145a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId9330698c0a581468b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId4064698c0a5814815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId3964698c0a581484a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId4530698c0a581488a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId8032698c0a581491d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId1531698c0a5814a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5923698c0a5814ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId1980698c0a581163a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1980698c0a581163a.jpg"/><Relationship Id="rId1368698c0a581259d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1368698c0a581259d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>