--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4505698c0a581126d" w:history="1">
+            <w:hyperlink r:id="rId349169a76f0889eca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2093698c0a58112d6" w:history="1">
+            <w:hyperlink r:id="rId712269a76f0889f3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86846518" name="name7955698c0a581163c" descr="2236.jpg"/>
+                  <wp:docPr id="97909148" name="name348969a76f088a6b6" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1980698c0a581163a" cstate="print"/>
+                          <a:blip r:embed="rId183469a76f088a6b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5529698c0a5811736" w:history="1">
+            <w:hyperlink r:id="rId826669a76f088a81a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80550298" name="name7021698c0a581259f" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="72391363" name="name615769a76f088b678" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1368698c0a581259d" cstate="print"/>
+                    <a:blip r:embed="rId406969a76f088b675" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8275698c0a5813786" w:history="1">
+      <w:hyperlink r:id="rId690469a76f088c8bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4905698c0a5813cf3" w:history="1">
+      <w:hyperlink r:id="rId387469a76f088ce42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3822698c0a5813d28" w:history="1">
+      <w:hyperlink r:id="rId384069a76f088ce79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4742698c0a5813d68" w:history="1">
+      <w:hyperlink r:id="rId653969a76f088ceb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3934698c0a5814229" w:history="1">
+      <w:hyperlink r:id="rId465969a76f088d376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7728698c0a5814288" w:history="1">
+      <w:hyperlink r:id="rId645669a76f088d3d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1954698c0a5814363" w:history="1">
+      <w:hyperlink r:id="rId469169a76f088d4ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7754698c0a58143c1" w:history="1">
+      <w:hyperlink r:id="rId904569a76f088d50c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5953698c0a58145a4" w:history="1">
+      <w:hyperlink r:id="rId813169a76f088d6e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9330698c0a581468b" w:history="1">
+      <w:hyperlink r:id="rId885669a76f088d7b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4064698c0a5814815" w:history="1">
+      <w:hyperlink r:id="rId778069a76f088d94d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3964698c0a581484a" w:history="1">
+      <w:hyperlink r:id="rId493569a76f088d995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4530698c0a581488a" w:history="1">
+      <w:hyperlink r:id="rId505469a76f088d9d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8032698c0a581491d" w:history="1">
+      <w:hyperlink r:id="rId148069a76f088da6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1531698c0a5814a22" w:history="1">
+      <w:hyperlink r:id="rId580569a76f088db6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5923698c0a5814ae4" w:history="1">
+      <w:hyperlink r:id="rId592569a76f088dc32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85355960">
+  <w:abstractNum w:abstractNumId="71194557">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67922403">
+    <w:lvl w:ilvl="0" w:tplc="27468535">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67922403" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27468535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85355959">
+  <w:abstractNum w:abstractNumId="71194556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26188511">
+    <w:lvl w:ilvl="0" w:tplc="74249976">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85355959">
-    <w:abstractNumId w:val="85355959"/>
+  <w:num w:numId="71194556">
+    <w:abstractNumId w:val="71194556"/>
   </w:num>
-  <w:num w:numId="85355960">
-    <w:abstractNumId w:val="85355960"/>
+  <w:num w:numId="71194557">
+    <w:abstractNumId w:val="71194557"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101383676" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId973486170" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4505698c0a581126d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId2093698c0a58112d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId5529698c0a5811736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId8275698c0a5813786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId4905698c0a5813cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3822698c0a5813d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId4742698c0a5813d68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId3934698c0a5814229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId7728698c0a5814288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId1954698c0a5814363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId7754698c0a58143c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId5953698c0a58145a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId9330698c0a581468b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId4064698c0a5814815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId3964698c0a581484a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId4530698c0a581488a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId8032698c0a581491d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId1531698c0a5814a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5923698c0a5814ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId1980698c0a581163a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1980698c0a581163a.jpg"/><Relationship Id="rId1368698c0a581259d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1368698c0a581259d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241963100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323669924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId349169a76f0889eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId712269a76f0889f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId826669a76f088a81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId690469a76f088c8bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId387469a76f088ce42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId384069a76f088ce79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId653969a76f088ceb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId465969a76f088d376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId645669a76f088d3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId469169a76f088d4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId904569a76f088d50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId813169a76f088d6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId885669a76f088d7b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId778069a76f088d94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId493569a76f088d995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId505469a76f088d9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId148069a76f088da6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId580569a76f088db6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId592569a76f088dc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId183469a76f088a6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183469a76f088a6b4.jpg"/><Relationship Id="rId406969a76f088b675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406969a76f088b675.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>