--- v7 (2026-03-03)
+++ v8 (2026-03-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese stilt grass, Mary's grass, Nepalese browntop, flexible sasa grass</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349169a76f0889eca" w:history="1">
+            <w:hyperlink r:id="rId344769c3214a7469a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId712269a76f0889f3f" w:history="1">
+            <w:hyperlink r:id="rId249769c3214a74704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MCGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97909148" name="name348969a76f088a6b6" descr="2236.jpg"/>
+                  <wp:docPr id="33682565" name="name936869c3214a74d35" descr="2236.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2236.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId183469a76f088a6b4" cstate="print"/>
+                          <a:blip r:embed="rId603069c3214a74d34" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId826669a76f088a81a" w:history="1">
+            <w:hyperlink r:id="rId942069c3214a74e3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -694,63 +694,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: there is a herbarium record of the species in the Democratic Republic of Congo from 1929. There are no additional records since that date, thus the record is not interpreted as an established population in the absence of further information.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72391363" name="name615769a76f088b678" descr="MCGVI_distribution_map.jpg"/>
+            <wp:docPr id="3569535" name="name561769c3214a75ceb" descr="MCGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MCGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId406969a76f088b675" cstate="print"/>
+                    <a:blip r:embed="rId738469c3214a75ce9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3229,51 +3229,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed by the US Forest Service as one of only 26 Category 1 invasive plants in the Eastern Region of the USA; these are described as highly invasive plants which invade natural habitats and replace native species (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId690469a76f088c8bf" w:history="1">
+      <w:hyperlink r:id="rId258369c3214a76ef5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Furthermore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4068,120 +4068,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387469a76f088ce42" w:history="1">
+      <w:hyperlink r:id="rId414069c3214a77475" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Farr DF &amp; Rossman AY (2014) Fungal databases, systematic mycology and microbiology laboratory, ARS, USDA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384069a76f088ce79" w:history="1">
+      <w:hyperlink r:id="rId479669c3214a774ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nt.ars-grin.gov/ fungaldatabases/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 22 October 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flory SL (2010) Impacts and management of Microstegium vimineum invasions. In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653969a76f088ceb9" w:history="1">
+      <w:hyperlink r:id="rId294269c3214a774ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4889,51 +4889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Judge CA (2005) Japanese stiltgrass (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">): population dynamics and management of restoration of native plant communities. North Carolina State University, Raleigh, NC. Ph.D. Thesis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465969a76f088d376" w:history="1">
+      <w:hyperlink r:id="rId384369c3214a779b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repository.lib.ncsu.edu/ir/handle/1840.16/3645</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4948,51 +4948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kleczewski N, Flory SL &amp; Nice G (2011) An Introduction to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Japanese stiltgrass/Nepalese browntop) an emerging invasive grass in the Eastern United. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645669a76f088d3d5" w:history="1">
+      <w:hyperlink r:id="rId611169c3214a77a17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www. btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 15 April 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5085,51 +5085,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Meiners S (2010) Long-term dynamics and impacts of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">invasion in the Piedmont of New Jersey. In 2010 Stiltgrass Summit, Carbondale, Il. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469169a76f088d4ae" w:history="1">
+      <w:hyperlink r:id="rId954769c3214a77af4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 21 August 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5144,51 +5144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miller NP (2011) Invasions of secondary forest by a non-native grass species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> {Nees}(Poaceae). Masters Thesis, The faculty of the College of Arts and Sciences of Ohio University.78 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904569a76f088d50c" w:history="1">
+      <w:hyperlink r:id="rId297069c3214a77b54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM: ohiou1307047314</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 18 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5437,51 +5437,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ryves TB, Clement EJ &amp; Foster MC (1996) Alien grasses of the British Isles. Botanical Society of the British Isles. 181 pp. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shelton A (2010) Predictive spatial model of Japanese stiltgrass spread. In 2010 Stiltgrass Summit.River to River Cooperative Weed Management Area, Carbondale, IL. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId813169a76f088d6e2" w:history="1">
+      <w:hyperlink r:id="rId423469c3214a77d40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/ stiltgrass/2010presentations/shelton.cfm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5565,51 +5565,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452–454. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swearingen J, Slattery B, Reshetiloff K &amp; Zwicker S (2010) Plant Invaders of Mid-Atlantic Natural Areas, 4th ed. National Park Service U.S. Fish and Wildlife Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885669a76f088d7b6" w:history="1">
+      <w:hyperlink r:id="rId625369c3214a77e1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nps.gov/plants/alien/pubs/midatlantic</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5798,120 +5798,120 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tu M (2000) Element Stewardship Abstract for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Japanese stilt grass, Nepalese browntop, Chinese packing grass. Arlington, Virginia, USA: The Nature Conservancy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778069a76f088d94d" w:history="1">
+      <w:hyperlink r:id="rId671169c3214a77f93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2014) The PLANTS Database. National Plant Data Center, Baton Rouge, Louisiana, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493569a76f088d995" w:history="1">
+      <w:hyperlink r:id="rId412669c3214a77fc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 25 September 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Valdés B, Scholz H, Raab-Straube E &amp; Parolly G (2009) Poaceae (pro parte majore). Berlin, Germany. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505469a76f088d9d5" w:history="1">
+      <w:hyperlink r:id="rId640269c3214a78005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ww2/bgbm.org/euroPlusMed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 16 March 2014] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5955,51 +5955,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1084–1092. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wright J (2010) Understanding the ecosystem-level effects of stiltgrass: does it set the stage for its own success? In 2010 Stiltgrass Summit. River to River Cooperative Weed Management Area, Carbondale, IL. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148069a76f088da6a" w:history="1">
+      <w:hyperlink r:id="rId442169c3214a78097" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 19 March 2014]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microstegium vimineum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580569a76f088db6f" w:history="1">
+      <w:hyperlink r:id="rId686169c3214a7819e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6233,51 +6233,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 14-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592569a76f088dc32" w:history="1">
+      <w:hyperlink r:id="rId880069c3214a78275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12276</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -6364,137 +6364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71194557">
+  <w:abstractNum w:abstractNumId="58808392">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27468535">
+    <w:lvl w:ilvl="0" w:tplc="69114634">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27468535" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69114634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71194556">
+  <w:abstractNum w:abstractNumId="58808391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74249976">
+    <w:lvl w:ilvl="0" w:tplc="75976266">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7246,55 +7246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71194556">
-    <w:abstractNumId w:val="71194556"/>
+  <w:num w:numId="58808391">
+    <w:abstractNumId w:val="58808391"/>
   </w:num>
-  <w:num w:numId="71194557">
-    <w:abstractNumId w:val="71194557"/>
+  <w:num w:numId="58808392">
+    <w:abstractNumId w:val="58808392"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18844,51 +18844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId241963100" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323669924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId349169a76f0889eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId712269a76f0889f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId826669a76f088a81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId690469a76f088c8bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId387469a76f088ce42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId384069a76f088ce79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId653969a76f088ceb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId465969a76f088d376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId645669a76f088d3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId469169a76f088d4ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId904569a76f088d50c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId813169a76f088d6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId885669a76f088d7b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId778069a76f088d94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId493569a76f088d995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId505469a76f088d9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId148069a76f088da6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId580569a76f088db6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId592569a76f088dc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId183469a76f088a6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId183469a76f088a6b4.jpg"/><Relationship Id="rId406969a76f088b675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406969a76f088b675.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752178274" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId943628302" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId344769c3214a7469a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/" TargetMode="External"/><Relationship Id="rId249769c3214a74704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/categorization" TargetMode="External"/><Relationship Id="rId942069c3214a74e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MCGVI/photos" TargetMode="External"/><Relationship Id="rId258369c3214a76ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/" TargetMode="External"/><Relationship Id="rId414069c3214a77475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId479669c3214a774ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nt.ars-grin.gov/%20fungaldatabases/" TargetMode="External"/><Relationship Id="rId294269c3214a774ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/flory.cfm" TargetMode="External"/><Relationship Id="rId384369c3214a779b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repository.lib.ncsu.edu/ir/handle/1840.16/3645" TargetMode="External"/><Relationship Id="rId611169c3214a77a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.%20btny.purdue.edu/WeedScience/2011/Microstegium-01.pdf" TargetMode="External"/><Relationship Id="rId954769c3214a77af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtcwma.org/stiltgrass/2010presentations/meiners.cfm" TargetMode="External"/><Relationship Id="rId297069c3214a77b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://etd.ohiolink.edu/ap/10?0::NO:10:P10_ACCESSION_NUM:%20ohiou1307047314" TargetMode="External"/><Relationship Id="rId423469c3214a77d40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/%20stiltgrass/2010presentations/shelton.cfm" TargetMode="External"/><Relationship Id="rId625369c3214a77e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nps.gov/plants/alien/pubs/midatlantic" TargetMode="External"/><Relationship Id="rId671169c3214a77f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imapinvasives.org/GIST/ESA/esapages/documnts/micrvim" TargetMode="External"/><Relationship Id="rId412669c3214a77fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId640269c3214a78005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ww2/bgbm.org/euroPlusMed" TargetMode="External"/><Relationship Id="rId442169c3214a78097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rtrcwma.org/stiltgrass/2010presentations/wright.cfm" TargetMode="External"/><Relationship Id="rId686169c3214a7819e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId880069c3214a78275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12276" TargetMode="External"/><Relationship Id="rId603069c3214a74d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId603069c3214a74d34.jpg"/><Relationship Id="rId738469c3214a75ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738469c3214a75ce9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>