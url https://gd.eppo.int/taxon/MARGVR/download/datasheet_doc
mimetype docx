--- v0 (2025-10-17)
+++ v1 (2025-11-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557868f1d115e543a" w:history="1">
+            <w:hyperlink r:id="rId262769104e924e4b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170968f1d115e54a4" w:history="1">
+            <w:hyperlink r:id="rId774169104e924e52e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33044212" name="name719968f1d115e5b7a" descr="1026.jpg"/>
+                  <wp:docPr id="41277748" name="name350969104e924eedd" descr="1026.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1026.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId629468f1d115e5b78" cstate="print"/>
+                          <a:blip r:embed="rId274469104e924eedb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId108068f1d115e5cc2" w:history="1">
+            <w:hyperlink r:id="rId278869104e924f026" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa where it occurs in the Western Cape province and Northern Olifants River Valley (de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15868390" name="name665268f1d115e6bb8" descr="MARGVR_distribution_map.jpg"/>
+            <wp:docPr id="45141154" name="name645169104e9250048" descr="MARGVR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId569068f1d115e6bb6" cstate="print"/>
+                    <a:blip r:embed="rId943869104e9250046" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2489,51 +2489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245268f1d115e7969" w:history="1">
+      <w:hyperlink r:id="rId200969104e9250d29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2599,51 +2599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517368f1d115e7a1f" w:history="1">
+      <w:hyperlink r:id="rId480269104e9250ddc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2698,51 +2698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636068f1d115e7ac1" w:history="1">
+      <w:hyperlink r:id="rId407369104e9250e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2797,90 +2797,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768068f1d115e7b5e" w:history="1">
+      <w:hyperlink r:id="rId175469104e9250f16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861368f1d115e7ba1" w:history="1">
+      <w:hyperlink r:id="rId101169104e9250f58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964468f1d115e7d04" w:history="1">
+      <w:hyperlink r:id="rId581969104e92510db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3266,51 +3266,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314768f1d115e7e66" w:history="1">
+      <w:hyperlink r:id="rId969769104e9251234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3637,51 +3637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519168f1d115e80d4" w:history="1">
+      <w:hyperlink r:id="rId103369104e9251488" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30849820" name="name387168f1d115e8211" descr="eu_funding_250.png"/>
+            <wp:docPr id="66374344" name="name281169104e92515c0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId972468f1d115e8210" cstate="print"/>
+                    <a:blip r:embed="rId742469104e92515bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3910,137 +3910,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95744864">
+  <w:abstractNum w:abstractNumId="48343033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31552634">
+    <w:lvl w:ilvl="0" w:tplc="59061906">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31552634" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59061906" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95744863">
+  <w:abstractNum w:abstractNumId="48343032">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48129244">
+    <w:lvl w:ilvl="0" w:tplc="83646366">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4792,55 +4792,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95744863">
-    <w:abstractNumId w:val="95744863"/>
+  <w:num w:numId="48343032">
+    <w:abstractNumId w:val="48343032"/>
   </w:num>
-  <w:num w:numId="95744864">
-    <w:abstractNumId w:val="95744864"/>
+  <w:num w:numId="48343033">
+    <w:abstractNumId w:val="48343033"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16390,51 +16390,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551482538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId954283266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId557868f1d115e543a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId170968f1d115e54a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId108068f1d115e5cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId245268f1d115e7969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId517368f1d115e7a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId636068f1d115e7ac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId768068f1d115e7b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId861368f1d115e7ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId964468f1d115e7d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId314768f1d115e7e66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId519168f1d115e80d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId629468f1d115e5b78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId629468f1d115e5b78.jpg"/><Relationship Id="rId569068f1d115e6bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569068f1d115e6bb6.jpg"/><Relationship Id="rId972468f1d115e8210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId972468f1d115e8210.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653089368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560173805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId262769104e924e4b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId774169104e924e52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId278869104e924f026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId200969104e9250d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId480269104e9250ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId407369104e9250e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId175469104e9250f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId101169104e9250f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId581969104e92510db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId969769104e9251234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId103369104e9251488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId274469104e924eedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274469104e924eedb.jpg"/><Relationship Id="rId943869104e9250046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId943869104e9250046.jpg"/><Relationship Id="rId742469104e92515bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742469104e92515bf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>