--- v1 (2025-11-09)
+++ v2 (2025-11-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262769104e924e4b3" w:history="1">
+            <w:hyperlink r:id="rId1999692c416d3f8f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId774169104e924e52e" w:history="1">
+            <w:hyperlink r:id="rId6096692c416d3f95b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41277748" name="name350969104e924eedd" descr="1026.jpg"/>
+                  <wp:docPr id="88109154" name="name1705692c416d3fa21" descr="1026.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1026.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId274469104e924eedb" cstate="print"/>
+                          <a:blip r:embed="rId6792692c416d3fa20" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId278869104e924f026" w:history="1">
+            <w:hyperlink r:id="rId5507692c416d3fb5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa where it occurs in the Western Cape province and Northern Olifants River Valley (de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45141154" name="name645169104e9250048" descr="MARGVR_distribution_map.jpg"/>
+            <wp:docPr id="4634623" name="name7280692c416d40e76" descr="MARGVR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId943869104e9250046" cstate="print"/>
+                    <a:blip r:embed="rId9752692c416d40e72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2489,51 +2489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200969104e9250d29" w:history="1">
+      <w:hyperlink r:id="rId4392692c416d41bde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2599,51 +2599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480269104e9250ddc" w:history="1">
+      <w:hyperlink r:id="rId8456692c416d41c96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2698,51 +2698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407369104e9250e7c" w:history="1">
+      <w:hyperlink r:id="rId4765692c416d41d38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2797,90 +2797,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175469104e9250f16" w:history="1">
+      <w:hyperlink r:id="rId6437692c416d41dd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101169104e9250f58" w:history="1">
+      <w:hyperlink r:id="rId5635692c416d41e1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581969104e92510db" w:history="1">
+      <w:hyperlink r:id="rId9400692c416d41f7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3266,51 +3266,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId969769104e9251234" w:history="1">
+      <w:hyperlink r:id="rId5983692c416d420d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3637,51 +3637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103369104e9251488" w:history="1">
+      <w:hyperlink r:id="rId3815692c416d4233b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66374344" name="name281169104e92515c0" descr="eu_funding_250.png"/>
+            <wp:docPr id="51144478" name="name1979692c416d42455" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId742469104e92515bf" cstate="print"/>
+                    <a:blip r:embed="rId8866692c416d42454" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3910,137 +3910,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48343033">
+  <w:abstractNum w:abstractNumId="80544177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59061906">
+    <w:lvl w:ilvl="0" w:tplc="60938175">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59061906" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60938175" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48343032">
+  <w:abstractNum w:abstractNumId="80544176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83646366">
+    <w:lvl w:ilvl="0" w:tplc="28577443">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4792,55 +4792,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48343032">
-    <w:abstractNumId w:val="48343032"/>
+  <w:num w:numId="80544176">
+    <w:abstractNumId w:val="80544176"/>
   </w:num>
-  <w:num w:numId="48343033">
-    <w:abstractNumId w:val="48343033"/>
+  <w:num w:numId="80544177">
+    <w:abstractNumId w:val="80544177"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16390,51 +16390,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653089368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560173805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId262769104e924e4b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId774169104e924e52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId278869104e924f026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId200969104e9250d29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId480269104e9250ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId407369104e9250e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId175469104e9250f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId101169104e9250f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId581969104e92510db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId969769104e9251234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId103369104e9251488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId274469104e924eedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274469104e924eedb.jpg"/><Relationship Id="rId943869104e9250046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId943869104e9250046.jpg"/><Relationship Id="rId742469104e92515bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId742469104e92515bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895279899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId812663141" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1999692c416d3f8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId6096692c416d3f95b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId5507692c416d3fb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId4392692c416d41bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId8456692c416d41c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId4765692c416d41d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId6437692c416d41dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId5635692c416d41e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9400692c416d41f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId5983692c416d420d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId3815692c416d4233b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6792692c416d3fa20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6792692c416d3fa20.jpg"/><Relationship Id="rId9752692c416d40e72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9752692c416d40e72.jpg"/><Relationship Id="rId8866692c416d42454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8866692c416d42454.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>