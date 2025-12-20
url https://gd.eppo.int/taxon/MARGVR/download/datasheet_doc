--- v2 (2025-11-30)
+++ v3 (2025-12-20)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1999692c416d3f8f2" w:history="1">
+            <w:hyperlink r:id="rId100769472eaad3f14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6096692c416d3f95b" w:history="1">
+            <w:hyperlink r:id="rId392969472eaad3f7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88109154" name="name1705692c416d3fa21" descr="1026.jpg"/>
+                  <wp:docPr id="53237921" name="name503369472eaad490e" descr="1026.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1026.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6792692c416d3fa20" cstate="print"/>
+                          <a:blip r:embed="rId865569472eaad490b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5507692c416d3fb5d" w:history="1">
+            <w:hyperlink r:id="rId899969472eaad4a6b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa where it occurs in the Western Cape province and Northern Olifants River Valley (de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4634623" name="name7280692c416d40e76" descr="MARGVR_distribution_map.jpg"/>
+            <wp:docPr id="5881804" name="name372069472eaad5b22" descr="MARGVR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9752692c416d40e72" cstate="print"/>
+                    <a:blip r:embed="rId119869472eaad5b1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2489,51 +2489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4392692c416d41bde" w:history="1">
+      <w:hyperlink r:id="rId864769472eaad6827" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2599,51 +2599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8456692c416d41c96" w:history="1">
+      <w:hyperlink r:id="rId865769472eaad68da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2698,51 +2698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4765692c416d41d38" w:history="1">
+      <w:hyperlink r:id="rId744669472eaad697c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2797,90 +2797,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6437692c416d41dd9" w:history="1">
+      <w:hyperlink r:id="rId209569472eaad6a17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5635692c416d41e1b" w:history="1">
+      <w:hyperlink r:id="rId158369472eaad6a58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9400692c416d41f7f" w:history="1">
+      <w:hyperlink r:id="rId405769472eaad6bb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3266,51 +3266,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5983692c416d420d9" w:history="1">
+      <w:hyperlink r:id="rId668969472eaad6d27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3637,51 +3637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3815692c416d4233b" w:history="1">
+      <w:hyperlink r:id="rId895569472eaad6fa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51144478" name="name1979692c416d42455" descr="eu_funding_250.png"/>
+            <wp:docPr id="8040177" name="name989369472eaad73d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8866692c416d42454" cstate="print"/>
+                    <a:blip r:embed="rId668669472eaad73cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3910,137 +3910,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80544177">
+  <w:abstractNum w:abstractNumId="67663644">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60938175">
+    <w:lvl w:ilvl="0" w:tplc="66014285">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60938175" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66014285" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80544176">
+  <w:abstractNum w:abstractNumId="67663643">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28577443">
+    <w:lvl w:ilvl="0" w:tplc="52103827">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4792,55 +4792,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80544176">
-    <w:abstractNumId w:val="80544176"/>
+  <w:num w:numId="67663643">
+    <w:abstractNumId w:val="67663643"/>
   </w:num>
-  <w:num w:numId="80544177">
-    <w:abstractNumId w:val="80544177"/>
+  <w:num w:numId="67663644">
+    <w:abstractNumId w:val="67663644"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16390,51 +16390,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId895279899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId812663141" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1999692c416d3f8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId6096692c416d3f95b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId5507692c416d3fb5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId4392692c416d41bde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId8456692c416d41c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId4765692c416d41d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId6437692c416d41dd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId5635692c416d41e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9400692c416d41f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId5983692c416d420d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId3815692c416d4233b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6792692c416d3fa20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6792692c416d3fa20.jpg"/><Relationship Id="rId9752692c416d40e72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9752692c416d40e72.jpg"/><Relationship Id="rId8866692c416d42454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8866692c416d42454.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId450494761" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335935608" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId100769472eaad3f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId392969472eaad3f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId899969472eaad4a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId864769472eaad6827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId865769472eaad68da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId744669472eaad697c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId209569472eaad6a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId158369472eaad6a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId405769472eaad6bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId668969472eaad6d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId895569472eaad6fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId865569472eaad490b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865569472eaad490b.jpg"/><Relationship Id="rId119869472eaad5b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119869472eaad5b1e.jpg"/><Relationship Id="rId668669472eaad73cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId668669472eaad73cf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>