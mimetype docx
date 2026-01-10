--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100769472eaad3f14" w:history="1">
+            <w:hyperlink r:id="rId78846962e6dbcaa7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392969472eaad3f7f" w:history="1">
+            <w:hyperlink r:id="rId40236962e6dbcaae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53237921" name="name503369472eaad490e" descr="1026.jpg"/>
+                  <wp:docPr id="13869749" name="name98296962e6dbcb251" descr="1026.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1026.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId865569472eaad490b" cstate="print"/>
+                          <a:blip r:embed="rId88826962e6dbcb24f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId899969472eaad4a6b" w:history="1">
+            <w:hyperlink r:id="rId57696962e6dbcb38d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa where it occurs in the Western Cape province and Northern Olifants River Valley (de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5881804" name="name372069472eaad5b22" descr="MARGVR_distribution_map.jpg"/>
+            <wp:docPr id="7555504" name="name33546962e6dbcc0de" descr="MARGVR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId119869472eaad5b1e" cstate="print"/>
+                    <a:blip r:embed="rId84226962e6dbcc0db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2489,51 +2489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864769472eaad6827" w:history="1">
+      <w:hyperlink r:id="rId86956962e6dbcce1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2599,51 +2599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865769472eaad68da" w:history="1">
+      <w:hyperlink r:id="rId50086962e6dbcced2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2698,51 +2698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744669472eaad697c" w:history="1">
+      <w:hyperlink r:id="rId56376962e6dbccf75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2797,90 +2797,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209569472eaad6a17" w:history="1">
+      <w:hyperlink r:id="rId45816962e6dbcd012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158369472eaad6a58" w:history="1">
+      <w:hyperlink r:id="rId19886962e6dbcd055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405769472eaad6bb7" w:history="1">
+      <w:hyperlink r:id="rId33466962e6dbcd1d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3266,51 +3266,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668969472eaad6d27" w:history="1">
+      <w:hyperlink r:id="rId84266962e6dbcd32c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3615,73 +3615,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895569472eaad6fa8" w:history="1">
+      <w:hyperlink r:id="rId46296962e6dbcd584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8040177" name="name989369472eaad73d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="99076957" name="name13786962e6dbcdbcd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId668669472eaad73cf" cstate="print"/>
+                    <a:blip r:embed="rId45326962e6dbcdbcb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3910,137 +3910,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67663644">
+  <w:abstractNum w:abstractNumId="10280062">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66014285">
+    <w:lvl w:ilvl="0" w:tplc="43885547">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66014285" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43885547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67663643">
+  <w:abstractNum w:abstractNumId="10280061">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52103827">
+    <w:lvl w:ilvl="0" w:tplc="94161307">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4792,55 +4792,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67663643">
-    <w:abstractNumId w:val="67663643"/>
+  <w:num w:numId="10280061">
+    <w:abstractNumId w:val="10280061"/>
   </w:num>
-  <w:num w:numId="67663644">
-    <w:abstractNumId w:val="67663644"/>
+  <w:num w:numId="10280062">
+    <w:abstractNumId w:val="10280062"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16390,51 +16390,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId450494761" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335935608" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId100769472eaad3f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId392969472eaad3f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId899969472eaad4a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId864769472eaad6827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId865769472eaad68da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId744669472eaad697c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId209569472eaad6a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId158369472eaad6a58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId405769472eaad6bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId668969472eaad6d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId895569472eaad6fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId865569472eaad490b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865569472eaad490b.jpg"/><Relationship Id="rId119869472eaad5b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119869472eaad5b1e.jpg"/><Relationship Id="rId668669472eaad73cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId668669472eaad73cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId575749601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592276326" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78846962e6dbcaa7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId40236962e6dbcaae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId57696962e6dbcb38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId86956962e6dbcce1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId50086962e6dbcced2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId56376962e6dbccf75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId45816962e6dbcd012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId19886962e6dbcd055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId33466962e6dbcd1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId84266962e6dbcd32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId46296962e6dbcd584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId88826962e6dbcb24f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88826962e6dbcb24f.jpg"/><Relationship Id="rId84226962e6dbcc0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84226962e6dbcc0db.jpg"/><Relationship Id="rId45326962e6dbcdbcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45326962e6dbcdbcb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>