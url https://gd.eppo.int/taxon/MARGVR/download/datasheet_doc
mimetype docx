--- v4 (2026-01-10)
+++ v5 (2026-02-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78846962e6dbcaa7e" w:history="1">
+            <w:hyperlink r:id="rId4274699798b190bc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40236962e6dbcaae7" w:history="1">
+            <w:hyperlink r:id="rId8112699798b190c5c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13869749" name="name98296962e6dbcb251" descr="1026.jpg"/>
+                  <wp:docPr id="19650326" name="name9517699798b19337c" descr="1026.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1026.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId88826962e6dbcb24f" cstate="print"/>
+                          <a:blip r:embed="rId4160699798b193378" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId57696962e6dbcb38d" w:history="1">
+            <w:hyperlink r:id="rId6147699798b193615" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa where it occurs in the Western Cape province and Northern Olifants River Valley (de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7555504" name="name33546962e6dbcc0de" descr="MARGVR_distribution_map.jpg"/>
+            <wp:docPr id="61639334" name="name1627699798b1958ab" descr="MARGVR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84226962e6dbcc0db" cstate="print"/>
+                    <a:blip r:embed="rId6394699798b1958a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2489,51 +2489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86956962e6dbcce1b" w:history="1">
+      <w:hyperlink r:id="rId3849699798b196b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2599,51 +2599,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50086962e6dbcced2" w:history="1">
+      <w:hyperlink r:id="rId7686699798b196c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2698,51 +2698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56376962e6dbccf75" w:history="1">
+      <w:hyperlink r:id="rId2619699798b196cd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2797,90 +2797,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45816962e6dbcd012" w:history="1">
+      <w:hyperlink r:id="rId3254699798b196d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19886962e6dbcd055" w:history="1">
+      <w:hyperlink r:id="rId7107699798b196db7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3051,51 +3051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33466962e6dbcd1d4" w:history="1">
+      <w:hyperlink r:id="rId3405699798b196fa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 4 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3266,51 +3266,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84266962e6dbcd32c" w:history="1">
+      <w:hyperlink r:id="rId2098699798b197216" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3637,51 +3637,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vredendalensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46296962e6dbcd584" w:history="1">
+      <w:hyperlink r:id="rId2545699798b197520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99076957" name="name13786962e6dbcdbcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="78984450" name="name3006699798b197654" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45326962e6dbcdbcb" cstate="print"/>
+                    <a:blip r:embed="rId4452699798b197653" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3910,137 +3910,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10280062">
+  <w:abstractNum w:abstractNumId="87887219">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43885547">
+    <w:lvl w:ilvl="0" w:tplc="65219429">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43885547" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65219429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10280061">
+  <w:abstractNum w:abstractNumId="87887218">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94161307">
+    <w:lvl w:ilvl="0" w:tplc="15319014">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4792,55 +4792,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10280061">
-    <w:abstractNumId w:val="10280061"/>
+  <w:num w:numId="87887218">
+    <w:abstractNumId w:val="87887218"/>
   </w:num>
-  <w:num w:numId="10280062">
-    <w:abstractNumId w:val="10280062"/>
+  <w:num w:numId="87887219">
+    <w:abstractNumId w:val="87887219"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16390,51 +16390,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId575749601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592276326" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78846962e6dbcaa7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId40236962e6dbcaae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId57696962e6dbcb38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId86956962e6dbcce1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId50086962e6dbcced2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId56376962e6dbccf75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId45816962e6dbcd012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId19886962e6dbcd055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId33466962e6dbcd1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId84266962e6dbcd32c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId46296962e6dbcd584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId88826962e6dbcb24f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88826962e6dbcb24f.jpg"/><Relationship Id="rId84226962e6dbcc0db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84226962e6dbcc0db.jpg"/><Relationship Id="rId45326962e6dbcdbcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45326962e6dbcdbcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636292916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754604394" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4274699798b190bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/" TargetMode="External"/><Relationship Id="rId8112699798b190c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/categorization" TargetMode="External"/><Relationship Id="rId6147699798b193615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVR/photos" TargetMode="External"/><Relationship Id="rId3849699798b196b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId7686699798b196c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId2619699798b196cd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId3254699798b196d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId7107699798b196db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3405699798b196fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId2098699798b197216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId2545699798b197520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4160699798b193378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4160699798b193378.jpg"/><Relationship Id="rId6394699798b1958a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6394699798b1958a6.jpg"/><Relationship Id="rId4452699798b197653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4452699798b197653.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>