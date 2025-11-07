--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Philippi)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId648668e695d9bd96e" w:history="1">
+            <w:hyperlink r:id="rId4823690e4e55d1daa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491068e695d9bd9d8" w:history="1">
+            <w:hyperlink r:id="rId7951690e4e55d1e12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6272375" name="name515468e695d9be1b2" descr="14191.jpg"/>
+                  <wp:docPr id="25798791" name="name4400690e4e55d2519" descr="14191.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14191.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId977968e695d9be1b1" cstate="print"/>
+                          <a:blip r:embed="rId6513690e4e55d2518" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId621568e695d9be2da" w:history="1">
+            <w:hyperlink r:id="rId9366690e4e55d262f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1708,63 +1708,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is only known from South America. It was originally described from Chile and has since been recorded from Argentina, Brazil, Paraguay, Uruguay and Venezuela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94428130" name="name532768e695d9bf67c" descr="MARGVI_distribution_map.jpg"/>
+            <wp:docPr id="25251527" name="name1537690e4e55d3b36" descr="MARGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId319268e695d9bf67a" cstate="print"/>
+                    <a:blip r:embed="rId4467690e4e55d3b34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3672,51 +3672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999868e695d9c04b2" w:history="1">
+      <w:hyperlink r:id="rId5255690e4e55d4976" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3731,51 +3731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global database. Available at:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994468e695d9c0515" w:history="1">
+      <w:hyperlink r:id="rId1102690e4e55d49d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MARGVI/hosts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3841,51 +3841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553268e695d9c05c5" w:history="1">
+      <w:hyperlink r:id="rId8154690e4e55d4a89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4018,90 +4018,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201968e695d9c06fd" w:history="1">
+      <w:hyperlink r:id="rId2198690e4e55d4b9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823768e695d9c0740" w:history="1">
+      <w:hyperlink r:id="rId6805690e4e55d4be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489668e695d9c0a27" w:history="1">
+      <w:hyperlink r:id="rId7310690e4e55d4ecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4641,51 +4641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine Margarodes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437268e695d9c0af6" w:history="1">
+      <w:hyperlink r:id="rId3713690e4e55d4f9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4720,51 +4720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 86-101. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311368e695d9c0b82" w:history="1">
+      <w:hyperlink r:id="rId7271690e4e55d5017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37486/0301-8059.v2i1.16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4993,51 +4993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715868e695d9c0d45" w:history="1">
+      <w:hyperlink r:id="rId4619690e4e55d51cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5112,63 +5112,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51042654" name="name698368e695d9c0e99" descr="eu_funding_250.png"/>
+            <wp:docPr id="58895311" name="name3350690e4e55d55dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId489968e695d9c0e98" cstate="print"/>
+                    <a:blip r:embed="rId9105690e4e55d55dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5266,137 +5266,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28324716">
+  <w:abstractNum w:abstractNumId="91169362">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80427875">
+    <w:lvl w:ilvl="0" w:tplc="62410370">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80427875" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62410370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28324715">
+  <w:abstractNum w:abstractNumId="91169361">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91557961">
+    <w:lvl w:ilvl="0" w:tplc="80793503">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6148,55 +6148,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28324715">
-    <w:abstractNumId w:val="28324715"/>
+  <w:num w:numId="91169361">
+    <w:abstractNumId w:val="91169361"/>
   </w:num>
-  <w:num w:numId="28324716">
-    <w:abstractNumId w:val="28324716"/>
+  <w:num w:numId="91169362">
+    <w:abstractNumId w:val="91169362"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17746,51 +17746,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId666710302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId358249774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId648668e695d9bd96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId491068e695d9bd9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId621568e695d9be2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId999868e695d9c04b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId994468e695d9c0515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId553268e695d9c05c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId201968e695d9c06fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId823768e695d9c0740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId489668e695d9c0a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId437268e695d9c0af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId311368e695d9c0b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId715868e695d9c0d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId977968e695d9be1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977968e695d9be1b1.jpg"/><Relationship Id="rId319268e695d9bf67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId319268e695d9bf67a.jpg"/><Relationship Id="rId489968e695d9c0e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489968e695d9c0e98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId672530409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId320666251" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4823690e4e55d1daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId7951690e4e55d1e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId9366690e4e55d262f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId5255690e4e55d4976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId1102690e4e55d49d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId8154690e4e55d4a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId2198690e4e55d4b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId6805690e4e55d4be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7310690e4e55d4ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId3713690e4e55d4f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId7271690e4e55d5017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId4619690e4e55d51cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6513690e4e55d2518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6513690e4e55d2518.jpg"/><Relationship Id="rId4467690e4e55d3b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4467690e4e55d3b34.jpg"/><Relationship Id="rId9105690e4e55d55dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9105690e4e55d55dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>