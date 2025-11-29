--- v1 (2025-11-07)
+++ v2 (2025-11-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Philippi)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4823690e4e55d1daa" w:history="1">
+            <w:hyperlink r:id="rId5966692a98f649339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7951690e4e55d1e12" w:history="1">
+            <w:hyperlink r:id="rId3716692a98f6493b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25798791" name="name4400690e4e55d2519" descr="14191.jpg"/>
+                  <wp:docPr id="23197556" name="name1163692a98f649ca7" descr="14191.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14191.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6513690e4e55d2518" cstate="print"/>
+                          <a:blip r:embed="rId9008692a98f649ca4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9366690e4e55d262f" w:history="1">
+            <w:hyperlink r:id="rId5662692a98f649dd5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1708,63 +1708,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is only known from South America. It was originally described from Chile and has since been recorded from Argentina, Brazil, Paraguay, Uruguay and Venezuela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25251527" name="name1537690e4e55d3b36" descr="MARGVI_distribution_map.jpg"/>
+            <wp:docPr id="71581692" name="name2748692a98f64b528" descr="MARGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4467690e4e55d3b34" cstate="print"/>
+                    <a:blip r:embed="rId5148692a98f64b526" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3672,51 +3672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5255690e4e55d4976" w:history="1">
+      <w:hyperlink r:id="rId5910692a98f64c3a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3731,51 +3731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global database. Available at:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1102690e4e55d49d9" w:history="1">
+      <w:hyperlink r:id="rId3225692a98f64c404" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MARGVI/hosts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3841,51 +3841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8154690e4e55d4a89" w:history="1">
+      <w:hyperlink r:id="rId5047692a98f64c4b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4018,90 +4018,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2198690e4e55d4b9f" w:history="1">
+      <w:hyperlink r:id="rId5522692a98f64c5ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6805690e4e55d4be1" w:history="1">
+      <w:hyperlink r:id="rId1934692a98f64c610" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7310690e4e55d4ecc" w:history="1">
+      <w:hyperlink r:id="rId6874692a98f64c8f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4641,51 +4641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine Margarodes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3713690e4e55d4f9a" w:history="1">
+      <w:hyperlink r:id="rId3343692a98f64c9c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4720,51 +4720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 86-101. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7271690e4e55d5017" w:history="1">
+      <w:hyperlink r:id="rId8844692a98f64ca3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37486/0301-8059.v2i1.16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4993,51 +4993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4619690e4e55d51cc" w:history="1">
+      <w:hyperlink r:id="rId7887692a98f64cd4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5112,63 +5112,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58895311" name="name3350690e4e55d55dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="89923677" name="name3394692a98f64ce60" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9105690e4e55d55dc" cstate="print"/>
+                    <a:blip r:embed="rId5409692a98f64ce5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5266,137 +5266,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91169362">
+  <w:abstractNum w:abstractNumId="63915836">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62410370">
+    <w:lvl w:ilvl="0" w:tplc="97231083">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62410370" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97231083" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91169361">
+  <w:abstractNum w:abstractNumId="63915835">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80793503">
+    <w:lvl w:ilvl="0" w:tplc="90773745">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6148,55 +6148,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91169361">
-    <w:abstractNumId w:val="91169361"/>
+  <w:num w:numId="63915835">
+    <w:abstractNumId w:val="63915835"/>
   </w:num>
-  <w:num w:numId="91169362">
-    <w:abstractNumId w:val="91169362"/>
+  <w:num w:numId="63915836">
+    <w:abstractNumId w:val="63915836"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17746,51 +17746,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId672530409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId320666251" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4823690e4e55d1daa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId7951690e4e55d1e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId9366690e4e55d262f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId5255690e4e55d4976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId1102690e4e55d49d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId8154690e4e55d4a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId2198690e4e55d4b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId6805690e4e55d4be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7310690e4e55d4ecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId3713690e4e55d4f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId7271690e4e55d5017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId4619690e4e55d51cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6513690e4e55d2518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6513690e4e55d2518.jpg"/><Relationship Id="rId4467690e4e55d3b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4467690e4e55d3b34.jpg"/><Relationship Id="rId9105690e4e55d55dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9105690e4e55d55dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665999849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103794555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5966692a98f649339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId3716692a98f6493b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId5662692a98f649dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId5910692a98f64c3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId3225692a98f64c404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId5047692a98f64c4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId5522692a98f64c5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId1934692a98f64c610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6874692a98f64c8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId3343692a98f64c9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId8844692a98f64ca3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId7887692a98f64cd4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9008692a98f649ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9008692a98f649ca4.jpg"/><Relationship Id="rId5148692a98f64b526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5148692a98f64b526.jpg"/><Relationship Id="rId5409692a98f64ce5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5409692a98f64ce5f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>