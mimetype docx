--- v2 (2025-11-29)
+++ v3 (2026-01-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Philippi)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5966692a98f649339" w:history="1">
+            <w:hyperlink r:id="rId3541695ed017d3175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3716692a98f6493b3" w:history="1">
+            <w:hyperlink r:id="rId7014695ed017d31dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23197556" name="name1163692a98f649ca7" descr="14191.jpg"/>
+                  <wp:docPr id="70040209" name="name3608695ed017d392d" descr="14191.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14191.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9008692a98f649ca4" cstate="print"/>
+                          <a:blip r:embed="rId7716695ed017d392b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5662692a98f649dd5" w:history="1">
+            <w:hyperlink r:id="rId5832695ed017d3a38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1708,63 +1708,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is only known from South America. It was originally described from Chile and has since been recorded from Argentina, Brazil, Paraguay, Uruguay and Venezuela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71581692" name="name2748692a98f64b528" descr="MARGVI_distribution_map.jpg"/>
+            <wp:docPr id="59033909" name="name6467695ed017d4be4" descr="MARGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5148692a98f64b526" cstate="print"/>
+                    <a:blip r:embed="rId8570695ed017d4be2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3672,51 +3672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5910692a98f64c3a0" w:history="1">
+      <w:hyperlink r:id="rId5984695ed017d5a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3731,51 +3731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global database. Available at:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3225692a98f64c404" w:history="1">
+      <w:hyperlink r:id="rId2236695ed017d5a71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MARGVI/hosts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3841,51 +3841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5047692a98f64c4b6" w:history="1">
+      <w:hyperlink r:id="rId8636695ed017d5b1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4018,90 +4018,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5522692a98f64c5ce" w:history="1">
+      <w:hyperlink r:id="rId7199695ed017d5c34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1934692a98f64c610" w:history="1">
+      <w:hyperlink r:id="rId2719695ed017d5c75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6874692a98f64c8f0" w:history="1">
+      <w:hyperlink r:id="rId1966695ed017d5f5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4641,51 +4641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine Margarodes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3343692a98f64c9c1" w:history="1">
+      <w:hyperlink r:id="rId5525695ed017d6038" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4720,51 +4720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 86-101. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8844692a98f64ca3f" w:history="1">
+      <w:hyperlink r:id="rId2129695ed017d60b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37486/0301-8059.v2i1.16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4971,73 +4971,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7887692a98f64cd4f" w:history="1">
+      <w:hyperlink r:id="rId9240695ed017d626e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5112,63 +5112,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89923677" name="name3394692a98f64ce60" descr="eu_funding_250.png"/>
+            <wp:docPr id="50490336" name="name9054695ed017d63a0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5409692a98f64ce5f" cstate="print"/>
+                    <a:blip r:embed="rId5469695ed017d639f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5266,137 +5266,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63915836">
+  <w:abstractNum w:abstractNumId="58098800">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97231083">
+    <w:lvl w:ilvl="0" w:tplc="86120592">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97231083" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86120592" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63915835">
+  <w:abstractNum w:abstractNumId="58098799">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90773745">
+    <w:lvl w:ilvl="0" w:tplc="78250920">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6148,55 +6148,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63915835">
-    <w:abstractNumId w:val="63915835"/>
+  <w:num w:numId="58098799">
+    <w:abstractNumId w:val="58098799"/>
   </w:num>
-  <w:num w:numId="63915836">
-    <w:abstractNumId w:val="63915836"/>
+  <w:num w:numId="58098800">
+    <w:abstractNumId w:val="58098800"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17746,51 +17746,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665999849" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103794555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5966692a98f649339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId3716692a98f6493b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId5662692a98f649dd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId5910692a98f64c3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId3225692a98f64c404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId5047692a98f64c4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId5522692a98f64c5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId1934692a98f64c610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6874692a98f64c8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId3343692a98f64c9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId8844692a98f64ca3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId7887692a98f64cd4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9008692a98f649ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9008692a98f649ca4.jpg"/><Relationship Id="rId5148692a98f64b526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5148692a98f64b526.jpg"/><Relationship Id="rId5409692a98f64ce5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5409692a98f64ce5f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId958183242" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212363724" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3541695ed017d3175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId7014695ed017d31dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId5832695ed017d3a38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId5984695ed017d5a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId2236695ed017d5a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId8636695ed017d5b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId7199695ed017d5c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId2719695ed017d5c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1966695ed017d5f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId5525695ed017d6038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId2129695ed017d60b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId9240695ed017d626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7716695ed017d392b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7716695ed017d392b.jpg"/><Relationship Id="rId8570695ed017d4be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8570695ed017d4be2.jpg"/><Relationship Id="rId5469695ed017d639f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5469695ed017d639f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>