--- v3 (2026-01-07)
+++ v4 (2026-02-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Philippi)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3541695ed017d3175" w:history="1">
+            <w:hyperlink r:id="rId450369933a8d4fc79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7014695ed017d31dd" w:history="1">
+            <w:hyperlink r:id="rId256469933a8d4fce1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70040209" name="name3608695ed017d392d" descr="14191.jpg"/>
+                  <wp:docPr id="73808851" name="name378869933a8d50233" descr="14191.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14191.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7716695ed017d392b" cstate="print"/>
+                          <a:blip r:embed="rId567869933a8d50231" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5832695ed017d3a38" w:history="1">
+            <w:hyperlink r:id="rId135069933a8d50363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1708,63 +1708,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is only known from South America. It was originally described from Chile and has since been recorded from Argentina, Brazil, Paraguay, Uruguay and Venezuela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59033909" name="name6467695ed017d4be4" descr="MARGVI_distribution_map.jpg"/>
+            <wp:docPr id="32244599" name="name525969933a8d5155a" descr="MARGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8570695ed017d4be2" cstate="print"/>
+                    <a:blip r:embed="rId457269933a8d51557" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3672,51 +3672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5984695ed017d5a0f" w:history="1">
+      <w:hyperlink r:id="rId522769933a8d523a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3731,51 +3731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global database. Available at:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2236695ed017d5a71" w:history="1">
+      <w:hyperlink r:id="rId746669933a8d5240a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MARGVI/hosts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3841,51 +3841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8636695ed017d5b1f" w:history="1">
+      <w:hyperlink r:id="rId824769933a8d524b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4018,90 +4018,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7199695ed017d5c34" w:history="1">
+      <w:hyperlink r:id="rId405269933a8d525c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2719695ed017d5c75" w:history="1">
+      <w:hyperlink r:id="rId370669933a8d5260b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1966695ed017d5f5e" w:history="1">
+      <w:hyperlink r:id="rId466069933a8d528ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4641,51 +4641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine Margarodes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5525695ed017d6038" w:history="1">
+      <w:hyperlink r:id="rId252169933a8d529c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4720,51 +4720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 86-101. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2129695ed017d60b7" w:history="1">
+      <w:hyperlink r:id="rId826069933a8d52a47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37486/0301-8059.v2i1.16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4993,51 +4993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9240695ed017d626e" w:history="1">
+      <w:hyperlink r:id="rId535569933a8d52bff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5112,63 +5112,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50490336" name="name9054695ed017d63a0" descr="eu_funding_250.png"/>
+            <wp:docPr id="29884691" name="name822069933a8d52d0c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5469695ed017d639f" cstate="print"/>
+                    <a:blip r:embed="rId465669933a8d52d0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5266,137 +5266,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58098800">
+  <w:abstractNum w:abstractNumId="51390934">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86120592">
+    <w:lvl w:ilvl="0" w:tplc="50462202">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86120592" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50462202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58098799">
+  <w:abstractNum w:abstractNumId="51390933">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78250920">
+    <w:lvl w:ilvl="0" w:tplc="53625442">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6148,55 +6148,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58098799">
-    <w:abstractNumId w:val="58098799"/>
+  <w:num w:numId="51390933">
+    <w:abstractNumId w:val="51390933"/>
   </w:num>
-  <w:num w:numId="58098800">
-    <w:abstractNumId w:val="58098800"/>
+  <w:num w:numId="51390934">
+    <w:abstractNumId w:val="51390934"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17746,51 +17746,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId958183242" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212363724" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3541695ed017d3175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId7014695ed017d31dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId5832695ed017d3a38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId5984695ed017d5a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId2236695ed017d5a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId8636695ed017d5b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId7199695ed017d5c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId2719695ed017d5c75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1966695ed017d5f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId5525695ed017d6038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId2129695ed017d60b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId9240695ed017d626e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7716695ed017d392b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7716695ed017d392b.jpg"/><Relationship Id="rId8570695ed017d4be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8570695ed017d4be2.jpg"/><Relationship Id="rId5469695ed017d639f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5469695ed017d639f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId387406862" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743215767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId450369933a8d4fc79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId256469933a8d4fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId135069933a8d50363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId522769933a8d523a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId746669933a8d5240a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId824769933a8d524b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId405269933a8d525c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId370669933a8d5260b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId466069933a8d528ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId252169933a8d529c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId826069933a8d52a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId535569933a8d52bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId567869933a8d50231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567869933a8d50231.jpg"/><Relationship Id="rId457269933a8d51557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457269933a8d51557.jpg"/><Relationship Id="rId465669933a8d52d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId465669933a8d52d0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>