--- v4 (2026-02-16)
+++ v5 (2026-03-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Philippi)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450369933a8d4fc79" w:history="1">
+            <w:hyperlink r:id="rId698669af6d831e19a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256469933a8d4fce1" w:history="1">
+            <w:hyperlink r:id="rId413469af6d831e202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73808851" name="name378869933a8d50233" descr="14191.jpg"/>
+                  <wp:docPr id="26930433" name="name182669af6d831e7dd" descr="14191.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14191.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId567869933a8d50231" cstate="print"/>
+                          <a:blip r:embed="rId653769af6d831e7db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId135069933a8d50363" w:history="1">
+            <w:hyperlink r:id="rId575169af6d831e8dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1708,63 +1708,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is only known from South America. It was originally described from Chile and has since been recorded from Argentina, Brazil, Paraguay, Uruguay and Venezuela.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32244599" name="name525969933a8d5155a" descr="MARGVI_distribution_map.jpg"/>
+            <wp:docPr id="47340587" name="name898669af6d831fba1" descr="MARGVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId457269933a8d51557" cstate="print"/>
+                    <a:blip r:embed="rId281469af6d831fb9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3672,51 +3672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId522769933a8d523a7" w:history="1">
+      <w:hyperlink r:id="rId118269af6d8320a7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3731,51 +3731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Global database. Available at:  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746669933a8d5240a" w:history="1">
+      <w:hyperlink r:id="rId997269af6d8320ae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/MARGVI/hosts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3841,51 +3841,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824769933a8d524b7" w:history="1">
+      <w:hyperlink r:id="rId414269af6d8320ba1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4018,90 +4018,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405269933a8d525c9" w:history="1">
+      <w:hyperlink r:id="rId175569af6d8320edc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370669933a8d5260b" w:history="1">
+      <w:hyperlink r:id="rId656969af6d8320f26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4513,51 +4513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466069933a8d528ea" w:history="1">
+      <w:hyperlink r:id="rId178469af6d8321270" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4641,51 +4641,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine Margarodes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252169933a8d529c9" w:history="1">
+      <w:hyperlink r:id="rId450369af6d832137f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 15 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4720,51 +4720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 86-101. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826069933a8d52a47" w:history="1">
+      <w:hyperlink r:id="rId829169af6d8321401" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.37486/0301-8059.v2i1.16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4993,51 +4993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535569933a8d52bff" w:history="1">
+      <w:hyperlink r:id="rId877569af6d83215eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5112,63 +5112,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29884691" name="name822069933a8d52d0c" descr="eu_funding_250.png"/>
+            <wp:docPr id="36343286" name="name242269af6d8321715" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId465669933a8d52d0b" cstate="print"/>
+                    <a:blip r:embed="rId293869af6d8321714" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5266,137 +5266,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51390934">
+  <w:abstractNum w:abstractNumId="96623158">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50462202">
+    <w:lvl w:ilvl="0" w:tplc="31540276">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50462202" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31540276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51390933">
+  <w:abstractNum w:abstractNumId="96623157">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53625442">
+    <w:lvl w:ilvl="0" w:tplc="81328509">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6148,55 +6148,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51390933">
-    <w:abstractNumId w:val="51390933"/>
+  <w:num w:numId="96623157">
+    <w:abstractNumId w:val="96623157"/>
   </w:num>
-  <w:num w:numId="51390934">
-    <w:abstractNumId w:val="51390934"/>
+  <w:num w:numId="96623158">
+    <w:abstractNumId w:val="96623158"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17746,51 +17746,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId387406862" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId743215767" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId450369933a8d4fc79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId256469933a8d4fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId135069933a8d50363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId522769933a8d523a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId746669933a8d5240a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId824769933a8d524b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId405269933a8d525c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId370669933a8d5260b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId466069933a8d528ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId252169933a8d529c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId826069933a8d52a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId535569933a8d52bff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId567869933a8d50231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId567869933a8d50231.jpg"/><Relationship Id="rId457269933a8d51557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId457269933a8d51557.jpg"/><Relationship Id="rId465669933a8d52d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId465669933a8d52d0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945203193" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId113418772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId698669af6d831e19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/" TargetMode="External"/><Relationship Id="rId413469af6d831e202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/categorization" TargetMode="External"/><Relationship Id="rId575169af6d831e8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/photos" TargetMode="External"/><Relationship Id="rId118269af6d8320a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId997269af6d8320ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGVI/hosts" TargetMode="External"/><Relationship Id="rId414269af6d8320ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId175569af6d8320edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId656969af6d8320f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId178469af6d8321270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId450369af6d832137f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId829169af6d8321401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37486/0301-8059.v2i1.16" TargetMode="External"/><Relationship Id="rId877569af6d83215eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId653769af6d831e7db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId653769af6d831e7db.jpg"/><Relationship Id="rId281469af6d831fb9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId281469af6d831fb9f.jpg"/><Relationship Id="rId293869af6d8321714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293869af6d8321714.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>