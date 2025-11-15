--- v0 (2025-10-09)
+++ v1 (2025-11-15)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Coccionella trimeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger</w:t>
             </w:r>
-            <w:hyperlink r:id="rId855868e7bc9679cda" w:history="1">
+            <w:hyperlink r:id="rId64966918953cece62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293368e7bc9679d1d" w:history="1">
+            <w:hyperlink r:id="rId67706918953cecea7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -342,86 +342,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9800254" name="name546968e7bc967a31a" descr="14106.jpg"/>
+                  <wp:docPr id="55436067" name="name99576918953ced73b" descr="14106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId431168e7bc967a319" cstate="print"/>
+                          <a:blip r:embed="rId53836918953ced738" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId168068e7bc967a414" w:history="1">
+            <w:hyperlink r:id="rId57186918953ceda05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa, mainly in the Western Cape province near the towns of Ceres, Tulbagh, Riversdale, Paarl, and at Slanghoek, near Worcester; also in Gauteng province in Pretoria (Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53611860" name="name198668e7bc967b1d0" descr="MARGTR_distribution_map.jpg"/>
+            <wp:docPr id="40106216" name="name20346918953cee9d8" descr="MARGTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId430568e7bc967b1cd" cstate="print"/>
+                    <a:blip r:embed="rId41986918953cee9d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3253,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126268e7bc967c2dd" w:history="1">
+      <w:hyperlink r:id="rId90316918953cefcf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3548,51 +3548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441868e7bc967c4ac" w:history="1">
+      <w:hyperlink r:id="rId80766918953cefec6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3658,51 +3658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700668e7bc967c55a" w:history="1">
+      <w:hyperlink r:id="rId58986918953ceff77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3748,51 +3748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719768e7bc967c5ea" w:history="1">
+      <w:hyperlink r:id="rId79176918953cf0008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,90 +3847,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913568e7bc967c68f" w:history="1">
+      <w:hyperlink r:id="rId80656918953cf00a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId841768e7bc967c6d3" w:history="1">
+      <w:hyperlink r:id="rId62106918953cf00e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId539468e7bc967ca01" w:history="1">
+      <w:hyperlink r:id="rId27636918953cf036f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4334,63 +4334,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55887553" name="name911168e7bc967ca9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="63645566" name="name24476918953cf0455" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId849668e7bc967ca99" cstate="print"/>
+                    <a:blip r:embed="rId53276918953cf0454" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4488,137 +4488,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47360059">
+  <w:abstractNum w:abstractNumId="95875903">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49177702">
+    <w:lvl w:ilvl="0" w:tplc="46107543">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49177702" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46107543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47360058">
+  <w:abstractNum w:abstractNumId="95875902">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30117801">
+    <w:lvl w:ilvl="0" w:tplc="82766178">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5370,55 +5370,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47360058">
-    <w:abstractNumId w:val="47360058"/>
+  <w:num w:numId="95875902">
+    <w:abstractNumId w:val="95875902"/>
   </w:num>
-  <w:num w:numId="47360059">
-    <w:abstractNumId w:val="47360059"/>
+  <w:num w:numId="95875903">
+    <w:abstractNumId w:val="95875903"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16968,51 +16968,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId120634309" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId494350312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId855868e7bc9679cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId293368e7bc9679d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId168068e7bc967a414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId126268e7bc967c2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId441868e7bc967c4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId700668e7bc967c55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId719768e7bc967c5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId913568e7bc967c68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId841768e7bc967c6d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId539468e7bc967ca01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId431168e7bc967a319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431168e7bc967a319.jpg"/><Relationship Id="rId430568e7bc967b1cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId430568e7bc967b1cd.jpg"/><Relationship Id="rId849668e7bc967ca99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId849668e7bc967ca99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209315422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId313762381" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId64966918953cece62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId67706918953cecea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId57186918953ceda05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId90316918953cefcf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId80766918953cefec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId58986918953ceff77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId79176918953cf0008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId80656918953cf00a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId62106918953cf00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId27636918953cf036f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53836918953ced738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53836918953ced738.jpg"/><Relationship Id="rId41986918953cee9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41986918953cee9d5.jpg"/><Relationship Id="rId53276918953cf0454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53276918953cf0454.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>