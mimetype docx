--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Coccionella trimeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64966918953cece62" w:history="1">
+            <w:hyperlink r:id="rId667269332eb29c2a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67706918953cecea7" w:history="1">
+            <w:hyperlink r:id="rId278169332eb29c2ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -342,86 +342,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55436067" name="name99576918953ced73b" descr="14106.jpg"/>
+                  <wp:docPr id="221120" name="name684069332eb29c97a" descr="14106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53836918953ced738" cstate="print"/>
+                          <a:blip r:embed="rId584469332eb29c978" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId57186918953ceda05" w:history="1">
+            <w:hyperlink r:id="rId466069332eb29cc0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa, mainly in the Western Cape province near the towns of Ceres, Tulbagh, Riversdale, Paarl, and at Slanghoek, near Worcester; also in Gauteng province in Pretoria (Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40106216" name="name20346918953cee9d8" descr="MARGTR_distribution_map.jpg"/>
+            <wp:docPr id="83624681" name="name884269332eb29dfb9" descr="MARGTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41986918953cee9d5" cstate="print"/>
+                    <a:blip r:embed="rId496869332eb29dfb6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3253,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90316918953cefcf0" w:history="1">
+      <w:hyperlink r:id="rId819069332eb29f215" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3548,51 +3548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80766918953cefec6" w:history="1">
+      <w:hyperlink r:id="rId190969332eb29f419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3658,51 +3658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58986918953ceff77" w:history="1">
+      <w:hyperlink r:id="rId663069332eb29f4d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3748,51 +3748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79176918953cf0008" w:history="1">
+      <w:hyperlink r:id="rId639669332eb29f576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,90 +3847,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80656918953cf00a3" w:history="1">
+      <w:hyperlink r:id="rId485369332eb29f619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62106918953cf00e3" w:history="1">
+      <w:hyperlink r:id="rId105269332eb29f65d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27636918953cf036f" w:history="1">
+      <w:hyperlink r:id="rId375069332eb29f8f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4334,63 +4334,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63645566" name="name24476918953cf0455" descr="eu_funding_250.png"/>
+            <wp:docPr id="44517145" name="name774769332eb29f98c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53276918953cf0454" cstate="print"/>
+                    <a:blip r:embed="rId198769332eb29f98b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4488,137 +4488,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95875903">
+  <w:abstractNum w:abstractNumId="14728755">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46107543">
+    <w:lvl w:ilvl="0" w:tplc="26869382">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46107543" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26869382" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95875902">
+  <w:abstractNum w:abstractNumId="14728754">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82766178">
+    <w:lvl w:ilvl="0" w:tplc="45018340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5370,55 +5370,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95875902">
-    <w:abstractNumId w:val="95875902"/>
+  <w:num w:numId="14728754">
+    <w:abstractNumId w:val="14728754"/>
   </w:num>
-  <w:num w:numId="95875903">
-    <w:abstractNumId w:val="95875903"/>
+  <w:num w:numId="14728755">
+    <w:abstractNumId w:val="14728755"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16968,51 +16968,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209315422" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId313762381" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId64966918953cece62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId67706918953cecea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId57186918953ceda05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId90316918953cefcf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId80766918953cefec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId58986918953ceff77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId79176918953cf0008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId80656918953cf00a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId62106918953cf00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId27636918953cf036f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53836918953ced738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53836918953ced738.jpg"/><Relationship Id="rId41986918953cee9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41986918953cee9d5.jpg"/><Relationship Id="rId53276918953cf0454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53276918953cf0454.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId554304750" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId684711818" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId667269332eb29c2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId278169332eb29c2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId466069332eb29cc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId819069332eb29f215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId190969332eb29f419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId663069332eb29f4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId639669332eb29f576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId485369332eb29f619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId105269332eb29f65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId375069332eb29f8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId584469332eb29c978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId584469332eb29c978.jpg"/><Relationship Id="rId496869332eb29dfb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId496869332eb29dfb6.jpg"/><Relationship Id="rId198769332eb29f98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198769332eb29f98b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>