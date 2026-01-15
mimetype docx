--- v2 (2025-12-05)
+++ v3 (2026-01-15)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Coccionella trimeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger</w:t>
             </w:r>
-            <w:hyperlink r:id="rId667269332eb29c2a6" w:history="1">
+            <w:hyperlink r:id="rId460369689928b4e0e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278169332eb29c2ee" w:history="1">
+            <w:hyperlink r:id="rId735369689928b4e55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -342,86 +342,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="221120" name="name684069332eb29c97a" descr="14106.jpg"/>
+                  <wp:docPr id="25223470" name="name124069689928b55fc" descr="14106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId584469332eb29c978" cstate="print"/>
+                          <a:blip r:embed="rId594569689928b55fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId466069332eb29cc0e" w:history="1">
+            <w:hyperlink r:id="rId174469689928b574c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa, mainly in the Western Cape province near the towns of Ceres, Tulbagh, Riversdale, Paarl, and at Slanghoek, near Worcester; also in Gauteng province in Pretoria (Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83624681" name="name884269332eb29dfb9" descr="MARGTR_distribution_map.jpg"/>
+            <wp:docPr id="88790887" name="name469569689928b6746" descr="MARGTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId496869332eb29dfb6" cstate="print"/>
+                    <a:blip r:embed="rId494969689928b6743" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3253,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819069332eb29f215" w:history="1">
+      <w:hyperlink r:id="rId484869689928b7901" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3548,51 +3548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190969332eb29f419" w:history="1">
+      <w:hyperlink r:id="rId890869689928b7b00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3658,51 +3658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663069332eb29f4d2" w:history="1">
+      <w:hyperlink r:id="rId822269689928b7bb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3748,51 +3748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639669332eb29f576" w:history="1">
+      <w:hyperlink r:id="rId999969689928b7c52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,90 +3847,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485369332eb29f619" w:history="1">
+      <w:hyperlink r:id="rId766569689928b7cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105269332eb29f65d" w:history="1">
+      <w:hyperlink r:id="rId558369689928b7d34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4255,73 +4255,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375069332eb29f8f0" w:history="1">
+      <w:hyperlink r:id="rId639569689928b7fb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4334,63 +4334,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44517145" name="name774769332eb29f98c" descr="eu_funding_250.png"/>
+            <wp:docPr id="45728892" name="name648169689928b8049" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId198769332eb29f98b" cstate="print"/>
+                    <a:blip r:embed="rId198169689928b8048" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4488,137 +4488,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14728755">
+  <w:abstractNum w:abstractNumId="39523571">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26869382">
+    <w:lvl w:ilvl="0" w:tplc="70296064">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26869382" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70296064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14728754">
+  <w:abstractNum w:abstractNumId="39523570">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45018340">
+    <w:lvl w:ilvl="0" w:tplc="13421121">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5370,55 +5370,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14728754">
-    <w:abstractNumId w:val="14728754"/>
+  <w:num w:numId="39523570">
+    <w:abstractNumId w:val="39523570"/>
   </w:num>
-  <w:num w:numId="14728755">
-    <w:abstractNumId w:val="14728755"/>
+  <w:num w:numId="39523571">
+    <w:abstractNumId w:val="39523571"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16968,51 +16968,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId554304750" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId684711818" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId667269332eb29c2a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId278169332eb29c2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId466069332eb29cc0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId819069332eb29f215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId190969332eb29f419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId663069332eb29f4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId639669332eb29f576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId485369332eb29f619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId105269332eb29f65d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId375069332eb29f8f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId584469332eb29c978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId584469332eb29c978.jpg"/><Relationship Id="rId496869332eb29dfb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId496869332eb29dfb6.jpg"/><Relationship Id="rId198769332eb29f98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198769332eb29f98b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId963064604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773021512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460369689928b4e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId735369689928b4e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId174469689928b574c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId484869689928b7901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId890869689928b7b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId822269689928b7bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId999969689928b7c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId766569689928b7cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId558369689928b7d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId639569689928b7fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId594569689928b55fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594569689928b55fa.jpg"/><Relationship Id="rId494969689928b6743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId494969689928b6743.jpg"/><Relationship Id="rId198169689928b8048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198169689928b8048.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>