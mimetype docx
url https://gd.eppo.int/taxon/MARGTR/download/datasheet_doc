--- v3 (2026-01-15)
+++ v4 (2026-02-04)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Coccionella trimeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460369689928b4e0e" w:history="1">
+            <w:hyperlink r:id="rId769269838c515605b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId735369689928b4e55" w:history="1">
+            <w:hyperlink r:id="rId391169838c515609e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -342,86 +342,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25223470" name="name124069689928b55fc" descr="14106.jpg"/>
+                  <wp:docPr id="60394815" name="name571069838c5156160" descr="14106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId594569689928b55fa" cstate="print"/>
+                          <a:blip r:embed="rId244869838c515615f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId174469689928b574c" w:history="1">
+            <w:hyperlink r:id="rId628469838c5156274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa, mainly in the Western Cape province near the towns of Ceres, Tulbagh, Riversdale, Paarl, and at Slanghoek, near Worcester; also in Gauteng province in Pretoria (Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88790887" name="name469569689928b6746" descr="MARGTR_distribution_map.jpg"/>
+            <wp:docPr id="33709803" name="name340869838c5156fed" descr="MARGTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId494969689928b6743" cstate="print"/>
+                    <a:blip r:embed="rId921669838c5156fea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3253,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484869689928b7901" w:history="1">
+      <w:hyperlink r:id="rId159669838c5158181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3548,51 +3548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId890869689928b7b00" w:history="1">
+      <w:hyperlink r:id="rId261169838c5158383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3658,51 +3658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822269689928b7bb3" w:history="1">
+      <w:hyperlink r:id="rId799069838c5158472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3748,51 +3748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999969689928b7c52" w:history="1">
+      <w:hyperlink r:id="rId211869838c5158508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,90 +3847,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766569689928b7cf2" w:history="1">
+      <w:hyperlink r:id="rId375569838c51585a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558369689928b7d34" w:history="1">
+      <w:hyperlink r:id="rId574369838c51585eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639569689928b7fb0" w:history="1">
+      <w:hyperlink r:id="rId374869838c5158863" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4334,63 +4334,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45728892" name="name648169689928b8049" descr="eu_funding_250.png"/>
+            <wp:docPr id="16365435" name="name575169838c515890c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId198169689928b8048" cstate="print"/>
+                    <a:blip r:embed="rId969969838c515890b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4488,137 +4488,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39523571">
+  <w:abstractNum w:abstractNumId="26418156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70296064">
+    <w:lvl w:ilvl="0" w:tplc="17242015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70296064" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17242015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39523570">
+  <w:abstractNum w:abstractNumId="26418155">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13421121">
+    <w:lvl w:ilvl="0" w:tplc="69231552">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5370,55 +5370,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39523570">
-    <w:abstractNumId w:val="39523570"/>
+  <w:num w:numId="26418155">
+    <w:abstractNumId w:val="26418155"/>
   </w:num>
-  <w:num w:numId="39523571">
-    <w:abstractNumId w:val="39523571"/>
+  <w:num w:numId="26418156">
+    <w:abstractNumId w:val="26418156"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16968,51 +16968,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId963064604" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId773021512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460369689928b4e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId735369689928b4e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId174469689928b574c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId484869689928b7901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId890869689928b7b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId822269689928b7bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId999969689928b7c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId766569689928b7cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId558369689928b7d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId639569689928b7fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId594569689928b55fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594569689928b55fa.jpg"/><Relationship Id="rId494969689928b6743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId494969689928b6743.jpg"/><Relationship Id="rId198169689928b8048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId198169689928b8048.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688113284" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335900324" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769269838c515605b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId391169838c515609e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId628469838c5156274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId159669838c5158181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId261169838c5158383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId799069838c5158472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId211869838c5158508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId375569838c51585a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId574369838c51585eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId374869838c5158863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId244869838c515615f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244869838c515615f.jpg"/><Relationship Id="rId921669838c5156fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId921669838c5156fea.jpg"/><Relationship Id="rId969969838c515890b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969969838c515890b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>