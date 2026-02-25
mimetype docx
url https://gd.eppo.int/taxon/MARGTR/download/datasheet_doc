--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Coccionella trimeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger</w:t>
             </w:r>
-            <w:hyperlink r:id="rId769269838c515605b" w:history="1">
+            <w:hyperlink r:id="rId1909699f63fc8b71c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391169838c515609e" w:history="1">
+            <w:hyperlink r:id="rId1493699f63fc8b760" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -342,86 +342,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60394815" name="name571069838c5156160" descr="14106.jpg"/>
+                  <wp:docPr id="79662321" name="name7059699f63fc8be01" descr="14106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId244869838c515615f" cstate="print"/>
+                          <a:blip r:embed="rId7634699f63fc8bdff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId628469838c5156274" w:history="1">
+            <w:hyperlink r:id="rId6791699f63fc8bef9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa, mainly in the Western Cape province near the towns of Ceres, Tulbagh, Riversdale, Paarl, and at Slanghoek, near Worcester; also in Gauteng province in Pretoria (Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33709803" name="name340869838c5156fed" descr="MARGTR_distribution_map.jpg"/>
+            <wp:docPr id="9134918" name="name2878699f63fc8cea5" descr="MARGTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId921669838c5156fea" cstate="print"/>
+                    <a:blip r:embed="rId9709699f63fc8cea3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3253,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159669838c5158181" w:history="1">
+      <w:hyperlink r:id="rId9213699f63fc8e020" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3548,51 +3548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261169838c5158383" w:history="1">
+      <w:hyperlink r:id="rId8267699f63fc8e1f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3658,51 +3658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799069838c5158472" w:history="1">
+      <w:hyperlink r:id="rId5416699f63fc8e2a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3748,51 +3748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211869838c5158508" w:history="1">
+      <w:hyperlink r:id="rId3625699f63fc8e32f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,90 +3847,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375569838c51585a7" w:history="1">
+      <w:hyperlink r:id="rId3826699f63fc8e3ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId574369838c51585eb" w:history="1">
+      <w:hyperlink r:id="rId8117699f63fc8e40b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374869838c5158863" w:history="1">
+      <w:hyperlink r:id="rId9978699f63fc8e687" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4334,63 +4334,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16365435" name="name575169838c515890c" descr="eu_funding_250.png"/>
+            <wp:docPr id="2229888" name="name3143699f63fc8e783" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId969969838c515890b" cstate="print"/>
+                    <a:blip r:embed="rId2106699f63fc8e782" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4488,137 +4488,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26418156">
+  <w:abstractNum w:abstractNumId="76269785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17242015">
+    <w:lvl w:ilvl="0" w:tplc="65886053">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17242015" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65886053" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26418155">
+  <w:abstractNum w:abstractNumId="76269784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69231552">
+    <w:lvl w:ilvl="0" w:tplc="57049850">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5370,55 +5370,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26418155">
-    <w:abstractNumId w:val="26418155"/>
+  <w:num w:numId="76269784">
+    <w:abstractNumId w:val="76269784"/>
   </w:num>
-  <w:num w:numId="26418156">
-    <w:abstractNumId w:val="26418156"/>
+  <w:num w:numId="76269785">
+    <w:abstractNumId w:val="76269785"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16968,51 +16968,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688113284" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId335900324" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId769269838c515605b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId391169838c515609e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId628469838c5156274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId159669838c5158181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId261169838c5158383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId799069838c5158472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId211869838c5158508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId375569838c51585a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId574369838c51585eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId374869838c5158863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId244869838c515615f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244869838c515615f.jpg"/><Relationship Id="rId921669838c5156fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId921669838c5156fea.jpg"/><Relationship Id="rId969969838c515890b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969969838c515890b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143956176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239768054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1909699f63fc8b71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId1493699f63fc8b760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId6791699f63fc8bef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId9213699f63fc8e020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId8267699f63fc8e1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId5416699f63fc8e2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3625699f63fc8e32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId3826699f63fc8e3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId8117699f63fc8e40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9978699f63fc8e687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7634699f63fc8bdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7634699f63fc8bdff.jpg"/><Relationship Id="rId9709699f63fc8cea3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9709699f63fc8cea3.jpg"/><Relationship Id="rId2106699f63fc8e782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2106699f63fc8e782.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>