--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -247,88 +247,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Coccionella trimeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1909699f63fc8b71c" w:history="1">
+            <w:hyperlink r:id="rId570769b9d782eaafe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1493699f63fc8b760" w:history="1">
+            <w:hyperlink r:id="rId969569b9d782eab42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -342,86 +342,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79662321" name="name7059699f63fc8be01" descr="14106.jpg"/>
+                  <wp:docPr id="59678371" name="name590869b9d782eb480" descr="14106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7634699f63fc8bdff" cstate="print"/>
+                          <a:blip r:embed="rId243769b9d782eb47d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6791699f63fc8bef9" w:history="1">
+            <w:hyperlink r:id="rId585669b9d782eb63a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has been recorded only from South Africa, mainly in the Western Cape province near the towns of Ceres, Tulbagh, Riversdale, Paarl, and at Slanghoek, near Worcester; also in Gauteng province in Pretoria (Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9134918" name="name2878699f63fc8cea5" descr="MARGTR_distribution_map.jpg"/>
+            <wp:docPr id="5176120" name="name634169b9d782ec680" descr="MARGTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9709699f63fc8cea3" cstate="print"/>
+                    <a:blip r:embed="rId144569b9d782ec67d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3253,51 +3253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9213699f63fc8e020" w:history="1">
+      <w:hyperlink r:id="rId155769b9d782edaaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3548,51 +3548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8267699f63fc8e1f0" w:history="1">
+      <w:hyperlink r:id="rId969969b9d782edd3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3658,51 +3658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5416699f63fc8e2a0" w:history="1">
+      <w:hyperlink r:id="rId517169b9d782eddf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3748,51 +3748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3625699f63fc8e32f" w:history="1">
+      <w:hyperlink r:id="rId957869b9d782edead" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3847,90 +3847,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3826699f63fc8e3ca" w:history="1">
+      <w:hyperlink r:id="rId702569b9d782edf4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8117699f63fc8e40b" w:history="1">
+      <w:hyperlink r:id="rId852769b9d782edf92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 29 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4277,51 +4277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes trimeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9978699f63fc8e687" w:history="1">
+      <w:hyperlink r:id="rId276469b9d782ee217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4334,63 +4334,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2229888" name="name3143699f63fc8e783" descr="eu_funding_250.png"/>
+            <wp:docPr id="46203867" name="name757669b9d782ee5b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2106699f63fc8e782" cstate="print"/>
+                    <a:blip r:embed="rId919569b9d782ee5b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4488,137 +4488,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76269785">
+  <w:abstractNum w:abstractNumId="71508632">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65886053">
+    <w:lvl w:ilvl="0" w:tplc="77293255">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65886053" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77293255" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76269784">
+  <w:abstractNum w:abstractNumId="71508631">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57049850">
+    <w:lvl w:ilvl="0" w:tplc="72713874">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5370,55 +5370,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76269784">
-    <w:abstractNumId w:val="76269784"/>
+  <w:num w:numId="71508631">
+    <w:abstractNumId w:val="71508631"/>
   </w:num>
-  <w:num w:numId="76269785">
-    <w:abstractNumId w:val="76269785"/>
+  <w:num w:numId="71508632">
+    <w:abstractNumId w:val="71508632"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16968,51 +16968,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143956176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239768054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1909699f63fc8b71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId1493699f63fc8b760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId6791699f63fc8bef9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId9213699f63fc8e020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId8267699f63fc8e1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId5416699f63fc8e2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3625699f63fc8e32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId3826699f63fc8e3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId8117699f63fc8e40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9978699f63fc8e687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7634699f63fc8bdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7634699f63fc8bdff.jpg"/><Relationship Id="rId9709699f63fc8cea3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9709699f63fc8cea3.jpg"/><Relationship Id="rId2106699f63fc8e782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2106699f63fc8e782.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId825155886" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId294980213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId570769b9d782eaafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/" TargetMode="External"/><Relationship Id="rId969569b9d782eab42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/categorization" TargetMode="External"/><Relationship Id="rId585669b9d782eb63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGTR/photos" TargetMode="External"/><Relationship Id="rId155769b9d782edaaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId969969b9d782edd3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId517169b9d782eddf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId957869b9d782edead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId702569b9d782edf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId852769b9d782edf92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId276469b9d782ee217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId243769b9d782eb47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243769b9d782eb47d.jpg"/><Relationship Id="rId144569b9d782ec67d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId144569b9d782ec67d.jpg"/><Relationship Id="rId919569b9d782ee5b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId919569b9d782ee5b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>