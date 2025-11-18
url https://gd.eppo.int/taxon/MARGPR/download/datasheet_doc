--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415868e672d16b64a" w:history="1">
+            <w:hyperlink r:id="rId5661691c5df47fdee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114468e672d16b70e" w:history="1">
+            <w:hyperlink r:id="rId2161691c5df47fe57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-86"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1159200"/>
-                  <wp:docPr id="76935223" name="name883168e672d16be0c" descr="13978.jpg"/>
+                  <wp:docPr id="7826323" name="name5183691c5df47ff55" descr="13978.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13978.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId977168e672d16be0b" cstate="print"/>
+                          <a:blip r:embed="rId5411691c5df47ff53" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1159200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId243068e672d16bf3c" w:history="1">
+            <w:hyperlink r:id="rId6299691c5df480054" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1015,63 +1015,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2022 in press).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86449449" name="name882168e672d16d3e8" descr="MARGPR_distribution_map.jpg"/>
+            <wp:docPr id="70659320" name="name7182691c5df4812fe" descr="MARGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId942068e672d16d3e4" cstate="print"/>
+                    <a:blip r:embed="rId6595691c5df4812fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2968,51 +2968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955968e672d16e34d" w:history="1">
+      <w:hyperlink r:id="rId9921691c5df482102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3078,51 +3078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196168e672d16e404" w:history="1">
+      <w:hyperlink r:id="rId7536691c5df4821b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3168,51 +3168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487468e672d16e4aa" w:history="1">
+      <w:hyperlink r:id="rId5581691c5df482245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3267,90 +3267,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466368e672d16e54c" w:history="1">
+      <w:hyperlink r:id="rId1591691c5df4822e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977468e672d16e5b8" w:history="1">
+      <w:hyperlink r:id="rId5438691c5df482322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3454,51 +3454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-250. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583368e672d16e6b9" w:history="1">
+      <w:hyperlink r:id="rId1169691c5df48240e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.1263.1.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849268e672d16e7eb" w:history="1">
+      <w:hyperlink r:id="rId2916691c5df482525" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klerk CA de (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530668e672d16ea15" w:history="1">
+      <w:hyperlink r:id="rId4323691c5df482759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morrison H &amp; Morrison ER (1966) An annotated list of generic names of the scale insects (Homoptera: Coccoidea). Miscellaneous Publication United States Department of Agriculture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1015,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-206. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908668e672d16eb73" w:history="1">
+      <w:hyperlink r:id="rId8694691c5df4828b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5962/bhl.title.65706</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,51 +4401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes prieskaensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId691268e672d16ed96" w:history="1">
+      <w:hyperlink r:id="rId4697691c5df482a68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4520,63 +4520,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41401955" name="name502368e672d16f199" descr="eu_funding_250.png"/>
+            <wp:docPr id="51667741" name="name4296691c5df482ba4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId828968e672d16f198" cstate="print"/>
+                    <a:blip r:embed="rId4220691c5df482ba3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4674,137 +4674,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77944478">
+  <w:abstractNum w:abstractNumId="23542423">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87282446">
+    <w:lvl w:ilvl="0" w:tplc="83800852">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87282446" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83800852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77944477">
+  <w:abstractNum w:abstractNumId="23542422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89821269">
+    <w:lvl w:ilvl="0" w:tplc="38729547">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5556,55 +5556,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77944477">
-    <w:abstractNumId w:val="77944477"/>
+  <w:num w:numId="23542422">
+    <w:abstractNumId w:val="23542422"/>
   </w:num>
-  <w:num w:numId="77944478">
-    <w:abstractNumId w:val="77944478"/>
+  <w:num w:numId="23542423">
+    <w:abstractNumId w:val="23542423"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17154,51 +17154,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId925623857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId125260512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId415868e672d16b64a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId114468e672d16b70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId243068e672d16bf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId955968e672d16e34d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId196168e672d16e404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId487468e672d16e4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId466368e672d16e54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId977468e672d16e5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId583368e672d16e6b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId849268e672d16e7eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId530668e672d16ea15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId908668e672d16eb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId691268e672d16ed96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId977168e672d16be0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977168e672d16be0b.jpg"/><Relationship Id="rId942068e672d16d3e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId942068e672d16d3e4.jpg"/><Relationship Id="rId828968e672d16f198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828968e672d16f198.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId321566458" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId208460002" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5661691c5df47fdee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId2161691c5df47fe57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId6299691c5df480054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId9921691c5df482102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId7536691c5df4821b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId5581691c5df482245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1591691c5df4822e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId5438691c5df482322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1169691c5df48240e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId2916691c5df482525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId4323691c5df482759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId8694691c5df4828b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId4697691c5df482a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5411691c5df47ff53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5411691c5df47ff53.jpg"/><Relationship Id="rId6595691c5df4812fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6595691c5df4812fc.jpg"/><Relationship Id="rId4220691c5df482ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4220691c5df482ba3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>