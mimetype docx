--- v1 (2025-11-18)
+++ v2 (2026-01-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5661691c5df47fdee" w:history="1">
+            <w:hyperlink r:id="rId7497696cb31dd4449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2161691c5df47fe57" w:history="1">
+            <w:hyperlink r:id="rId5405696cb31dd44b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-86"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1159200"/>
-                  <wp:docPr id="7826323" name="name5183691c5df47ff55" descr="13978.jpg"/>
+                  <wp:docPr id="84678001" name="name9762696cb31dd4a64" descr="13978.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13978.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5411691c5df47ff53" cstate="print"/>
+                          <a:blip r:embed="rId9823696cb31dd4a62" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1159200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6299691c5df480054" w:history="1">
+            <w:hyperlink r:id="rId2275696cb31dd4ba1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1015,63 +1015,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2022 in press).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70659320" name="name7182691c5df4812fe" descr="MARGPR_distribution_map.jpg"/>
+            <wp:docPr id="53792176" name="name2682696cb31dd5ca7" descr="MARGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6595691c5df4812fc" cstate="print"/>
+                    <a:blip r:embed="rId7531696cb31dd5ca4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2968,51 +2968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9921691c5df482102" w:history="1">
+      <w:hyperlink r:id="rId9225696cb31dd6ac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3078,51 +3078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7536691c5df4821b4" w:history="1">
+      <w:hyperlink r:id="rId9937696cb31dd6b7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3168,51 +3168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5581691c5df482245" w:history="1">
+      <w:hyperlink r:id="rId6505696cb31dd6c0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3267,90 +3267,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1591691c5df4822e1" w:history="1">
+      <w:hyperlink r:id="rId8900696cb31dd6ca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5438691c5df482322" w:history="1">
+      <w:hyperlink r:id="rId3865696cb31dd6cea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3454,51 +3454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-250. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1169691c5df48240e" w:history="1">
+      <w:hyperlink r:id="rId7965696cb31dd6df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.1263.1.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2916691c5df482525" w:history="1">
+      <w:hyperlink r:id="rId7262696cb31dd6f22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klerk CA de (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4323691c5df482759" w:history="1">
+      <w:hyperlink r:id="rId5554696cb31dd70fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morrison H &amp; Morrison ER (1966) An annotated list of generic names of the scale insects (Homoptera: Coccoidea). Miscellaneous Publication United States Department of Agriculture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1015,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-206. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8694691c5df4828b5" w:history="1">
+      <w:hyperlink r:id="rId6768696cb31dd7254" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5962/bhl.title.65706</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4379,73 +4379,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes prieskaensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4697691c5df482a68" w:history="1">
+      <w:hyperlink r:id="rId4608696cb31dd740e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4520,63 +4520,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51667741" name="name4296691c5df482ba4" descr="eu_funding_250.png"/>
+            <wp:docPr id="42382172" name="name7112696cb31dd77c6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4220691c5df482ba3" cstate="print"/>
+                    <a:blip r:embed="rId8602696cb31dd77c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4674,137 +4674,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23542423">
+  <w:abstractNum w:abstractNumId="37605340">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83800852">
+    <w:lvl w:ilvl="0" w:tplc="89584420">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83800852" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89584420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23542422">
+  <w:abstractNum w:abstractNumId="37605339">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38729547">
+    <w:lvl w:ilvl="0" w:tplc="93192105">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5556,55 +5556,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23542422">
-    <w:abstractNumId w:val="23542422"/>
+  <w:num w:numId="37605339">
+    <w:abstractNumId w:val="37605339"/>
   </w:num>
-  <w:num w:numId="23542423">
-    <w:abstractNumId w:val="23542423"/>
+  <w:num w:numId="37605340">
+    <w:abstractNumId w:val="37605340"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17154,51 +17154,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId321566458" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId208460002" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5661691c5df47fdee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId2161691c5df47fe57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId6299691c5df480054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId9921691c5df482102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId7536691c5df4821b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId5581691c5df482245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1591691c5df4822e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId5438691c5df482322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1169691c5df48240e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId2916691c5df482525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId4323691c5df482759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId8694691c5df4828b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId4697691c5df482a68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5411691c5df47ff53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5411691c5df47ff53.jpg"/><Relationship Id="rId6595691c5df4812fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6595691c5df4812fc.jpg"/><Relationship Id="rId4220691c5df482ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4220691c5df482ba3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId332383145" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216910352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7497696cb31dd4449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId5405696cb31dd44b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId2275696cb31dd4ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId9225696cb31dd6ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId9937696cb31dd6b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId6505696cb31dd6c0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId8900696cb31dd6ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId3865696cb31dd6cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7965696cb31dd6df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId7262696cb31dd6f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId5554696cb31dd70fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId6768696cb31dd7254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId4608696cb31dd740e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9823696cb31dd4a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9823696cb31dd4a62.jpg"/><Relationship Id="rId7531696cb31dd5ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7531696cb31dd5ca4.jpg"/><Relationship Id="rId8602696cb31dd77c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8602696cb31dd77c4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>