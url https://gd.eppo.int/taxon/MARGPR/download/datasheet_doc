--- v2 (2026-01-18)
+++ v3 (2026-02-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7497696cb31dd4449" w:history="1">
+            <w:hyperlink r:id="rId98156989eab89f94f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5405696cb31dd44b2" w:history="1">
+            <w:hyperlink r:id="rId83376989eab89f9b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-86"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1159200"/>
-                  <wp:docPr id="84678001" name="name9762696cb31dd4a64" descr="13978.jpg"/>
+                  <wp:docPr id="5262386" name="name80696989eab8a004e" descr="13978.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13978.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9823696cb31dd4a62" cstate="print"/>
+                          <a:blip r:embed="rId88826989eab8a004c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1159200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2275696cb31dd4ba1" w:history="1">
+            <w:hyperlink r:id="rId99076989eab8a0158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1015,63 +1015,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2022 in press).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53792176" name="name2682696cb31dd5ca7" descr="MARGPR_distribution_map.jpg"/>
+            <wp:docPr id="11007475" name="name12146989eab8a129b" descr="MARGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7531696cb31dd5ca4" cstate="print"/>
+                    <a:blip r:embed="rId85506989eab8a1299" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2968,51 +2968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9225696cb31dd6ac6" w:history="1">
+      <w:hyperlink r:id="rId80266989eab8a20e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3078,51 +3078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9937696cb31dd6b7c" w:history="1">
+      <w:hyperlink r:id="rId56166989eab8a21b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3168,51 +3168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6505696cb31dd6c0d" w:history="1">
+      <w:hyperlink r:id="rId58886989eab8a2248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3267,90 +3267,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8900696cb31dd6ca8" w:history="1">
+      <w:hyperlink r:id="rId29996989eab8a22e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3865696cb31dd6cea" w:history="1">
+      <w:hyperlink r:id="rId23456989eab8a232d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3454,51 +3454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-250. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7965696cb31dd6df6" w:history="1">
+      <w:hyperlink r:id="rId59906989eab8a2420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.1263.1.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7262696cb31dd6f22" w:history="1">
+      <w:hyperlink r:id="rId91666989eab8a253b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klerk CA de (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5554696cb31dd70fc" w:history="1">
+      <w:hyperlink r:id="rId30126989eab8a270c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morrison H &amp; Morrison ER (1966) An annotated list of generic names of the scale insects (Homoptera: Coccoidea). Miscellaneous Publication United States Department of Agriculture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1015,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-206. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6768696cb31dd7254" w:history="1">
+      <w:hyperlink r:id="rId35796989eab8a2871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5962/bhl.title.65706</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,51 +4401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes prieskaensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4608696cb31dd740e" w:history="1">
+      <w:hyperlink r:id="rId63786989eab8a2a25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4520,63 +4520,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42382172" name="name7112696cb31dd77c6" descr="eu_funding_250.png"/>
+            <wp:docPr id="95108616" name="name58466989eab8a2b30" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8602696cb31dd77c4" cstate="print"/>
+                    <a:blip r:embed="rId43106989eab8a2b2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4674,137 +4674,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37605340">
+  <w:abstractNum w:abstractNumId="46675212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89584420">
+    <w:lvl w:ilvl="0" w:tplc="65148095">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89584420" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65148095" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37605339">
+  <w:abstractNum w:abstractNumId="46675211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93192105">
+    <w:lvl w:ilvl="0" w:tplc="65046156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5556,55 +5556,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37605339">
-    <w:abstractNumId w:val="37605339"/>
+  <w:num w:numId="46675211">
+    <w:abstractNumId w:val="46675211"/>
   </w:num>
-  <w:num w:numId="37605340">
-    <w:abstractNumId w:val="37605340"/>
+  <w:num w:numId="46675212">
+    <w:abstractNumId w:val="46675212"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17154,51 +17154,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId332383145" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId216910352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7497696cb31dd4449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId5405696cb31dd44b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId2275696cb31dd4ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId9225696cb31dd6ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId9937696cb31dd6b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId6505696cb31dd6c0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId8900696cb31dd6ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId3865696cb31dd6cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7965696cb31dd6df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId7262696cb31dd6f22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId5554696cb31dd70fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId6768696cb31dd7254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId4608696cb31dd740e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9823696cb31dd4a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9823696cb31dd4a62.jpg"/><Relationship Id="rId7531696cb31dd5ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7531696cb31dd5ca4.jpg"/><Relationship Id="rId8602696cb31dd77c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8602696cb31dd77c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698336219" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618357564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98156989eab89f94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId83376989eab89f9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId99076989eab8a0158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId80266989eab8a20e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId56166989eab8a21b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId58886989eab8a2248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId29996989eab8a22e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId23456989eab8a232d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId59906989eab8a2420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId91666989eab8a253b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId30126989eab8a270c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId35796989eab8a2871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId63786989eab8a2a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId88826989eab8a004c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88826989eab8a004c.jpg"/><Relationship Id="rId85506989eab8a1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85506989eab8a1299.jpg"/><Relationship Id="rId43106989eab8a2b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43106989eab8a2b2f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>