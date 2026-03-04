--- v3 (2026-02-09)
+++ v4 (2026-03-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98156989eab89f94f" w:history="1">
+            <w:hyperlink r:id="rId843669a7bdf21a738" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83376989eab89f9b7" w:history="1">
+            <w:hyperlink r:id="rId830369a7bdf21a7a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-86"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1159200"/>
-                  <wp:docPr id="5262386" name="name80696989eab8a004e" descr="13978.jpg"/>
+                  <wp:docPr id="36953385" name="name407069a7bdf21abdc" descr="13978.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13978.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId88826989eab8a004c" cstate="print"/>
+                          <a:blip r:embed="rId248369a7bdf21abda" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1159200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99076989eab8a0158" w:history="1">
+            <w:hyperlink r:id="rId783069a7bdf21acee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1015,63 +1015,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2022 in press).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11007475" name="name12146989eab8a129b" descr="MARGPR_distribution_map.jpg"/>
+            <wp:docPr id="57282788" name="name691469a7bdf21ba06" descr="MARGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85506989eab8a1299" cstate="print"/>
+                    <a:blip r:embed="rId333769a7bdf21ba04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2968,51 +2968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80266989eab8a20e5" w:history="1">
+      <w:hyperlink r:id="rId869169a7bdf21c8a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3078,51 +3078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56166989eab8a21b1" w:history="1">
+      <w:hyperlink r:id="rId642969a7bdf21c96a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3168,51 +3168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58886989eab8a2248" w:history="1">
+      <w:hyperlink r:id="rId752469a7bdf21c9ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3267,90 +3267,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29996989eab8a22e9" w:history="1">
+      <w:hyperlink r:id="rId613369a7bdf21ca9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23456989eab8a232d" w:history="1">
+      <w:hyperlink r:id="rId592569a7bdf21cae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3454,51 +3454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-250. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59906989eab8a2420" w:history="1">
+      <w:hyperlink r:id="rId503869a7bdf21cbcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.1263.1.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91666989eab8a253b" w:history="1">
+      <w:hyperlink r:id="rId134569a7bdf21cce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klerk CA de (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30126989eab8a270c" w:history="1">
+      <w:hyperlink r:id="rId167569a7bdf21ceb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morrison H &amp; Morrison ER (1966) An annotated list of generic names of the scale insects (Homoptera: Coccoidea). Miscellaneous Publication United States Department of Agriculture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1015,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-206. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35796989eab8a2871" w:history="1">
+      <w:hyperlink r:id="rId205769a7bdf21d00d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5962/bhl.title.65706</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,51 +4401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes prieskaensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63786989eab8a2a25" w:history="1">
+      <w:hyperlink r:id="rId157369a7bdf21d1d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4520,63 +4520,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95108616" name="name58466989eab8a2b30" descr="eu_funding_250.png"/>
+            <wp:docPr id="28487831" name="name379669a7bdf21d425" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43106989eab8a2b2f" cstate="print"/>
+                    <a:blip r:embed="rId456869a7bdf21d423" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4674,137 +4674,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46675212">
+  <w:abstractNum w:abstractNumId="18969489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65148095">
+    <w:lvl w:ilvl="0" w:tplc="63406253">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65148095" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63406253" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46675211">
+  <w:abstractNum w:abstractNumId="18969488">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65046156">
+    <w:lvl w:ilvl="0" w:tplc="72167383">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5556,55 +5556,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46675211">
-    <w:abstractNumId w:val="46675211"/>
+  <w:num w:numId="18969488">
+    <w:abstractNumId w:val="18969488"/>
   </w:num>
-  <w:num w:numId="46675212">
-    <w:abstractNumId w:val="46675212"/>
+  <w:num w:numId="18969489">
+    <w:abstractNumId w:val="18969489"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17154,51 +17154,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698336219" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId618357564" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98156989eab89f94f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId83376989eab89f9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId99076989eab8a0158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId80266989eab8a20e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId56166989eab8a21b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId58886989eab8a2248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId29996989eab8a22e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId23456989eab8a232d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId59906989eab8a2420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId91666989eab8a253b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId30126989eab8a270c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId35796989eab8a2871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId63786989eab8a2a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId88826989eab8a004c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88826989eab8a004c.jpg"/><Relationship Id="rId85506989eab8a1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85506989eab8a1299.jpg"/><Relationship Id="rId43106989eab8a2b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43106989eab8a2b2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId864323888" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407795862" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId843669a7bdf21a738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId830369a7bdf21a7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId783069a7bdf21acee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId869169a7bdf21c8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId642969a7bdf21c96a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId752469a7bdf21c9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId613369a7bdf21ca9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId592569a7bdf21cae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId503869a7bdf21cbcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId134569a7bdf21cce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId167569a7bdf21ceb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId205769a7bdf21d00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId157369a7bdf21d1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId248369a7bdf21abda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248369a7bdf21abda.jpg"/><Relationship Id="rId333769a7bdf21ba04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId333769a7bdf21ba04.jpg"/><Relationship Id="rId456869a7bdf21d423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456869a7bdf21d423.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>