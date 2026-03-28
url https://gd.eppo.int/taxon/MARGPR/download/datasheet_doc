--- v4 (2026-03-04)
+++ v5 (2026-03-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId843669a7bdf21a738" w:history="1">
+            <w:hyperlink r:id="rId876469c7422bc8e69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId830369a7bdf21a7a2" w:history="1">
+            <w:hyperlink r:id="rId196569c7422bc8ed3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGPR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-86"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1159200"/>
-                  <wp:docPr id="36953385" name="name407069a7bdf21abdc" descr="13978.jpg"/>
+                  <wp:docPr id="17524316" name="name229969c7422bc9540" descr="13978.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13978.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId248369a7bdf21abda" cstate="print"/>
+                          <a:blip r:embed="rId888869c7422bc953f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1159200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId783069a7bdf21acee" w:history="1">
+            <w:hyperlink r:id="rId104469c7422bc9669" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1015,63 +1015,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2022 in press).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57282788" name="name691469a7bdf21ba06" descr="MARGPR_distribution_map.jpg"/>
+            <wp:docPr id="27249555" name="name240969c7422bca7c9" descr="MARGPR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGPR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId333769a7bdf21ba04" cstate="print"/>
+                    <a:blip r:embed="rId555869c7422bca7c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2968,51 +2968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869169a7bdf21c8a5" w:history="1">
+      <w:hyperlink r:id="rId112769c7422bcb60d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3078,51 +3078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642969a7bdf21c96a" w:history="1">
+      <w:hyperlink r:id="rId959269c7422bcb6bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3168,51 +3168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752469a7bdf21c9ff" w:history="1">
+      <w:hyperlink r:id="rId119369c7422bcb74f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3267,90 +3267,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613369a7bdf21ca9d" w:history="1">
+      <w:hyperlink r:id="rId687069c7422bcb7ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592569a7bdf21cae0" w:history="1">
+      <w:hyperlink r:id="rId441469c7422bcb82c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3454,51 +3454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1263</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-250. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503869a7bdf21cbcf" w:history="1">
+      <w:hyperlink r:id="rId257569c7422bcb917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.1263.1.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 47-58. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134569a7bdf21cce9" w:history="1">
+      <w:hyperlink r:id="rId969469c7422bcba2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21548/1-1-2413</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3922,51 +3922,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Klerk CA de (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId167569a7bdf21ceb7" w:history="1">
+      <w:hyperlink r:id="rId730069c7422bcbc17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4137,51 +4137,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Morrison H &amp; Morrison ER (1966) An annotated list of generic names of the scale insects (Homoptera: Coccoidea). Miscellaneous Publication United States Department of Agriculture </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1015,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-206. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId205769a7bdf21d00d" w:history="1">
+      <w:hyperlink r:id="rId285469c7422bcbd71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5962/bhl.title.65706</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 18 January 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4401,51 +4401,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes prieskaensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157369a7bdf21d1d0" w:history="1">
+      <w:hyperlink r:id="rId147669c7422bcbf20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4520,63 +4520,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28487831" name="name379669a7bdf21d425" descr="eu_funding_250.png"/>
+            <wp:docPr id="37268773" name="name594969c7422bcc24f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId456869a7bdf21d423" cstate="print"/>
+                    <a:blip r:embed="rId782469c7422bcc24e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4674,137 +4674,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18969489">
+  <w:abstractNum w:abstractNumId="63812429">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63406253">
+    <w:lvl w:ilvl="0" w:tplc="66537971">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63406253" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66537971" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18969488">
+  <w:abstractNum w:abstractNumId="63812428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72167383">
+    <w:lvl w:ilvl="0" w:tplc="48075555">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5556,55 +5556,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18969488">
-    <w:abstractNumId w:val="18969488"/>
+  <w:num w:numId="63812428">
+    <w:abstractNumId w:val="63812428"/>
   </w:num>
-  <w:num w:numId="18969489">
-    <w:abstractNumId w:val="18969489"/>
+  <w:num w:numId="63812429">
+    <w:abstractNumId w:val="63812429"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17154,51 +17154,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId864323888" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407795862" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId843669a7bdf21a738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId830369a7bdf21a7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId783069a7bdf21acee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId869169a7bdf21c8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId642969a7bdf21c96a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId752469a7bdf21c9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId613369a7bdf21ca9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId592569a7bdf21cae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId503869a7bdf21cbcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId134569a7bdf21cce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId167569a7bdf21ceb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId205769a7bdf21d00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId157369a7bdf21d1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId248369a7bdf21abda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248369a7bdf21abda.jpg"/><Relationship Id="rId333769a7bdf21ba04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId333769a7bdf21ba04.jpg"/><Relationship Id="rId456869a7bdf21d423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId456869a7bdf21d423.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId963651732" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId469619361" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId876469c7422bc8e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/" TargetMode="External"/><Relationship Id="rId196569c7422bc8ed3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/categorization" TargetMode="External"/><Relationship Id="rId104469c7422bc9669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGPR/photos" TargetMode="External"/><Relationship Id="rId112769c7422bcb60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId959269c7422bcb6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId119369c7422bcb74f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId687069c7422bcb7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId441469c7422bcb82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId257569c7422bcb917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.1263.1.1" TargetMode="External"/><Relationship Id="rId969469c7422bcba2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21548/1-1-2413" TargetMode="External"/><Relationship Id="rId730069c7422bcbc17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId285469c7422bcbd71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5962/bhl.title.65706" TargetMode="External"/><Relationship Id="rId147669c7422bcbf20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId888869c7422bc953f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId888869c7422bc953f.jpg"/><Relationship Id="rId555869c7422bca7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555869c7422bca7c6.jpg"/><Relationship Id="rId782469c7422bcc24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782469c7422bcc24e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>