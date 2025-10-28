--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466968e243d10f633" w:history="1">
+            <w:hyperlink r:id="rId169869000834b7b4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId982368e243d10f67c" w:history="1">
+            <w:hyperlink r:id="rId433269000834b7b90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7242979" name="name466268e243d10fe12" descr="14113.jpg"/>
+                  <wp:docPr id="94686489" name="name475169000834b82b3" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId447868e243d10fe10" cstate="print"/>
+                          <a:blip r:embed="rId735569000834b82b1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId200668e243d10ff87" w:history="1">
+            <w:hyperlink r:id="rId168869000834b83d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64614919" name="name855968e243d111173" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="22265020" name="name217469000834b931b" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId237768e243d111170" cstate="print"/>
+                    <a:blip r:embed="rId161269000834b9318" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488768e243d11221b" w:history="1">
+      <w:hyperlink r:id="rId803669000834ba361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523068e243d1122d2" w:history="1">
+      <w:hyperlink r:id="rId855269000834ba431" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437868e243d112376" w:history="1">
+      <w:hyperlink r:id="rId193869000834ba500" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId684168e243d112414" w:history="1">
+      <w:hyperlink r:id="rId699969000834ba5a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817968e243d112456" w:history="1">
+      <w:hyperlink r:id="rId835369000834ba5e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941668e243d11261f" w:history="1">
+      <w:hyperlink r:id="rId506569000834ba80a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4212,51 +4212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId209168e243d11290e" w:history="1">
+      <w:hyperlink r:id="rId182269000834bab5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84141720" name="name704768e243d1129d7" descr="eu_funding_250.png"/>
+            <wp:docPr id="88607445" name="name383669000834bb031" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId422768e243d1129d6" cstate="print"/>
+                    <a:blip r:embed="rId524469000834bb02f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17325291">
+  <w:abstractNum w:abstractNumId="74157174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82950286">
+    <w:lvl w:ilvl="0" w:tplc="49643343">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82950286" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49643343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17325290">
+  <w:abstractNum w:abstractNumId="74157173">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18646461">
+    <w:lvl w:ilvl="0" w:tplc="57947831">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17325290">
-    <w:abstractNumId w:val="17325290"/>
+  <w:num w:numId="74157173">
+    <w:abstractNumId w:val="74157173"/>
   </w:num>
-  <w:num w:numId="17325291">
-    <w:abstractNumId w:val="17325291"/>
+  <w:num w:numId="74157174">
+    <w:abstractNumId w:val="74157174"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431323629" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId626241269" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId466968e243d10f633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId982368e243d10f67c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId200668e243d10ff87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId488768e243d11221b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId523068e243d1122d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId437868e243d112376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId684168e243d112414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId817968e243d112456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId941668e243d11261f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId209168e243d11290e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId447868e243d10fe10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447868e243d10fe10.jpg"/><Relationship Id="rId237768e243d111170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237768e243d111170.jpg"/><Relationship Id="rId422768e243d1129d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId422768e243d1129d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId618413021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId158409864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId169869000834b7b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId433269000834b7b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId168869000834b83d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId803669000834ba361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId855269000834ba431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId193869000834ba500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId699969000834ba5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId835369000834ba5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId506569000834ba80a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId182269000834bab5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId735569000834b82b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735569000834b82b1.jpg"/><Relationship Id="rId161269000834b9318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId161269000834b9318.jpg"/><Relationship Id="rId524469000834bb02f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId524469000834bb02f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>