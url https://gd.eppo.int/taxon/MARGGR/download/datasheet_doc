--- v1 (2025-10-28)
+++ v2 (2025-12-05)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169869000834b7b4b" w:history="1">
+            <w:hyperlink r:id="rId103469330a4b4a63c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433269000834b7b90" w:history="1">
+            <w:hyperlink r:id="rId689169330a4b4a681" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94686489" name="name475169000834b82b3" descr="14113.jpg"/>
+                  <wp:docPr id="95965625" name="name107169330a4b4ae2e" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId735569000834b82b1" cstate="print"/>
+                          <a:blip r:embed="rId282969330a4b4ae2c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId168869000834b83d3" w:history="1">
+            <w:hyperlink r:id="rId122069330a4b4af67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22265020" name="name217469000834b931b" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="52255664" name="name657269330a4b4c2f8" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId161269000834b9318" cstate="print"/>
+                    <a:blip r:embed="rId220169330a4b4c2f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803669000834ba361" w:history="1">
+      <w:hyperlink r:id="rId745169330a4b4d2cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855269000834ba431" w:history="1">
+      <w:hyperlink r:id="rId398369330a4b4d383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId193869000834ba500" w:history="1">
+      <w:hyperlink r:id="rId955569330a4b4d425" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699969000834ba5a4" w:history="1">
+      <w:hyperlink r:id="rId807869330a4b4d4c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835369000834ba5e7" w:history="1">
+      <w:hyperlink r:id="rId804669330a4b4d505" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506569000834ba80a" w:history="1">
+      <w:hyperlink r:id="rId608669330a4b4d6ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4212,51 +4212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182269000834bab5c" w:history="1">
+      <w:hyperlink r:id="rId852869330a4b4d999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88607445" name="name383669000834bb031" descr="eu_funding_250.png"/>
+            <wp:docPr id="24302181" name="name918069330a4b4da35" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId524469000834bb02f" cstate="print"/>
+                    <a:blip r:embed="rId995269330a4b4da34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74157174">
+  <w:abstractNum w:abstractNumId="88952784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49643343">
+    <w:lvl w:ilvl="0" w:tplc="97351194">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49643343" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97351194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74157173">
+  <w:abstractNum w:abstractNumId="88952783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57947831">
+    <w:lvl w:ilvl="0" w:tplc="53768409">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74157173">
-    <w:abstractNumId w:val="74157173"/>
+  <w:num w:numId="88952783">
+    <w:abstractNumId w:val="88952783"/>
   </w:num>
-  <w:num w:numId="74157174">
-    <w:abstractNumId w:val="74157174"/>
+  <w:num w:numId="88952784">
+    <w:abstractNumId w:val="88952784"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId618413021" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId158409864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId169869000834b7b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId433269000834b7b90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId168869000834b83d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId803669000834ba361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId855269000834ba431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId193869000834ba500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId699969000834ba5a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId835369000834ba5e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId506569000834ba80a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId182269000834bab5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId735569000834b82b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735569000834b82b1.jpg"/><Relationship Id="rId161269000834b9318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId161269000834b9318.jpg"/><Relationship Id="rId524469000834bb02f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId524469000834bb02f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526694427" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId622469212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103469330a4b4a63c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId689169330a4b4a681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId122069330a4b4af67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId745169330a4b4d2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId398369330a4b4d383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId955569330a4b4d425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId807869330a4b4d4c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId804669330a4b4d505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId608669330a4b4d6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId852869330a4b4d999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId282969330a4b4ae2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282969330a4b4ae2c.jpg"/><Relationship Id="rId220169330a4b4c2f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220169330a4b4c2f5.jpg"/><Relationship Id="rId995269330a4b4da34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId995269330a4b4da34.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>