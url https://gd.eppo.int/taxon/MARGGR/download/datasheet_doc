--- v2 (2025-12-05)
+++ v3 (2025-12-14)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103469330a4b4a63c" w:history="1">
+            <w:hyperlink r:id="rId8166693ed78c0a1d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId689169330a4b4a681" w:history="1">
+            <w:hyperlink r:id="rId3651693ed78c0a21c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95965625" name="name107169330a4b4ae2e" descr="14113.jpg"/>
+                  <wp:docPr id="89733040" name="name3111693ed78c0a8a9" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId282969330a4b4ae2c" cstate="print"/>
+                          <a:blip r:embed="rId1298693ed78c0a8a7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId122069330a4b4af67" w:history="1">
+            <w:hyperlink r:id="rId6420693ed78c0a997" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52255664" name="name657269330a4b4c2f8" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="2035507" name="name9897693ed78c0b7ff" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId220169330a4b4c2f5" cstate="print"/>
+                    <a:blip r:embed="rId3491693ed78c0b7fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745169330a4b4d2cf" w:history="1">
+      <w:hyperlink r:id="rId2872693ed78c0c72b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398369330a4b4d383" w:history="1">
+      <w:hyperlink r:id="rId4735693ed78c0c7dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955569330a4b4d425" w:history="1">
+      <w:hyperlink r:id="rId5578693ed78c0c87b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807869330a4b4d4c3" w:history="1">
+      <w:hyperlink r:id="rId2419693ed78c0c916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804669330a4b4d505" w:history="1">
+      <w:hyperlink r:id="rId3291693ed78c0c957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608669330a4b4d6ca" w:history="1">
+      <w:hyperlink r:id="rId3493693ed78c0cb24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4212,51 +4212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852869330a4b4d999" w:history="1">
+      <w:hyperlink r:id="rId3026693ed78c0cdf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24302181" name="name918069330a4b4da35" descr="eu_funding_250.png"/>
+            <wp:docPr id="21033509" name="name5195693ed78c0ce8a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId995269330a4b4da34" cstate="print"/>
+                    <a:blip r:embed="rId2682693ed78c0ce89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88952784">
+  <w:abstractNum w:abstractNumId="95455441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97351194">
+    <w:lvl w:ilvl="0" w:tplc="67044602">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97351194" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67044602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88952783">
+  <w:abstractNum w:abstractNumId="95455440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53768409">
+    <w:lvl w:ilvl="0" w:tplc="66798338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88952783">
-    <w:abstractNumId w:val="88952783"/>
+  <w:num w:numId="95455440">
+    <w:abstractNumId w:val="95455440"/>
   </w:num>
-  <w:num w:numId="88952784">
-    <w:abstractNumId w:val="88952784"/>
+  <w:num w:numId="95455441">
+    <w:abstractNumId w:val="95455441"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526694427" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId622469212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId103469330a4b4a63c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId689169330a4b4a681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId122069330a4b4af67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId745169330a4b4d2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId398369330a4b4d383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId955569330a4b4d425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId807869330a4b4d4c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId804669330a4b4d505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId608669330a4b4d6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId852869330a4b4d999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId282969330a4b4ae2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282969330a4b4ae2c.jpg"/><Relationship Id="rId220169330a4b4c2f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220169330a4b4c2f5.jpg"/><Relationship Id="rId995269330a4b4da34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId995269330a4b4da34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId136821169" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId640788230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8166693ed78c0a1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId3651693ed78c0a21c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId6420693ed78c0a997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId2872693ed78c0c72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId4735693ed78c0c7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId5578693ed78c0c87b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId2419693ed78c0c916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId3291693ed78c0c957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3493693ed78c0cb24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId3026693ed78c0cdf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1298693ed78c0a8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1298693ed78c0a8a7.jpg"/><Relationship Id="rId3491693ed78c0b7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3491693ed78c0b7fd.jpg"/><Relationship Id="rId2682693ed78c0ce89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2682693ed78c0ce89.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>