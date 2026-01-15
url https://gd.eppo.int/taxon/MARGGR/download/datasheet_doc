--- v3 (2025-12-14)
+++ v4 (2026-01-15)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8166693ed78c0a1d9" w:history="1">
+            <w:hyperlink r:id="rId89286968c2709e1aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3651693ed78c0a21c" w:history="1">
+            <w:hyperlink r:id="rId83976968c2709e1ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89733040" name="name3111693ed78c0a8a9" descr="14113.jpg"/>
+                  <wp:docPr id="45117757" name="name39116968c2709e2cd" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1298693ed78c0a8a7" cstate="print"/>
+                          <a:blip r:embed="rId20286968c2709e2cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6420693ed78c0a997" w:history="1">
+            <w:hyperlink r:id="rId67526968c2709e40e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2035507" name="name9897693ed78c0b7ff" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="4566576" name="name39426968c2709f46a" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3491693ed78c0b7fd" cstate="print"/>
+                    <a:blip r:embed="rId14006968c2709f468" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2872693ed78c0c72b" w:history="1">
+      <w:hyperlink r:id="rId96246968c270a0508" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4735693ed78c0c7dc" w:history="1">
+      <w:hyperlink r:id="rId44566968c270a05d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5578693ed78c0c87b" w:history="1">
+      <w:hyperlink r:id="rId63016968c270a067f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2419693ed78c0c916" w:history="1">
+      <w:hyperlink r:id="rId43586968c270a0735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3291693ed78c0c957" w:history="1">
+      <w:hyperlink r:id="rId34876968c270a077c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3493693ed78c0cb24" w:history="1">
+      <w:hyperlink r:id="rId18676968c270a0963" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4190,73 +4190,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3026693ed78c0cdf9" w:history="1">
+      <w:hyperlink r:id="rId61176968c270a0c77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21033509" name="name5195693ed78c0ce8a" descr="eu_funding_250.png"/>
+            <wp:docPr id="56366046" name="name54846968c270a0d35" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2682693ed78c0ce89" cstate="print"/>
+                    <a:blip r:embed="rId35956968c270a0d34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95455441">
+  <w:abstractNum w:abstractNumId="56712445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67044602">
+    <w:lvl w:ilvl="0" w:tplc="10518359">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67044602" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10518359" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95455440">
+  <w:abstractNum w:abstractNumId="56712444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66798338">
+    <w:lvl w:ilvl="0" w:tplc="84942816">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95455440">
-    <w:abstractNumId w:val="95455440"/>
+  <w:num w:numId="56712444">
+    <w:abstractNumId w:val="56712444"/>
   </w:num>
-  <w:num w:numId="95455441">
-    <w:abstractNumId w:val="95455441"/>
+  <w:num w:numId="56712445">
+    <w:abstractNumId w:val="56712445"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId136821169" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId640788230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8166693ed78c0a1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId3651693ed78c0a21c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId6420693ed78c0a997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId2872693ed78c0c72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId4735693ed78c0c7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId5578693ed78c0c87b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId2419693ed78c0c916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId3291693ed78c0c957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3493693ed78c0cb24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId3026693ed78c0cdf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1298693ed78c0a8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1298693ed78c0a8a7.jpg"/><Relationship Id="rId3491693ed78c0b7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3491693ed78c0b7fd.jpg"/><Relationship Id="rId2682693ed78c0ce89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2682693ed78c0ce89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId109231936" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316367180" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89286968c2709e1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId83976968c2709e1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId67526968c2709e40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId96246968c270a0508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId44566968c270a05d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId63016968c270a067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId43586968c270a0735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId34876968c270a077c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId18676968c270a0963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId61176968c270a0c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20286968c2709e2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20286968c2709e2cb.jpg"/><Relationship Id="rId14006968c2709f468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14006968c2709f468.jpg"/><Relationship Id="rId35956968c270a0d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35956968c270a0d34.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>