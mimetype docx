--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89286968c2709e1aa" w:history="1">
+            <w:hyperlink r:id="rId747269835e086bb3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83976968c2709e1ef" w:history="1">
+            <w:hyperlink r:id="rId660169835e086bb82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45117757" name="name39116968c2709e2cd" descr="14113.jpg"/>
+                  <wp:docPr id="37440810" name="name872969835e086c0b3" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20286968c2709e2cb" cstate="print"/>
+                          <a:blip r:embed="rId410469835e086c0b1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67526968c2709e40e" w:history="1">
+            <w:hyperlink r:id="rId756669835e086c204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4566576" name="name39426968c2709f46a" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="81206438" name="name486869835e086cfae" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14006968c2709f468" cstate="print"/>
+                    <a:blip r:embed="rId444069835e086cfab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96246968c270a0508" w:history="1">
+      <w:hyperlink r:id="rId449769835e086df7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44566968c270a05d7" w:history="1">
+      <w:hyperlink r:id="rId161769835e086e02e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63016968c270a067f" w:history="1">
+      <w:hyperlink r:id="rId695569835e086e0cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43586968c270a0735" w:history="1">
+      <w:hyperlink r:id="rId186269835e086e16b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34876968c270a077c" w:history="1">
+      <w:hyperlink r:id="rId846669835e086e1ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18676968c270a0963" w:history="1">
+      <w:hyperlink r:id="rId848569835e086e36d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4212,51 +4212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61176968c270a0c77" w:history="1">
+      <w:hyperlink r:id="rId588869835e086e665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56366046" name="name54846968c270a0d35" descr="eu_funding_250.png"/>
+            <wp:docPr id="33754327" name="name837669835e086e705" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35956968c270a0d34" cstate="print"/>
+                    <a:blip r:embed="rId956469835e086e704" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56712445">
+  <w:abstractNum w:abstractNumId="87583963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10518359">
+    <w:lvl w:ilvl="0" w:tplc="28186523">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10518359" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28186523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56712444">
+  <w:abstractNum w:abstractNumId="87583962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84942816">
+    <w:lvl w:ilvl="0" w:tplc="81706429">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56712444">
-    <w:abstractNumId w:val="56712444"/>
+  <w:num w:numId="87583962">
+    <w:abstractNumId w:val="87583962"/>
   </w:num>
-  <w:num w:numId="56712445">
-    <w:abstractNumId w:val="56712445"/>
+  <w:num w:numId="87583963">
+    <w:abstractNumId w:val="87583963"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId109231936" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316367180" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89286968c2709e1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId83976968c2709e1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId67526968c2709e40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId96246968c270a0508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId44566968c270a05d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId63016968c270a067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId43586968c270a0735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId34876968c270a077c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId18676968c270a0963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId61176968c270a0c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20286968c2709e2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20286968c2709e2cb.jpg"/><Relationship Id="rId14006968c2709f468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14006968c2709f468.jpg"/><Relationship Id="rId35956968c270a0d34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35956968c270a0d34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288725221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId932407102" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId747269835e086bb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId660169835e086bb82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId756669835e086c204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId449769835e086df7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId161769835e086e02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId695569835e086e0cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId186269835e086e16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId846669835e086e1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId848569835e086e36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId588869835e086e665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId410469835e086c0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId410469835e086c0b1.jpg"/><Relationship Id="rId444069835e086cfab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId444069835e086cfab.jpg"/><Relationship Id="rId956469835e086e704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956469835e086e704.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>