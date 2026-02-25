--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId747269835e086bb3d" w:history="1">
+            <w:hyperlink r:id="rId2081699f70f9d66b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId660169835e086bb82" w:history="1">
+            <w:hyperlink r:id="rId4355699f70f9d66fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37440810" name="name872969835e086c0b3" descr="14113.jpg"/>
+                  <wp:docPr id="70481902" name="name2557699f70f9d67f6" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId410469835e086c0b1" cstate="print"/>
+                          <a:blip r:embed="rId5951699f70f9d67f5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId756669835e086c204" w:history="1">
+            <w:hyperlink r:id="rId7274699f70f9d6919" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81206438" name="name486869835e086cfae" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="58305799" name="name1607699f70f9d7833" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId444069835e086cfab" cstate="print"/>
+                    <a:blip r:embed="rId6157699f70f9d7830" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449769835e086df7b" w:history="1">
+      <w:hyperlink r:id="rId8169699f70f9d87f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId161769835e086e02e" w:history="1">
+      <w:hyperlink r:id="rId1243699f70f9d88b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695569835e086e0cf" w:history="1">
+      <w:hyperlink r:id="rId3541699f70f9d895c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186269835e086e16b" w:history="1">
+      <w:hyperlink r:id="rId7413699f70f9d89fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846669835e086e1ac" w:history="1">
+      <w:hyperlink r:id="rId6183699f70f9d8a3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848569835e086e36d" w:history="1">
+      <w:hyperlink r:id="rId7762699f70f9d8c0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4212,51 +4212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588869835e086e665" w:history="1">
+      <w:hyperlink r:id="rId2193699f70f9d8ef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33754327" name="name837669835e086e705" descr="eu_funding_250.png"/>
+            <wp:docPr id="40689644" name="name5005699f70f9d90dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId956469835e086e704" cstate="print"/>
+                    <a:blip r:embed="rId9025699f70f9d90dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87583963">
+  <w:abstractNum w:abstractNumId="83908477">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28186523">
+    <w:lvl w:ilvl="0" w:tplc="14121063">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28186523" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14121063" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87583962">
+  <w:abstractNum w:abstractNumId="83908476">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81706429">
+    <w:lvl w:ilvl="0" w:tplc="36336144">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87583962">
-    <w:abstractNumId w:val="87583962"/>
+  <w:num w:numId="83908476">
+    <w:abstractNumId w:val="83908476"/>
   </w:num>
-  <w:num w:numId="87583963">
-    <w:abstractNumId w:val="87583963"/>
+  <w:num w:numId="83908477">
+    <w:abstractNumId w:val="83908477"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288725221" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId932407102" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId747269835e086bb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId660169835e086bb82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId756669835e086c204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId449769835e086df7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId161769835e086e02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId695569835e086e0cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId186269835e086e16b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId846669835e086e1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId848569835e086e36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId588869835e086e665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId410469835e086c0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId410469835e086c0b1.jpg"/><Relationship Id="rId444069835e086cfab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId444069835e086cfab.jpg"/><Relationship Id="rId956469835e086e704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956469835e086e704.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId733233287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId403745213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2081699f70f9d66b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId4355699f70f9d66fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId7274699f70f9d6919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId8169699f70f9d87f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId1243699f70f9d88b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3541699f70f9d895c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId7413699f70f9d89fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId6183699f70f9d8a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7762699f70f9d8c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId2193699f70f9d8ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5951699f70f9d67f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5951699f70f9d67f5.jpg"/><Relationship Id="rId6157699f70f9d7830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6157699f70f9d7830.jpg"/><Relationship Id="rId9025699f70f9d90dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9025699f70f9d90dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>