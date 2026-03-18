--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -269,88 +269,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Lindinger, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Promargarodes greeni</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jakubski</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2081699f70f9d66b8" w:history="1">
+            <w:hyperlink r:id="rId201469b9f67e48a50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4355699f70f9d66fd" w:history="1">
+            <w:hyperlink r:id="rId156269b9f67e48a94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -364,86 +364,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70481902" name="name2557699f70f9d67f6" descr="14113.jpg"/>
+                  <wp:docPr id="63068611" name="name532369b9f67e49090" descr="14113.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14113.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5951699f70f9d67f5" cstate="print"/>
+                          <a:blip r:embed="rId254569b9f67e4908e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7274699f70f9d6919" w:history="1">
+            <w:hyperlink r:id="rId661569b9f67e4918c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -953,63 +953,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vredendal and Lutzville (Olifants River Valley), Piketberg, Malmesbury, Ceres, Stellenbosch, Paarl, Worcester, Robertson and Montagu (Brain, 1915; Jakubski, 1965; de Klerk, 1978).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58305799" name="name1607699f70f9d7833" descr="MARGGR_distribution_map.jpg"/>
+            <wp:docPr id="7431370" name="name384469b9f67e4a44c" descr="MARGGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6157699f70f9d7830" cstate="print"/>
+                    <a:blip r:embed="rId285369b9f67e4a448" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3141,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (4), 5672, 1–42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8169699f70f9d87f7" w:history="1">
+      <w:hyperlink r:id="rId556769b9f67e4b68d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3251,51 +3251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1243699f70f9d88b4" w:history="1">
+      <w:hyperlink r:id="rId745369b9f67e4b778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3350,51 +3350,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421–442. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3541699f70f9d895c" w:history="1">
+      <w:hyperlink r:id="rId422569b9f67e4b838" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3449,90 +3449,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330–349. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7413699f70f9d89fa" w:history="1">
+      <w:hyperlink r:id="rId661169b9f67e4b909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6183699f70f9d8a3d" w:history="1">
+      <w:hyperlink r:id="rId492669b9f67e4b952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 14 September 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viticulture research, Winetech Technical, available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7762699f70f9d8c0b" w:history="1">
+      <w:hyperlink r:id="rId302869b9f67e4bb81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4212,51 +4212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes greeni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2193699f70f9d8ef0" w:history="1">
+      <w:hyperlink r:id="rId155169b9f67e4bea4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4269,63 +4269,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40689644" name="name5005699f70f9d90dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="30840572" name="name454769b9f67e4c26b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9025699f70f9d90dc" cstate="print"/>
+                    <a:blip r:embed="rId654969b9f67e4c269" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4423,137 +4423,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83908477">
+  <w:abstractNum w:abstractNumId="42367651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14121063">
+    <w:lvl w:ilvl="0" w:tplc="94353812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14121063" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94353812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83908476">
+  <w:abstractNum w:abstractNumId="42367650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36336144">
+    <w:lvl w:ilvl="0" w:tplc="64152315">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5305,55 +5305,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83908476">
-    <w:abstractNumId w:val="83908476"/>
+  <w:num w:numId="42367650">
+    <w:abstractNumId w:val="42367650"/>
   </w:num>
-  <w:num w:numId="83908477">
-    <w:abstractNumId w:val="83908477"/>
+  <w:num w:numId="42367651">
+    <w:abstractNumId w:val="42367651"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16903,51 +16903,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId733233287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId403745213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2081699f70f9d66b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId4355699f70f9d66fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId7274699f70f9d6919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId8169699f70f9d87f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId1243699f70f9d88b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3541699f70f9d895c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId7413699f70f9d89fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId6183699f70f9d8a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7762699f70f9d8c0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId2193699f70f9d8ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5951699f70f9d67f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5951699f70f9d67f5.jpg"/><Relationship Id="rId6157699f70f9d7830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6157699f70f9d7830.jpg"/><Relationship Id="rId9025699f70f9d90dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9025699f70f9d90dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId666740279" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId778124521" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId201469b9f67e48a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/" TargetMode="External"/><Relationship Id="rId156269b9f67e48a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/categorization" TargetMode="External"/><Relationship Id="rId661569b9f67e4918c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGGR/photos" TargetMode="External"/><Relationship Id="rId556769b9f67e4b68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId745369b9f67e4b778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId422569b9f67e4b838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId661169b9f67e4b909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId492669b9f67e4b952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId302869b9f67e4bb81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId155169b9f67e4bea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254569b9f67e4908e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254569b9f67e4908e.jpg"/><Relationship Id="rId285369b9f67e4a448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285369b9f67e4a448.jpg"/><Relationship Id="rId654969b9f67e4c269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId654969b9f67e4c269.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>