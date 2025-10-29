--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId824968e74fb90ae03" w:history="1">
+            <w:hyperlink r:id="rId6594690288554efef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId806168e74fb90ae6c" w:history="1">
+            <w:hyperlink r:id="rId7816690288554f034" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89010119" name="name893568e74fb90b57c" descr="14104.jpg"/>
+                  <wp:docPr id="38799489" name="name3933690288554f5c3" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId928068e74fb90b57b" cstate="print"/>
+                          <a:blip r:embed="rId5121690288554f5c1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId568268e74fb90b68c" w:history="1">
+            <w:hyperlink r:id="rId5932690288554f6d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24224131" name="name278268e74fb90c640" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="82034254" name="name537069028855502e5" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId780168e74fb90c63d" cstate="print"/>
+                    <a:blip r:embed="rId890269028855502e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588068e74fb90d41f" w:history="1">
+      <w:hyperlink r:id="rId9229690288555111b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717168e74fb90d4d0" w:history="1">
+      <w:hyperlink r:id="rId462669028855511d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367668e74fb90d55f" w:history="1">
+      <w:hyperlink r:id="rId68456902885551263" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279668e74fb90d5f8" w:history="1">
+      <w:hyperlink r:id="rId71396902885551301" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554068e74fb90d639" w:history="1">
+      <w:hyperlink r:id="rId26876902885551344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426868e74fb90d742" w:history="1">
+      <w:hyperlink r:id="rId54276902885551452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877868e74fb90daa1" w:history="1">
+      <w:hyperlink r:id="rId450769028855517c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27936693" name="name555568e74fb90dd5d" descr="eu_funding_250.png"/>
+            <wp:docPr id="34660154" name="name78176902885551855" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId263468e74fb90dd5c" cstate="print"/>
+                    <a:blip r:embed="rId45956902885551854" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29656708">
+  <w:abstractNum w:abstractNumId="23933290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12204456">
+    <w:lvl w:ilvl="0" w:tplc="91254403">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12204456" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91254403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29656707">
+  <w:abstractNum w:abstractNumId="23933289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29556993">
+    <w:lvl w:ilvl="0" w:tplc="38341321">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29656707">
-    <w:abstractNumId w:val="29656707"/>
+  <w:num w:numId="23933289">
+    <w:abstractNumId w:val="23933289"/>
   </w:num>
-  <w:num w:numId="29656708">
-    <w:abstractNumId w:val="29656708"/>
+  <w:num w:numId="23933290">
+    <w:abstractNumId w:val="23933290"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421048109" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId113666135" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId824968e74fb90ae03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId806168e74fb90ae6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId568268e74fb90b68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId588068e74fb90d41f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId717168e74fb90d4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId367668e74fb90d55f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId279668e74fb90d5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId554068e74fb90d639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId426868e74fb90d742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId877868e74fb90daa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId928068e74fb90b57b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId928068e74fb90b57b.jpg"/><Relationship Id="rId780168e74fb90c63d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId780168e74fb90c63d.jpg"/><Relationship Id="rId263468e74fb90dd5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263468e74fb90dd5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306512459" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId712767705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6594690288554efef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId7816690288554f034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId5932690288554f6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId9229690288555111b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId462669028855511d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId68456902885551263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId71396902885551301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId26876902885551344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId54276902885551452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId450769028855517c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5121690288554f5c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5121690288554f5c1.jpg"/><Relationship Id="rId890269028855502e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId890269028855502e2.jpg"/><Relationship Id="rId45956902885551854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45956902885551854.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>