--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6594690288554efef" w:history="1">
+            <w:hyperlink r:id="rId4939692019d3abb54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7816690288554f034" w:history="1">
+            <w:hyperlink r:id="rId1432692019d3abb9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38799489" name="name3933690288554f5c3" descr="14104.jpg"/>
+                  <wp:docPr id="51118764" name="name4611692019d3abeb7" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5121690288554f5c1" cstate="print"/>
+                          <a:blip r:embed="rId6802692019d3abeb6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5932690288554f6d1" w:history="1">
+            <w:hyperlink r:id="rId2862692019d3abfaf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82034254" name="name537069028855502e5" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="69457798" name="name7012692019d3ad0c8" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId890269028855502e2" cstate="print"/>
+                    <a:blip r:embed="rId5161692019d3ad0c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9229690288555111b" w:history="1">
+      <w:hyperlink r:id="rId6056692019d3adea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462669028855511d0" w:history="1">
+      <w:hyperlink r:id="rId8594692019d3adf52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68456902885551263" w:history="1">
+      <w:hyperlink r:id="rId3874692019d3adfe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71396902885551301" w:history="1">
+      <w:hyperlink r:id="rId1785692019d3ae07c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26876902885551344" w:history="1">
+      <w:hyperlink r:id="rId9670692019d3ae0be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54276902885551452" w:history="1">
+      <w:hyperlink r:id="rId3733692019d3ae1c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450769028855517c0" w:history="1">
+      <w:hyperlink r:id="rId7373692019d3ae5de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34660154" name="name78176902885551855" descr="eu_funding_250.png"/>
+            <wp:docPr id="71305959" name="name7431692019d3ae680" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45956902885551854" cstate="print"/>
+                    <a:blip r:embed="rId7206692019d3ae67e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23933290">
+  <w:abstractNum w:abstractNumId="98494652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91254403">
+    <w:lvl w:ilvl="0" w:tplc="34413594">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91254403" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34413594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23933289">
+  <w:abstractNum w:abstractNumId="98494651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38341321">
+    <w:lvl w:ilvl="0" w:tplc="25893167">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23933289">
-    <w:abstractNumId w:val="23933289"/>
+  <w:num w:numId="98494651">
+    <w:abstractNumId w:val="98494651"/>
   </w:num>
-  <w:num w:numId="23933290">
-    <w:abstractNumId w:val="23933290"/>
+  <w:num w:numId="98494652">
+    <w:abstractNumId w:val="98494652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306512459" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId712767705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6594690288554efef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId7816690288554f034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId5932690288554f6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId9229690288555111b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId462669028855511d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId68456902885551263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId71396902885551301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId26876902885551344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId54276902885551452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId450769028855517c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5121690288554f5c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5121690288554f5c1.jpg"/><Relationship Id="rId890269028855502e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId890269028855502e2.jpg"/><Relationship Id="rId45956902885551854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45956902885551854.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885699452" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId654734724" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4939692019d3abb54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId1432692019d3abb9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId2862692019d3abfaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId6056692019d3adea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId8594692019d3adf52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3874692019d3adfe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1785692019d3ae07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId9670692019d3ae0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3733692019d3ae1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId7373692019d3ae5de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6802692019d3abeb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6802692019d3abeb6.jpg"/><Relationship Id="rId5161692019d3ad0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5161692019d3ad0c5.jpg"/><Relationship Id="rId7206692019d3ae67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7206692019d3ae67e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>