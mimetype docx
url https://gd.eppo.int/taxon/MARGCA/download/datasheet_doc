--- v2 (2025-11-21)
+++ v3 (2025-12-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4939692019d3abb54" w:history="1">
+            <w:hyperlink r:id="rId4902693fa5ae2fd4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1432692019d3abb9b" w:history="1">
+            <w:hyperlink r:id="rId9308693fa5ae2fda4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51118764" name="name4611692019d3abeb7" descr="14104.jpg"/>
+                  <wp:docPr id="10572092" name="name5182693fa5ae3056a" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6802692019d3abeb6" cstate="print"/>
+                          <a:blip r:embed="rId9252693fa5ae30569" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2862692019d3abfaf" w:history="1">
+            <w:hyperlink r:id="rId4816693fa5ae30662" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69457798" name="name7012692019d3ad0c8" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="40380363" name="name5931693fa5ae316c8" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5161692019d3ad0c5" cstate="print"/>
+                    <a:blip r:embed="rId8029693fa5ae316c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6056692019d3adea2" w:history="1">
+      <w:hyperlink r:id="rId9726693fa5ae32432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8594692019d3adf52" w:history="1">
+      <w:hyperlink r:id="rId6075693fa5ae324e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3874692019d3adfe2" w:history="1">
+      <w:hyperlink r:id="rId8226693fa5ae3256f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1785692019d3ae07c" w:history="1">
+      <w:hyperlink r:id="rId5565693fa5ae32607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9670692019d3ae0be" w:history="1">
+      <w:hyperlink r:id="rId3498693fa5ae32648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3733692019d3ae1c7" w:history="1">
+      <w:hyperlink r:id="rId8514693fa5ae32751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7373692019d3ae5de" w:history="1">
+      <w:hyperlink r:id="rId9766693fa5ae32ab4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71305959" name="name7431692019d3ae680" descr="eu_funding_250.png"/>
+            <wp:docPr id="30890458" name="name1530693fa5ae32b43" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7206692019d3ae67e" cstate="print"/>
+                    <a:blip r:embed="rId7567693fa5ae32b42" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98494652">
+  <w:abstractNum w:abstractNumId="51239279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34413594">
+    <w:lvl w:ilvl="0" w:tplc="67782945">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34413594" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67782945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98494651">
+  <w:abstractNum w:abstractNumId="51239278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25893167">
+    <w:lvl w:ilvl="0" w:tplc="42592937">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98494651">
-    <w:abstractNumId w:val="98494651"/>
+  <w:num w:numId="51239278">
+    <w:abstractNumId w:val="51239278"/>
   </w:num>
-  <w:num w:numId="98494652">
-    <w:abstractNumId w:val="98494652"/>
+  <w:num w:numId="51239279">
+    <w:abstractNumId w:val="51239279"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId885699452" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId654734724" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4939692019d3abb54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId1432692019d3abb9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId2862692019d3abfaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId6056692019d3adea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId8594692019d3adf52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3874692019d3adfe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId1785692019d3ae07c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId9670692019d3ae0be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3733692019d3ae1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId7373692019d3ae5de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6802692019d3abeb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6802692019d3abeb6.jpg"/><Relationship Id="rId5161692019d3ad0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5161692019d3ad0c5.jpg"/><Relationship Id="rId7206692019d3ae67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7206692019d3ae67e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265492857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965396805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4902693fa5ae2fd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId9308693fa5ae2fda4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId4816693fa5ae30662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId9726693fa5ae32432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId6075693fa5ae324e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId8226693fa5ae3256f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId5565693fa5ae32607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId3498693fa5ae32648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8514693fa5ae32751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId9766693fa5ae32ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9252693fa5ae30569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9252693fa5ae30569.jpg"/><Relationship Id="rId8029693fa5ae316c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8029693fa5ae316c6.jpg"/><Relationship Id="rId7567693fa5ae32b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7567693fa5ae32b42.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>