--- v3 (2025-12-15)
+++ v4 (2026-01-05)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4902693fa5ae2fd4d" w:history="1">
+            <w:hyperlink r:id="rId1421695c004502e61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9308693fa5ae2fda4" w:history="1">
+            <w:hyperlink r:id="rId4785695c004502eb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10572092" name="name5182693fa5ae3056a" descr="14104.jpg"/>
+                  <wp:docPr id="54216668" name="name1935695c004502fd8" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9252693fa5ae30569" cstate="print"/>
+                          <a:blip r:embed="rId6519695c004502fd7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4816693fa5ae30662" w:history="1">
+            <w:hyperlink r:id="rId3948695c0045030dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40380363" name="name5931693fa5ae316c8" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="56116916" name="name6770695c004503b5b" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8029693fa5ae316c6" cstate="print"/>
+                    <a:blip r:embed="rId8408695c004503b59" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9726693fa5ae32432" w:history="1">
+      <w:hyperlink r:id="rId6822695c004504979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6075693fa5ae324e1" w:history="1">
+      <w:hyperlink r:id="rId7477695c004504a2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8226693fa5ae3256f" w:history="1">
+      <w:hyperlink r:id="rId3618695c004504abe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5565693fa5ae32607" w:history="1">
+      <w:hyperlink r:id="rId7505695c004504b59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3498693fa5ae32648" w:history="1">
+      <w:hyperlink r:id="rId8684695c004504b9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8514693fa5ae32751" w:history="1">
+      <w:hyperlink r:id="rId7462695c004504cb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3775,73 +3775,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9766693fa5ae32ab4" w:history="1">
+      <w:hyperlink r:id="rId7021695c00450503e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30890458" name="name1530693fa5ae32b43" descr="eu_funding_250.png"/>
+            <wp:docPr id="31470642" name="name7024695c0045050d2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7567693fa5ae32b42" cstate="print"/>
+                    <a:blip r:embed="rId3021695c0045050d1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51239279">
+  <w:abstractNum w:abstractNumId="37883809">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67782945">
+    <w:lvl w:ilvl="0" w:tplc="80837903">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67782945" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80837903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51239278">
+  <w:abstractNum w:abstractNumId="37883808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42592937">
+    <w:lvl w:ilvl="0" w:tplc="53635274">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51239278">
-    <w:abstractNumId w:val="51239278"/>
+  <w:num w:numId="37883808">
+    <w:abstractNumId w:val="37883808"/>
   </w:num>
-  <w:num w:numId="51239279">
-    <w:abstractNumId w:val="51239279"/>
+  <w:num w:numId="37883809">
+    <w:abstractNumId w:val="37883809"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265492857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965396805" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4902693fa5ae2fd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId9308693fa5ae2fda4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId4816693fa5ae30662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId9726693fa5ae32432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId6075693fa5ae324e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId8226693fa5ae3256f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId5565693fa5ae32607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId3498693fa5ae32648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8514693fa5ae32751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId9766693fa5ae32ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9252693fa5ae30569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9252693fa5ae30569.jpg"/><Relationship Id="rId8029693fa5ae316c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8029693fa5ae316c6.jpg"/><Relationship Id="rId7567693fa5ae32b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7567693fa5ae32b42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943668679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958321331" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1421695c004502e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId4785695c004502eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId3948695c0045030dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId6822695c004504979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId7477695c004504a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3618695c004504abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId7505695c004504b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId8684695c004504b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7462695c004504cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId7021695c00450503e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6519695c004502fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6519695c004502fd7.jpg"/><Relationship Id="rId8408695c004503b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8408695c004503b59.jpg"/><Relationship Id="rId3021695c0045050d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3021695c0045050d1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>