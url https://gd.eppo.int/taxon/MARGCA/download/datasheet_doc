--- v4 (2026-01-05)
+++ v5 (2026-02-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1421695c004502e61" w:history="1">
+            <w:hyperlink r:id="rId679169932bca9fbd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4785695c004502eb8" w:history="1">
+            <w:hyperlink r:id="rId231269932bca9fc1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54216668" name="name1935695c004502fd8" descr="14104.jpg"/>
+                  <wp:docPr id="73844986" name="name269469932bca9ff30" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6519695c004502fd7" cstate="print"/>
+                          <a:blip r:embed="rId969369932bca9ff2e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3948695c0045030dc" w:history="1">
+            <w:hyperlink r:id="rId463569932bcaa004b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56116916" name="name6770695c004503b5b" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="78415230" name="name408369932bcaa1137" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8408695c004503b59" cstate="print"/>
+                    <a:blip r:embed="rId119769932bcaa1134" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6822695c004504979" w:history="1">
+      <w:hyperlink r:id="rId938269932bcaa1f63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7477695c004504a2d" w:history="1">
+      <w:hyperlink r:id="rId602569932bcaa2018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3618695c004504abe" w:history="1">
+      <w:hyperlink r:id="rId134469932bcaa20a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7505695c004504b59" w:history="1">
+      <w:hyperlink r:id="rId958969932bcaa2146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8684695c004504b9c" w:history="1">
+      <w:hyperlink r:id="rId835769932bcaa2198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7462695c004504cb8" w:history="1">
+      <w:hyperlink r:id="rId346869932bcaa22af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7021695c00450503e" w:history="1">
+      <w:hyperlink r:id="rId445069932bcaa2625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31470642" name="name7024695c0045050d2" descr="eu_funding_250.png"/>
+            <wp:docPr id="60364186" name="name709069932bcaa26db" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3021695c0045050d1" cstate="print"/>
+                    <a:blip r:embed="rId452769932bcaa26da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37883809">
+  <w:abstractNum w:abstractNumId="99247976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80837903">
+    <w:lvl w:ilvl="0" w:tplc="88749892">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80837903" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88749892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37883808">
+  <w:abstractNum w:abstractNumId="99247975">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53635274">
+    <w:lvl w:ilvl="0" w:tplc="47690095">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37883808">
-    <w:abstractNumId w:val="37883808"/>
+  <w:num w:numId="99247975">
+    <w:abstractNumId w:val="99247975"/>
   </w:num>
-  <w:num w:numId="37883809">
-    <w:abstractNumId w:val="37883809"/>
+  <w:num w:numId="99247976">
+    <w:abstractNumId w:val="99247976"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId943668679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958321331" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1421695c004502e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId4785695c004502eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId3948695c0045030dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId6822695c004504979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId7477695c004504a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId3618695c004504abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId7505695c004504b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId8684695c004504b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId7462695c004504cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId7021695c00450503e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6519695c004502fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6519695c004502fd7.jpg"/><Relationship Id="rId8408695c004503b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8408695c004503b59.jpg"/><Relationship Id="rId3021695c0045050d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3021695c0045050d1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687941768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241422807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId679169932bca9fbd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId231269932bca9fc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId463569932bcaa004b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId938269932bcaa1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId602569932bcaa2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId134469932bcaa20a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId958969932bcaa2146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId835769932bcaa2198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId346869932bcaa22af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId445069932bcaa2625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId969369932bca9ff2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969369932bca9ff2e.jpg"/><Relationship Id="rId119769932bcaa1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119769932bcaa1134.jpg"/><Relationship Id="rId452769932bcaa26da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452769932bcaa26da.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>