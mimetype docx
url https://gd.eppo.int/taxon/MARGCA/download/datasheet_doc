--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId679169932bca9fbd7" w:history="1">
+            <w:hyperlink r:id="rId181769af5cfdc2e8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231269932bca9fc1c" w:history="1">
+            <w:hyperlink r:id="rId985669af5cfdc2ecd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73844986" name="name269469932bca9ff30" descr="14104.jpg"/>
+                  <wp:docPr id="14865430" name="name174769af5cfdc2fb1" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId969369932bca9ff2e" cstate="print"/>
+                          <a:blip r:embed="rId407369af5cfdc2fb0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId463569932bcaa004b" w:history="1">
+            <w:hyperlink r:id="rId841569af5cfdc30dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78415230" name="name408369932bcaa1137" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="58588176" name="name329169af5cfdc42f7" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId119769932bcaa1134" cstate="print"/>
+                    <a:blip r:embed="rId973169af5cfdc42f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938269932bcaa1f63" w:history="1">
+      <w:hyperlink r:id="rId741569af5cfdc5143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602569932bcaa2018" w:history="1">
+      <w:hyperlink r:id="rId315069af5cfdc51f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134469932bcaa20a9" w:history="1">
+      <w:hyperlink r:id="rId142269af5cfdc5285" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958969932bcaa2146" w:history="1">
+      <w:hyperlink r:id="rId138069af5cfdc5350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835769932bcaa2198" w:history="1">
+      <w:hyperlink r:id="rId673269af5cfdc56a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346869932bcaa22af" w:history="1">
+      <w:hyperlink r:id="rId593469af5cfdc5805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445069932bcaa2625" w:history="1">
+      <w:hyperlink r:id="rId377569af5cfdc5d2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60364186" name="name709069932bcaa26db" descr="eu_funding_250.png"/>
+            <wp:docPr id="27153193" name="name894869af5cfdc5e05" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId452769932bcaa26da" cstate="print"/>
+                    <a:blip r:embed="rId731069af5cfdc5e04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99247976">
+  <w:abstractNum w:abstractNumId="55520671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88749892">
+    <w:lvl w:ilvl="0" w:tplc="50520437">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88749892" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50520437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99247975">
+  <w:abstractNum w:abstractNumId="55520670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47690095">
+    <w:lvl w:ilvl="0" w:tplc="29203428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99247975">
-    <w:abstractNumId w:val="99247975"/>
+  <w:num w:numId="55520670">
+    <w:abstractNumId w:val="55520670"/>
   </w:num>
-  <w:num w:numId="99247976">
-    <w:abstractNumId w:val="99247976"/>
+  <w:num w:numId="55520671">
+    <w:abstractNumId w:val="55520671"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687941768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241422807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId679169932bca9fbd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId231269932bca9fc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId463569932bcaa004b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId938269932bcaa1f63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId602569932bcaa2018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId134469932bcaa20a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId958969932bcaa2146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId835769932bcaa2198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId346869932bcaa22af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId445069932bcaa2625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId969369932bca9ff2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969369932bca9ff2e.jpg"/><Relationship Id="rId119769932bcaa1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119769932bcaa1134.jpg"/><Relationship Id="rId452769932bcaa26da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452769932bcaa26da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879072655" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId800797721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId181769af5cfdc2e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId985669af5cfdc2ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId841569af5cfdc30dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId741569af5cfdc5143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId315069af5cfdc51f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId142269af5cfdc5285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId138069af5cfdc5350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId673269af5cfdc56a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId593469af5cfdc5805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId377569af5cfdc5d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId407369af5cfdc2fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId407369af5cfdc2fb0.jpg"/><Relationship Id="rId973169af5cfdc42f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973169af5cfdc42f4.jpg"/><Relationship Id="rId731069af5cfdc5e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731069af5cfdc5e04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>