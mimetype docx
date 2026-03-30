--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Hemiptera: Sternorrhyncha: Margarodidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ground pearls, vine margarodes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181769af5cfdc2e8a" w:history="1">
+            <w:hyperlink r:id="rId999569ca548ed160c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId985669af5cfdc2ecd" w:history="1">
+            <w:hyperlink r:id="rId780569ca548ed1655" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MARGCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14865430" name="name174769af5cfdc2fb1" descr="14104.jpg"/>
+                  <wp:docPr id="49869194" name="name328869ca548ed1e07" descr="14104.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14104.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId407369af5cfdc2fb0" cstate="print"/>
+                          <a:blip r:embed="rId527569ca548ed1e05" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId841569af5cfdc30dd" w:history="1">
+            <w:hyperlink r:id="rId981869ca548ed1f7c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1982), Worcester and Stellenbosch (Jakubski, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58588176" name="name329169af5cfdc42f7" descr="MARGCA_distribution_map.jpg"/>
+            <wp:docPr id="35996317" name="name992769ca548ed2cee" descr="MARGCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MARGCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId973169af5cfdc42f4" cstate="print"/>
+                    <a:blip r:embed="rId886369ca548ed2cec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2755,51 +2755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 5672, 1-42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741569af5cfdc5143" w:history="1">
+      <w:hyperlink r:id="rId280469ca548ed3e9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2865,51 +2865,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560–570. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315069af5cfdc51f4" w:history="1">
+      <w:hyperlink r:id="rId180269ca548ed3f5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2955,51 +2955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-442. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142269af5cfdc5285" w:history="1">
+      <w:hyperlink r:id="rId164769ca548ed4017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3054,90 +3054,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 330-349. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138069af5cfdc5350" w:history="1">
+      <w:hyperlink r:id="rId437669ca548ed40b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 12 February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Annex VI, points 10. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673269af5cfdc56a4" w:history="1">
+      <w:hyperlink r:id="rId556269ca548ed4120" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3259,51 +3259,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de Klerk CA (2017) Identification, control and management of grapevine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Viticulture research, Winetech Technical. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593469af5cfdc5805" w:history="1">
+      <w:hyperlink r:id="rId403169ca548ed4368" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineland.co.za/identification-control-management-grapevine-margarodes/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 3 March 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3797,51 +3797,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Margarodes capensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377569af5cfdc5d2f" w:history="1">
+      <w:hyperlink r:id="rId898469ca548ed46e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3854,63 +3854,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27153193" name="name894869af5cfdc5e05" descr="eu_funding_250.png"/>
+            <wp:docPr id="13340306" name="name738869ca548ed47d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId731069af5cfdc5e04" cstate="print"/>
+                    <a:blip r:embed="rId748669ca548ed47d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4008,137 +4008,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55520671">
+  <w:abstractNum w:abstractNumId="29016230">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50520437">
+    <w:lvl w:ilvl="0" w:tplc="64471739">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50520437" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64471739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55520670">
+  <w:abstractNum w:abstractNumId="29016229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29203428">
+    <w:lvl w:ilvl="0" w:tplc="88124939">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4890,55 +4890,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55520670">
-    <w:abstractNumId w:val="55520670"/>
+  <w:num w:numId="29016229">
+    <w:abstractNumId w:val="29016229"/>
   </w:num>
-  <w:num w:numId="55520671">
-    <w:abstractNumId w:val="55520671"/>
+  <w:num w:numId="29016230">
+    <w:abstractNumId w:val="29016230"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16488,51 +16488,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId879072655" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId800797721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId181769af5cfdc2e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId985669af5cfdc2ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId841569af5cfdc30dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId741569af5cfdc5143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId315069af5cfdc51f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId142269af5cfdc5285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId138069af5cfdc5350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId673269af5cfdc56a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId593469af5cfdc5805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId377569af5cfdc5d2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId407369af5cfdc2fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId407369af5cfdc2fb0.jpg"/><Relationship Id="rId973169af5cfdc42f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973169af5cfdc42f4.jpg"/><Relationship Id="rId731069af5cfdc5e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731069af5cfdc5e04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId227134545" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId117711197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId999569ca548ed160c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/" TargetMode="External"/><Relationship Id="rId780569ca548ed1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/categorization" TargetMode="External"/><Relationship Id="rId981869ca548ed1f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MARGCA/photos" TargetMode="External"/><Relationship Id="rId280469ca548ed3e9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2019.5672" TargetMode="External"/><Relationship Id="rId180269ca548ed3f5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/206/pm7-082-1-en.pdf" TargetMode="External"/><Relationship Id="rId164769ca548ed4017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12340" TargetMode="External"/><Relationship Id="rId437669ca548ed40b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId556269ca548ed4120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId403169ca548ed4368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineland.co.za/identification-control-management-grapevine-margarodes/" TargetMode="External"/><Relationship Id="rId898469ca548ed46e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId527569ca548ed1e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527569ca548ed1e05.jpg"/><Relationship Id="rId886369ca548ed2cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId886369ca548ed2cec.jpg"/><Relationship Id="rId748669ca548ed47d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId748669ca548ed47d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>