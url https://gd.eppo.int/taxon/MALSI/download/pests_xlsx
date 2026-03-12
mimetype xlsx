--- v0 (2025-10-07)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MALSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Orfanidou CG, Dimitriou C, Papayiannis LC, Maliogka VI, Katis NI (2014) Epidemiology and genetic diversity of criniviruses associated with tomato yellows disease in Greece. Virus Research 186, 120–129.</t>
   </si>
   <si>
@@ -99,50 +99,59 @@
   </si>
   <si>
     <t>* Tontou R, Giovanardi D, Facchini C, Stefani E (2013) The epiphytic life of Pseudomonas syringae pv. actinidiae on kiwifruit and other cultivated and spontaneous plants. Journal of Plant Pathology 95(4) Supplement, 66
 ------- non-host,  but Psa may survive as an epiphyte.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Papayiannis LC, Katis NI, Idris AM, Brown JK (2011) Identification of weed hosts of Tomato yellow leaf curl virus in Cyprus. Plant Disease 95(2), 120-125.</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Bananej K, Shahid MS, Shafiq M (2021) Evidence that leaf curl disease of Malva sylvestris in Iran is associated with cotton leaf curl Gezira virus and associated betasatellite. Journal of Plant Pathology 103(2), 671-672.</t>
+  </si>
+  <si>
+    <t>PHYPRU</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma rubi'</t>
+  </si>
+  <si>
+    <t>* Jarausch W, Jarausch-Wehrheim B, Danet J L, Broquaire J M, Dosba F, Saillard C, Garnier M (2001) Detection and identification of European stone fruit yellows and other phytoplasmas in wild plants in the surroundings of apricot chlorotic leaf roll-affected orchards in southern France. European Journal of Plant Pathology 107 (2), 209-217</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Mori N, Quaglino F, Tessari F, Pozzebon A, Bulgari D, Casati P, Bianco PA (2014) Investigation on ‘bois noir’epidemiology in north‐eastern Italian vineyards through a multidisciplinary approach. Annals of Applied Biology 166(1), 75-89.
 * Quaglino F, Passera A, Faccincani M, Moussa A, Pozzebon A, Sanna F, Casati P, Bianco PA, Mori N (2021) Molecular and spatial analyses reveal new insights on Bois noir epidemiology in Franciacorta vineyards. Annals of Applied Biology (early view). https://doi.org/10.1111/aab.12700</t>
   </si>
   <si>
     <t>CCYV00</t>
   </si>
   <si>
     <t>Cucurbit chlorotic yellows virus</t>
   </si>
   <si>
     <t>* Orfanidou C, Baltzi A, Dimou NA, Katis NI, Maliogka VI (2017) Cucurbit chlorotic yellows virus: insights into its natural host range, genetic variability, and transmission parameters. Plant Disease 101(12), 2023-2058.</t>
   </si>
   <si>
     <t>LIRIBO</t>
   </si>
   <si>
     <t>Liriomyza bryoniae</t>
@@ -527,62 +536,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="401.045" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -773,51 +782,65 @@
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>53</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>