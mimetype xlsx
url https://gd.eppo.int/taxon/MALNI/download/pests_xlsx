--- v0 (2025-10-09)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MALNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Malva)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
@@ -96,56 +96,50 @@
     <t>SLCV00</t>
   </si>
   <si>
     <t>Begomovirus cucurbitapeponis</t>
   </si>
   <si>
     <t>* Antignus Y, Lachman O, Pearlsman M, Omer S, Yunis H, Messika Y,  Uko O, Koren A (2003) Squash leaf curl geminivirus - a new illegal immigrant from the Western Hemisphere and a threat to cucurbit crops in Israel. Abstracts of presentations made at the 24th Congress of the Israeli Phytopathological Society. Phytoparasitica 31(4), p 415.</t>
   </si>
   <si>
     <t>PEPMV0</t>
   </si>
   <si>
     <t>Potexvirus pepini</t>
   </si>
   <si>
     <t>* Papayiannis LC, Kokkinos CD, Alfaro-Fernandez A (2011) Detection, characterization and host range studies of Pepino mosaic virus in Cyprus. European Journal of Plant Pathology 132, 1-7.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Malva)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
-  </si>
-[...4 lines deleted...]
-    <t>Torradovirus lycopersici (as Malva)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -449,61 +443,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="399.76" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -572,62 +566,50 @@
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>