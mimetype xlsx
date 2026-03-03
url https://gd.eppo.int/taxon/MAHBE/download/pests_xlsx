--- v0 (2025-10-07)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MAHBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>PUCCGR</t>
   </si>
   <si>
     <t>Puccinia graminis (as Berberis)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -68,50 +68,60 @@
   <si>
     <t>* Karpun NN, Zhuravleva YeN, Volkovitsh МG, Procenko VYe, Musolin DL (2017) To the fauna and biology of new alien insect pest species of woody plants in humid subtropics of Russia. Izvestia Sankt-Peterburgskoj Lesotehniceskoj Akademii, 2017, is. 220, pp. 169–185 (in Russian with English summary).
 ------- as Mahonia bealei.</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Berberis)</t>
   </si>
   <si>
     <t>MALAPA</t>
   </si>
   <si>
     <t>Malacosoma parallela (as Berberis)</t>
   </si>
   <si>
     <t>* Kozhanchikov IV, Danilevskii AS, Diakonov AM (1955) Lepidoptera - Moths and butterflies. In Arnoldi LV et al. Pests of Forests. Reference Book. Vol. 1. 35–285. Moscow-Leningrad: Publ. House of the Acad. Sci of the USSR. (in Russian)</t>
   </si>
   <si>
     <t>PHYTKE</t>
   </si>
   <si>
     <t>Phytophthora kernoviae (as Berberis)</t>
   </si>
   <si>
     <t>* Fera (2015) Fera list of natural hosts of Phytophthora kernoviae with symptom and location. available at https://planthealthportal.defra.gov.uk/assets/uploads/P.kernoviae-host-list-finalupdateNov-2015.pdf (last accessed 2022-09).
 ------- as "Mahonia" (foliar necrosis).</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Berberis)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Kumar V, Kakkar G, McKenzie CL, Seal DR &amp; Osborne LS (2013) An overview of chilli thrips, Scirtothrips dorsalis (Thysanoptera: Thripidae) biology, distribution and management. In Weed and pest control-conventional and new challenges (Eds Soloneski S &amp; Larramendy M), pp. 53-77.
 ------- confirmed host in Florida (as Mahonia bealei).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -425,61 +435,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="351.486" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -531,50 +541,64 @@
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">