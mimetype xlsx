--- v0 (2025-10-08)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MAGHO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Magnolia)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
@@ -89,50 +89,60 @@
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Magnolia)</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Magnolia)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum (as Magnolia)</t>
   </si>
   <si>
     <t>* O’Hanlon R, Choiseul J, Corrigan M, Catarame T &amp; Destefanis M (2016) Diversity and detections of Phytophthora species from trade and non-trade environments in Ireland. EPPO Bulletin 46(3), 594-602.
 * USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon. https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf
 ------- Magnolia denudata x salicifolia</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Magnolia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Magnolia)</t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri (as Magnolia)</t>
   </si>
   <si>
     <t>* Tanigoshi LK and Nishio-Wong JY, 1982. Citrus thrips: biology, ecology, and control. US Department of Agriculture Technical Bulletin 1668, 17 pp.</t>
   </si>
   <si>
     <t>XYLBCR</t>
   </si>
   <si>
     <t>Xylosandrus crassiusculus (as Magnolia)</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
@@ -463,51 +473,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -595,89 +605,103 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>28</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>