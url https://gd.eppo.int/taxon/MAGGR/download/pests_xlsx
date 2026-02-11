--- v0 (2025-10-13)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MAGGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Anonymous (1980) A tetranychid mite (Tetranychus mexicanus (McGregor)) - Florida - new United States record. Cooperative Plant Pest Report, 5(1), 11.</t>
@@ -165,50 +165,59 @@
   </si>
   <si>
     <t>Illinoia liriodendri</t>
   </si>
   <si>
     <t>* USDA. Forest Service. Southern Research Station (online). Magnolia grandiflora. Southern Magnolia. https://www.srs.fs.usda.gov/pubs/misc/ag_654/volume_2/magnolia/grandiflora.htm [last accessed 2021-10].
 * USDA. Forest Service (1985) Insects of Eastern Forests. AT Drooz (ed.). USDA, Miscellaneous Publication 1426. Washington DC,  608 pp.
 ------- Found on yellow-poplar (Liriodendron tulipifera) and Magnolia.</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Moghaddam M (2013) An annotated checklist of the scale insects of Iran (Hemiptera, Sternorrhyncha, Coccoidea) with new records and distribution data. Zookeys 334, 1-92.</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Magnolia)</t>
   </si>
   <si>
+    <t>PHENHI</t>
+  </si>
+  <si>
+    <t>Maconellicoccus hirsutus</t>
+  </si>
+  <si>
+    <t>* von Ellenrieder (2025) New records of scale insects (Hemiptera: Sternorrhyncha: Coccomorpha) from California with an updated checklist for the state. The Pan-Pacific Entomologist 101(1), 15-50.</t>
+  </si>
+  <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus</t>
   </si>
   <si>
     <t>* Giménez RA, Etiennot AE (2003) Host range of Platypus mutatus. Entomotropica 18, 89–94.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Magnolia)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
@@ -232,50 +241,69 @@
 ------- Magnolia denudata x salicifolia</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Magnolia)</t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri (as Magnolia)</t>
   </si>
   <si>
     <t>* Tanigoshi LK and Nishio-Wong JY, 1982. Citrus thrips: biology, ecology, and control. US Department of Agriculture Technical Bulletin 1668, 17 pp.</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-11)
+----found during greenhouse inspection on ornamental plants for planting</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (fastidiosa, multiplex, sandyi) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFF</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. fastidiosa.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
@@ -642,51 +670,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -921,98 +949,98 @@
         <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>65</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
       <c r="C24" t="s">
         <v>67</v>
       </c>
       <c r="D24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
@@ -1050,63 +1078,105 @@
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
       <c r="D28" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>85</v>
+      </c>
+      <c r="D30" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>8</v>
+      </c>
+      <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32"/>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>