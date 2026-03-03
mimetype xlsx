--- v1 (2026-02-11)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MAGGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Anonymous (1980) A tetranychid mite (Tetranychus mexicanus (McGregor)) - Florida - new United States record. Cooperative Plant Pest Report, 5(1), 11.</t>
@@ -226,50 +226,60 @@
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC.</t>
   </si>
   <si>
     <t>Phytophthora ramorum (as Magnolia)</t>
   </si>
   <si>
     <t>* O’Hanlon R, Choiseul J, Corrigan M, Catarame T &amp; Destefanis M (2016) Diversity and detections of Phytophthora species from trade and non-trade environments in Ireland. EPPO Bulletin 46(3), 594-602.
 * USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon. https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf
 ------- Magnolia denudata x salicifolia</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Magnolia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Magnolia)</t>
   </si>
   <si>
     <t>SCITCI</t>
   </si>
   <si>
     <t>Scirtothrips citri (as Magnolia)</t>
   </si>
   <si>
     <t>* Tanigoshi LK and Nishio-Wong JY, 1982. Citrus thrips: biology, ecology, and control. US Department of Agriculture Technical Bulletin 1668, 17 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* NPPO of the Netherlands (2025-11)
 ----found during greenhouse inspection on ornamental plants for planting</t>
@@ -670,51 +680,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -996,65 +1006,65 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>68</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="D25" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
@@ -1120,63 +1130,77 @@
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>87</v>
       </c>
       <c r="C31" t="s">
         <v>88</v>
       </c>
       <c r="D31" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
       <c r="C32" t="s">
         <v>91</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33"/>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>