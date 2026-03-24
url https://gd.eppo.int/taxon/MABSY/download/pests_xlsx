--- v0 (2025-10-13)
+++ v1 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MABSY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann CHW &amp; BAKER EW (1970) A preliminary report on the Tetranychidae (Acarina) of Brazil. Ann. Entomol. Soco Amer. 63 (I): 156- 163</t>
@@ -222,50 +222,59 @@
   </si>
   <si>
     <t>QUADPE</t>
   </si>
   <si>
     <t>Comstockaspis perniciosa</t>
   </si>
   <si>
     <t>* Ben-Dov Y, German V (2003) A systemic catalogue of the Diaspididae (armoured scale insects) of the world, subfamilies Aspidiotinae, Comstockiellinae and Odonaspidinae. Intercept Ltd, Andover UK, 1111 pp.</t>
   </si>
   <si>
     <t>DIABUN</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata undecimpunctata</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 -------- Adult host.</t>
   </si>
   <si>
     <t>DIPCML</t>
   </si>
   <si>
     <t>Diplocarpon coronariae (as Malus)</t>
+  </si>
+  <si>
+    <t>DIPBBU</t>
+  </si>
+  <si>
+    <t>Diplodia bulgarica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Phillips AJ, Lopes J, Abdollahzadeh J, Bobev S, Alves A (2012) Resolving the Diplodia complex on apple and other Rosaceae hosts. Persoonia-Molecular Phylogeny and Evolution of Fungi 29(1), 29-38 http://dx.doi.org/10.3767/003158512X658899 </t>
   </si>
   <si>
     <t>ERWIAM</t>
   </si>
   <si>
     <t>Erwinia amylovora (as Malus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Van der Zwet, Keil HL (1979) Fire blight: a bacterial disease of rosaceous Plants. USDA Handbook no. 510. USDA, Washington (US), 200 pp.
 * Zeller W (1977) Studies on fire blight in the German Federal Republic. 2. Susceptibility of woody ornamentals to Erwinia amylovora. Nachrichtenblatt des Deutschen Pflanzenschutzdienstes 29(1 ), p 1-10."
 </t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in Israel.</t>
   </si>
   <si>
     <t>ASPV00</t>
   </si>
@@ -863,51 +872,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D60"/>
+  <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1249,289 +1258,289 @@
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>72</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>76</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C31" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>85</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C33" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>87</v>
+      </c>
+      <c r="D33" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>92</v>
       </c>
       <c r="C36" t="s">
         <v>93</v>
       </c>
       <c r="D36" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>95</v>
       </c>
       <c r="C37" t="s">
         <v>96</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C38" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>99</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>100</v>
       </c>
       <c r="C39" t="s">
         <v>101</v>
       </c>
       <c r="D39" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>103</v>
       </c>
       <c r="C40" t="s">
         <v>104</v>
       </c>
       <c r="D40" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>106</v>
       </c>
       <c r="C41" t="s">
         <v>107</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>110</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>111</v>
       </c>
       <c r="C43" t="s">
         <v>112</v>
       </c>
       <c r="D43" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D44" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C45" t="s">
         <v>117</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C46" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>120</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
         <v>121</v>
       </c>
       <c r="C47" t="s">
         <v>122</v>
       </c>
       <c r="D47" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="s">
         <v>125</v>
       </c>
@@ -1555,172 +1564,186 @@
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>130</v>
       </c>
       <c r="C50" t="s">
         <v>131</v>
       </c>
       <c r="D50" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>133</v>
       </c>
       <c r="C51" t="s">
         <v>134</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C52" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>137</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>138</v>
       </c>
       <c r="C53" t="s">
         <v>139</v>
       </c>
       <c r="D53" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>141</v>
       </c>
       <c r="C54" t="s">
         <v>142</v>
       </c>
       <c r="D54" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>8</v>
+      </c>
+      <c r="B55" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C55" t="s">
         <v>145</v>
       </c>
       <c r="D55" t="s">
-        <v>21</v>
+        <v>146</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B56" t="s">
-        <v>146</v>
+        <v>19</v>
       </c>
       <c r="C56" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D56" t="s">
-        <v>148</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B57" t="s">
         <v>149</v>
       </c>
       <c r="C57" t="s">
         <v>150</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B58" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C58" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B59" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="C59" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B60" t="s">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="C60" t="s">
         <v>156</v>
       </c>
       <c r="D60" t="s">
         <v>157</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>147</v>
+      </c>
+      <c r="B61" t="s">
+        <v>158</v>
+      </c>
+      <c r="C61" t="s">
+        <v>159</v>
+      </c>
+      <c r="D61" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">