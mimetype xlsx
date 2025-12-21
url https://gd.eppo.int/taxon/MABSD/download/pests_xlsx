--- v0 (2025-10-19)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MABSD" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="483">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>* De Meyer M, Mwatawala M, Copeland RS, Virgilio M (2016) Description of new Ceratitis species (Diptera: Tephritidae) from Africa, or how morphological and DNA data are complementary in discovering unknown species and matching sexes. European Journal of Taxonomy 233, 1-23
 -------Past records for C. rosa sensu lato, now attributed to C. quilicii
 * Mentioned a host in experiment in Geldenhuys M (2015) Fruit fly (Diptera: Tephritidae) ecology in the Western Cape, South Africa (Doctoral dissertation).</t>
@@ -271,50 +271,59 @@
     <t>* Duyck PF, David P, Pavoine S, Quilici S (2008) Can host-range allow niche differentiation of invasive polyphagous fruit flies (Diptera: Tephritidae) in La Réunion? Ecological Entomology 33(4), 439-452.
 * White IM, Elson-Harris MM (1992) Fruit flies of economic significance: their identification and bionomics. CABI Wallingford (GB), 601 pp.</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>* Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW, Hernández LM (2006) HOSTS - a database of the hostplants of the world’s Lepidoptera. The Natural History Museum, London.https://www.nhm.ac.uk/our-science/data/hostplants/search/index.dsml</t>
   </si>
   <si>
     <t>PSYLME</t>
   </si>
   <si>
     <t>Cacopsylla melanoneura</t>
   </si>
   <si>
     <t>LIBEEU</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter europaeus'</t>
   </si>
   <si>
+    <t>PHYPPR</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma prunorum'</t>
+  </si>
+  <si>
+    <t>* Asadollah Bina M, Rastgou M, Allahverdipour T, Noris E, Matić S (2025) Detection and molecular characterization of Phytoplasmas associated with pome fruits in northwest Iran. Applied Fruit Science 67(6), 453.</t>
+  </si>
+  <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Križanac I, Mikec I, Budinščak Ž, Šeruga Musić M, Škorić D (2010) Diversity of phytoplasmas infecting fruit trees and their vectors in Croatia. Journal of Plant Diseases and Protection 117 (5), 206–213.
 * Quaglino F, Zhao Y, Casati P, Bulgari D, Bianco PA, Wei W, Davis RE (2013) ‘Candidatus Phytoplasma solani’, a novel taxon associated with stolbur- and bois noir-related diseases of plants. International Journal of Systematic and Evolutionary Microbiology 63, 2879-2894.</t>
   </si>
   <si>
     <t>ASGV00</t>
   </si>
   <si>
     <t>Capillovirus mali</t>
   </si>
   <si>
     <t>* Rani A, Lohan S, Srivastava A, Kaushik NK, Noorani MS, Walia Y, Dhir S. (2022) First report of Apple stem grooving virus and Apple scar skin viroid infecting low‐chilling apple varieties in India. New Disease Reports. 45(2), e12077.
 * Skhiri I, Lehad A, Mahfoudhi N (2017) Occurrence of Apple stem grooving virus in Tunisian apple orchards. Journal of Plant Pathology 99 (3), 799-818.</t>
   </si>
   <si>
     <t>CARSSA</t>
   </si>
   <si>
     <t>Carposina sasakii (as Malus)</t>
   </si>
@@ -551,51 +560,53 @@
   <si>
     <t>Erwinia pyrifoliae</t>
   </si>
   <si>
     <t>* Nie H, Lee S, Ko SR, Lee YK, Lee MH, Yu JM, Moon JS, Shin AY, Kwon SY (2024) Complete genome sequence of Erwinia pyrifoliae strain YKB12327, isolated from an apple tree in Korea. Journal of Plant Pathology 106, 1843–1846.</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t xml:space="preserve">* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi 10.1093/database/bav118. http://scalenet.info
 ------- citing original references
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.
 </t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
-    <t>* Marić I, Međo I, Marčić D, Petanović R, Jovanović S, Ueckermann EA (2021) Spider mites (Acari: Tetranychidae) from Serbia: new species for the country and the Balkan Peninsula, with a key to all known Serbian species. Systematic &amp; Applied Acarology 26(1): 304–316.</t>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Marić I, Međo I, Marčić D, Petanović R, Jovanović S, Ueckermann EA (2021) Spider mites (Acari: Tetranychidae) from Serbia: new species for the country and the Balkan Peninsula, with a key to all known Serbian species. Systematic &amp; Applied Acarology 26(1): 304–316.</t>
   </si>
   <si>
     <t>EUTYLA</t>
   </si>
   <si>
     <t>Eutypa lata</t>
   </si>
   <si>
     <t>* Martino I, Agustí-Brisach C, Nari L, Gullino ML, Guarnaccia V (2024).Characterization and pathogenicity of fungal species associated with dieback of apple trees in Northern Italy. Plant Disease 108(2), 311-331.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
@@ -1974,51 +1985,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D184"/>
+  <dimension ref="A1:D185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="460.031" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2456,65 +2467,65 @@
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
         <v>91</v>
       </c>
       <c r="C34" t="s">
         <v>92</v>
       </c>
       <c r="D34" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
         <v>94</v>
       </c>
       <c r="C35" t="s">
         <v>95</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>98</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>14</v>
       </c>
       <c r="B37" t="s">
         <v>99</v>
       </c>
       <c r="C37" t="s">
         <v>100</v>
       </c>
       <c r="D37" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>14</v>
       </c>
       <c r="B38" t="s">
         <v>102</v>
       </c>
       <c r="C38" t="s">
         <v>103</v>
       </c>
@@ -2552,167 +2563,167 @@
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>14</v>
       </c>
       <c r="B41" t="s">
         <v>111</v>
       </c>
       <c r="C41" t="s">
         <v>112</v>
       </c>
       <c r="D41" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>14</v>
       </c>
       <c r="B42" t="s">
         <v>114</v>
       </c>
       <c r="C42" t="s">
         <v>115</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>14</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>118</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>14</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="s">
         <v>120</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>14</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>123</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>14</v>
       </c>
       <c r="B46" t="s">
         <v>124</v>
       </c>
       <c r="C46" t="s">
         <v>125</v>
       </c>
       <c r="D46" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>14</v>
       </c>
       <c r="B47" t="s">
         <v>127</v>
       </c>
       <c r="C47" t="s">
         <v>128</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>14</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>14</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>14</v>
       </c>
       <c r="B50" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>14</v>
       </c>
       <c r="B51" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C51" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>137</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>14</v>
       </c>
       <c r="B52" t="s">
         <v>138</v>
       </c>
       <c r="C52" t="s">
         <v>139</v>
       </c>
       <c r="D52" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>14</v>
       </c>
       <c r="B53" t="s">
         <v>141</v>
       </c>
       <c r="C53" t="s">
         <v>142</v>
       </c>
@@ -2848,245 +2859,245 @@
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>14</v>
       </c>
       <c r="B63" t="s">
         <v>171</v>
       </c>
       <c r="C63" t="s">
         <v>172</v>
       </c>
       <c r="D63" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>14</v>
       </c>
       <c r="B64" t="s">
         <v>174</v>
       </c>
       <c r="C64" t="s">
         <v>175</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>14</v>
       </c>
       <c r="B65" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C65" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D65" t="s">
         <v>178</v>
       </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>14</v>
       </c>
       <c r="B66" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C66" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D66"/>
+        <v>180</v>
+      </c>
+      <c r="D66" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>14</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>14</v>
       </c>
       <c r="B68" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C68" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>14</v>
       </c>
       <c r="B69" t="s">
         <v>183</v>
       </c>
       <c r="C69" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="D69" t="s">
         <v>185</v>
       </c>
+      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>14</v>
       </c>
       <c r="B70" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C70" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>187</v>
+      </c>
+      <c r="D70" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>14</v>
       </c>
       <c r="B71" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C71" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>14</v>
       </c>
       <c r="B72" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C72" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>191</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>14</v>
       </c>
       <c r="B73" t="s">
         <v>192</v>
       </c>
       <c r="C73" t="s">
         <v>193</v>
       </c>
       <c r="D73" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>14</v>
       </c>
       <c r="B74" t="s">
         <v>195</v>
       </c>
       <c r="C74" t="s">
         <v>196</v>
       </c>
-      <c r="D74"/>
+      <c r="D74" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>14</v>
       </c>
       <c r="B75" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C75" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>14</v>
       </c>
       <c r="B76" t="s">
         <v>198</v>
       </c>
       <c r="C76" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D76" t="s">
         <v>200</v>
       </c>
+      <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>14</v>
       </c>
       <c r="B77" t="s">
         <v>201</v>
       </c>
       <c r="C77" t="s">
         <v>202</v>
       </c>
       <c r="D77" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>14</v>
       </c>
       <c r="B78" t="s">
         <v>204</v>
       </c>
       <c r="C78" t="s">
         <v>205</v>
       </c>
-      <c r="D78"/>
+      <c r="D78" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>14</v>
       </c>
       <c r="B79" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C79" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D79" t="s">
         <v>208</v>
       </c>
+      <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>14</v>
       </c>
       <c r="B80" t="s">
         <v>209</v>
       </c>
       <c r="C80" t="s">
         <v>210</v>
       </c>
       <c r="D80" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>14</v>
       </c>
       <c r="B81" t="s">
         <v>212</v>
       </c>
       <c r="C81" t="s">
         <v>213</v>
       </c>
@@ -3110,283 +3121,283 @@
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>14</v>
       </c>
       <c r="B83" t="s">
         <v>218</v>
       </c>
       <c r="C83" t="s">
         <v>219</v>
       </c>
       <c r="D83" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>14</v>
       </c>
       <c r="B84" t="s">
         <v>221</v>
       </c>
       <c r="C84" t="s">
         <v>222</v>
       </c>
-      <c r="D84"/>
+      <c r="D84" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>14</v>
       </c>
       <c r="B85" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C85" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="D85" t="s">
         <v>225</v>
       </c>
+      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>14</v>
       </c>
       <c r="B86" t="s">
         <v>226</v>
       </c>
       <c r="C86" t="s">
         <v>227</v>
       </c>
       <c r="D86" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>14</v>
       </c>
       <c r="B87" t="s">
         <v>229</v>
       </c>
       <c r="C87" t="s">
         <v>230</v>
       </c>
       <c r="D87" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>14</v>
       </c>
       <c r="B88" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C88" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D88" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>14</v>
       </c>
       <c r="B89" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C89" t="s">
         <v>235</v>
       </c>
-      <c r="D89"/>
+      <c r="D89" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>14</v>
       </c>
       <c r="B90" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C90" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>238</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>14</v>
       </c>
       <c r="B91" t="s">
         <v>239</v>
       </c>
       <c r="C91" t="s">
         <v>240</v>
       </c>
       <c r="D91" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>14</v>
       </c>
       <c r="B92" t="s">
         <v>242</v>
       </c>
       <c r="C92" t="s">
         <v>243</v>
       </c>
       <c r="D92" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>14</v>
       </c>
       <c r="B93" t="s">
         <v>245</v>
       </c>
       <c r="C93" t="s">
         <v>246</v>
       </c>
       <c r="D93" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>14</v>
       </c>
       <c r="B94" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C94" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D94" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>14</v>
       </c>
       <c r="B95" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C95" t="s">
         <v>251</v>
       </c>
       <c r="D95" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>14</v>
       </c>
       <c r="B96" t="s">
         <v>253</v>
       </c>
       <c r="C96" t="s">
         <v>254</v>
       </c>
       <c r="D96" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>14</v>
       </c>
       <c r="B97" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C97" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="D97"/>
+        <v>257</v>
+      </c>
+      <c r="D97" t="s">
+        <v>258</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>14</v>
       </c>
       <c r="B98" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C98" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>259</v>
       </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>14</v>
       </c>
       <c r="B99" t="s">
         <v>260</v>
       </c>
       <c r="C99" t="s">
         <v>261</v>
       </c>
       <c r="D99" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>14</v>
       </c>
       <c r="B100" t="s">
         <v>263</v>
       </c>
       <c r="C100" t="s">
         <v>264</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>14</v>
       </c>
       <c r="B101" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C101" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D101" t="s">
         <v>267</v>
       </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>14</v>
       </c>
       <c r="B102" t="s">
         <v>268</v>
       </c>
       <c r="C102" t="s">
         <v>269</v>
       </c>
       <c r="D102" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>14</v>
       </c>
       <c r="B103" t="s">
         <v>271</v>
       </c>
       <c r="C103" t="s">
         <v>272</v>
       </c>
@@ -3424,169 +3435,169 @@
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>14</v>
       </c>
       <c r="B106" t="s">
         <v>280</v>
       </c>
       <c r="C106" t="s">
         <v>281</v>
       </c>
       <c r="D106" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>14</v>
       </c>
       <c r="B107" t="s">
         <v>283</v>
       </c>
       <c r="C107" t="s">
         <v>284</v>
       </c>
-      <c r="D107"/>
+      <c r="D107" t="s">
+        <v>285</v>
+      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>14</v>
       </c>
       <c r="B108" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C108" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>14</v>
       </c>
       <c r="B109" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C109" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="D109" t="s">
         <v>289</v>
       </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>14</v>
       </c>
       <c r="B110" t="s">
         <v>290</v>
       </c>
       <c r="C110" t="s">
         <v>291</v>
       </c>
       <c r="D110" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>14</v>
       </c>
       <c r="B111" t="s">
         <v>293</v>
       </c>
       <c r="C111" t="s">
         <v>294</v>
       </c>
       <c r="D111" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>14</v>
       </c>
       <c r="B112" t="s">
         <v>296</v>
       </c>
       <c r="C112" t="s">
         <v>297</v>
       </c>
-      <c r="D112"/>
+      <c r="D112" t="s">
+        <v>298</v>
+      </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>14</v>
       </c>
       <c r="B113" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C113" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D113" t="s">
         <v>300</v>
       </c>
+      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>14</v>
       </c>
       <c r="B114" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C114" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="D114"/>
+        <v>302</v>
+      </c>
+      <c r="D114" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>14</v>
       </c>
       <c r="B115" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C115" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>14</v>
       </c>
       <c r="B116" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C116" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="D116" t="s">
         <v>306</v>
       </c>
+      <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>14</v>
       </c>
       <c r="B117" t="s">
         <v>307</v>
       </c>
       <c r="C117" t="s">
         <v>308</v>
       </c>
       <c r="D117" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>14</v>
       </c>
       <c r="B118" t="s">
         <v>310</v>
       </c>
       <c r="C118" t="s">
         <v>311</v>
       </c>
@@ -3610,77 +3621,77 @@
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>14</v>
       </c>
       <c r="B120" t="s">
         <v>316</v>
       </c>
       <c r="C120" t="s">
         <v>317</v>
       </c>
       <c r="D120" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>14</v>
       </c>
       <c r="B121" t="s">
         <v>319</v>
       </c>
       <c r="C121" t="s">
         <v>320</v>
       </c>
-      <c r="D121"/>
+      <c r="D121" t="s">
+        <v>321</v>
+      </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>14</v>
       </c>
       <c r="B122" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C122" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>14</v>
       </c>
       <c r="B123" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C123" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="D123" t="s">
         <v>325</v>
       </c>
+      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>14</v>
       </c>
       <c r="B124" t="s">
         <v>326</v>
       </c>
       <c r="C124" t="s">
         <v>327</v>
       </c>
       <c r="D124" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>14</v>
       </c>
       <c r="B125" t="s">
         <v>329</v>
       </c>
       <c r="C125" t="s">
         <v>330</v>
       </c>
@@ -3775,736 +3786,750 @@
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>14</v>
       </c>
       <c r="B132" t="s">
         <v>350</v>
       </c>
       <c r="C132" t="s">
         <v>351</v>
       </c>
       <c r="D132" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>14</v>
       </c>
       <c r="B133" t="s">
         <v>353</v>
       </c>
       <c r="C133" t="s">
         <v>354</v>
       </c>
       <c r="D133" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>355</v>
+        <v>14</v>
       </c>
       <c r="B134" t="s">
         <v>356</v>
       </c>
       <c r="C134" t="s">
         <v>357</v>
       </c>
-      <c r="D134"/>
+      <c r="D134" t="s">
+        <v>355</v>
+      </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B135" t="s">
-        <v>29</v>
+        <v>359</v>
       </c>
       <c r="C135" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B136" t="s">
-        <v>359</v>
+        <v>29</v>
       </c>
       <c r="C136" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="D136" t="s">
         <v>361</v>
       </c>
+      <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B137" t="s">
-        <v>44</v>
+        <v>362</v>
       </c>
       <c r="C137" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D137" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B138" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C138" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>365</v>
+      </c>
+      <c r="D138" t="s">
+        <v>366</v>
+      </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B139" t="s">
-        <v>365</v>
+        <v>51</v>
       </c>
       <c r="C139" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D139" t="s">
         <v>367</v>
       </c>
+      <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B140" t="s">
         <v>368</v>
       </c>
       <c r="C140" t="s">
         <v>369</v>
       </c>
-      <c r="D140"/>
+      <c r="D140" t="s">
+        <v>370</v>
+      </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B141" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C141" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="D141" t="s">
         <v>372</v>
       </c>
+      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B142" t="s">
         <v>373</v>
       </c>
       <c r="C142" t="s">
         <v>374</v>
       </c>
-      <c r="D142"/>
+      <c r="D142" t="s">
+        <v>375</v>
+      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B143" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C143" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="D143" t="s">
         <v>377</v>
       </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B144" t="s">
         <v>378</v>
       </c>
       <c r="C144" t="s">
         <v>379</v>
       </c>
       <c r="D144" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B145" t="s">
-        <v>56</v>
+        <v>381</v>
       </c>
       <c r="C145" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D145" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B146" t="s">
-        <v>383</v>
+        <v>56</v>
       </c>
       <c r="C146" t="s">
         <v>384</v>
       </c>
       <c r="D146" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B147" t="s">
         <v>386</v>
       </c>
       <c r="C147" t="s">
         <v>387</v>
       </c>
       <c r="D147" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B148" t="s">
-        <v>82</v>
+        <v>389</v>
       </c>
       <c r="C148" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D148" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B149" t="s">
-        <v>391</v>
+        <v>85</v>
       </c>
       <c r="C149" t="s">
         <v>392</v>
       </c>
       <c r="D149" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B150" t="s">
         <v>394</v>
       </c>
       <c r="C150" t="s">
         <v>395</v>
       </c>
       <c r="D150" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B151" t="s">
-        <v>133</v>
+        <v>397</v>
       </c>
       <c r="C151" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="D151"/>
+        <v>398</v>
+      </c>
+      <c r="D151" t="s">
+        <v>399</v>
+      </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B152" t="s">
-        <v>398</v>
+        <v>136</v>
       </c>
       <c r="C152" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="D152" t="s">
         <v>400</v>
       </c>
+      <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B153" t="s">
-        <v>144</v>
+        <v>401</v>
       </c>
       <c r="C153" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D153" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B154" t="s">
-        <v>187</v>
+        <v>147</v>
       </c>
       <c r="C154" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D154" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B155" t="s">
-        <v>405</v>
+        <v>190</v>
       </c>
       <c r="C155" t="s">
         <v>406</v>
       </c>
       <c r="D155" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B156" t="s">
         <v>408</v>
       </c>
       <c r="C156" t="s">
         <v>409</v>
       </c>
       <c r="D156" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B157" t="s">
-        <v>204</v>
+        <v>411</v>
       </c>
       <c r="C157" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="D157"/>
+        <v>412</v>
+      </c>
+      <c r="D157" t="s">
+        <v>413</v>
+      </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B158" t="s">
-        <v>412</v>
+        <v>207</v>
       </c>
       <c r="C158" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B159" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C159" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="D159" t="s">
         <v>416</v>
       </c>
+      <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B160" t="s">
         <v>417</v>
       </c>
       <c r="C160" t="s">
         <v>418</v>
       </c>
       <c r="D160" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B161" t="s">
-        <v>236</v>
+        <v>420</v>
       </c>
       <c r="C161" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D161" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B162" t="s">
-        <v>422</v>
+        <v>239</v>
       </c>
       <c r="C162" t="s">
         <v>423</v>
       </c>
       <c r="D162" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B163" t="s">
         <v>425</v>
       </c>
       <c r="C163" t="s">
         <v>426</v>
       </c>
-      <c r="D163"/>
+      <c r="D163" t="s">
+        <v>427</v>
+      </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B164" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C164" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D164" t="s">
         <v>429</v>
       </c>
+      <c r="D164"/>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B165" t="s">
         <v>430</v>
       </c>
       <c r="C165" t="s">
         <v>431</v>
       </c>
-      <c r="D165"/>
+      <c r="D165" t="s">
+        <v>432</v>
+      </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B166" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C166" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="D166" t="s">
         <v>434</v>
       </c>
+      <c r="D166"/>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B167" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="C167" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="D167"/>
+        <v>436</v>
+      </c>
+      <c r="D167" t="s">
+        <v>437</v>
+      </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B168" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="C168" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D168"/>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B169" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C169" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="D169" t="s">
         <v>440</v>
       </c>
+      <c r="D169"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B170" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C170" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D170" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B171" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C171" t="s">
         <v>444</v>
       </c>
       <c r="D171" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B172" t="s">
         <v>446</v>
       </c>
       <c r="C172" t="s">
         <v>447</v>
       </c>
       <c r="D172" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B173" t="s">
-        <v>280</v>
+        <v>449</v>
       </c>
       <c r="C173" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D173" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B174" t="s">
-        <v>451</v>
+        <v>283</v>
       </c>
       <c r="C174" t="s">
         <v>452</v>
       </c>
       <c r="D174" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B175" t="s">
         <v>454</v>
       </c>
       <c r="C175" t="s">
         <v>455</v>
       </c>
       <c r="D175" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B176" t="s">
         <v>457</v>
       </c>
       <c r="C176" t="s">
         <v>458</v>
       </c>
       <c r="D176" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B177" t="s">
         <v>460</v>
       </c>
       <c r="C177" t="s">
         <v>461</v>
       </c>
-      <c r="D177"/>
+      <c r="D177" t="s">
+        <v>462</v>
+      </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B178" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C178" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="D178" t="s">
         <v>464</v>
       </c>
+      <c r="D178"/>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B179" t="s">
         <v>465</v>
       </c>
       <c r="C179" t="s">
         <v>466</v>
       </c>
       <c r="D179" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B180" t="s">
         <v>468</v>
       </c>
       <c r="C180" t="s">
         <v>469</v>
       </c>
-      <c r="D180"/>
+      <c r="D180" t="s">
+        <v>470</v>
+      </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B181" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C181" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="D181" t="s">
         <v>472</v>
       </c>
+      <c r="D181"/>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B182" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C182" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D182" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B183" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C183" t="s">
         <v>476</v>
       </c>
       <c r="D183" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B184" t="s">
         <v>478</v>
       </c>
       <c r="C184" t="s">
         <v>479</v>
       </c>
-      <c r="D184"/>
+      <c r="D184" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>358</v>
+      </c>
+      <c r="B185" t="s">
+        <v>481</v>
+      </c>
+      <c r="C185" t="s">
+        <v>482</v>
+      </c>
+      <c r="D185"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>