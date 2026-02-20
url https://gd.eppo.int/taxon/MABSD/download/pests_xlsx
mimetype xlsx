--- v1 (2025-12-21)
+++ v2 (2026-02-20)
@@ -1008,51 +1008,52 @@
   <si>
     <t>Phytophthora cactorum</t>
   </si>
   <si>
     <t>PHYTCR</t>
   </si>
   <si>
     <t>Phytophthora cryptogea</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Wunderlich LR, Caprile L, Vossen P, Varela L, Grant JA (2015) Agriculture: Apple Pest Management Guidelines: Omnivorous leafroller, Platynota stultana. UC ANR Publication 3432. https://www2.ipm.ucanr.edu/agriculture/apple/omnivorous-leafroller/</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
-    <t>* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.
+* Kim DE, Lee H, Kim MJ, Lee DH (2015) Predicting the potential habitat, host plants, and geographical distribution of Pochazia shantungensis (Hemiptera: Ricaniidae) in Korea. Korean Journal of Applied Entomology 54, 179–189.
 ------- a Malus pumila.
 * Rahman MA, Kwon YJ, Suh SJ, Youn YN, Jo SH (2012) The genus Pochazia Amyot and Serville (Hemiptera: Ricaniidae) from Korea, with a newly recorded species. Journal of Entomology 9(5), 239-247.</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).
 * Valarezo O, Cañarte E, Navarrete B, Arias M (2003) [Prodiplosis longifila (Diptera: Cecidomyiidae) main tomato pest in Ecuador.] Manual 51, INIAP, Ecuador. (in Spanish)</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>