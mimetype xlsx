--- v0 (2025-10-18)
+++ v1 (2026-02-18)
@@ -38,51 +38,51 @@
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
-    <t>Tuta absoluta</t>
+    <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACEIKU</t>
   </si>
   <si>
     <t>Aceria kuko</t>
   </si>
   <si>
     <t>* Hrudová E, Šafránková I (2018) Goji berry gall mite Aceria kuko occurrence in the Czech Republic – short communication. Plant Protection Science 54: 39-42.
 ------- confirmed host</t>
   </si>
   <si>
     <t>Aceria kuko (as Lycium)</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>