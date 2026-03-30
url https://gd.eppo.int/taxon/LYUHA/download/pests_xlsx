--- v1 (2026-02-18)
+++ v2 (2026-03-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYUHA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
@@ -85,50 +85,56 @@
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>AHCLMO</t>
   </si>
   <si>
     <t>Arthrocladiella mougeotii</t>
   </si>
   <si>
     <t>* Elfar K, Bustamante MI, Rooney-Latham S, Eskalen A, Miller T (2024) Arthrocladiella mougeotii causing powdery mildew on goji berry plants (Lycium barbarum and L. chinense) and mixed infections with Phyllactinia chubutiana in California. Plant Disease. 108 (9), 2668-71.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t xml:space="preserve">* Ciceoi R, Mardare ES (2016) The risks assessment of Aceria kuko (Kishida) and Halyomorpha halys (Stal) pests for the Romanian goji growers. Poster presented at the Joint EFSA-EPPO Workshop: Modelling in Plant Health – how can models support risk assessment of plant pests and decision-making? (Parma, IT, 2016-12-12/14). </t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>NCERAS</t>
   </si>
   <si>
     <t>Neoceratitis asiatica</t>
   </si>
   <si>
     <t>* Guo S, He J,  Zhao Z, Liu L, Gao L, Wei S, Guo X, Zhang R, Li Z (2017) Identification of Neoceratitis asiatica (Becker) (Diptera: Tephritidae) based on morphological characteristics and DNA barcode. Zootaxa, 4363(4), 553.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
@@ -504,51 +510,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="382.05" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -644,134 +650,146 @@
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="B11" t="s">
+      <c r="D11" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" t="s">
         <v>40</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" t="s">
         <v>43</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>44</v>
       </c>
-      <c r="D16" t="s">
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" t="s">
         <v>45</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">