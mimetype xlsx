--- v0 (2025-11-03)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYPPI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Cohen S, Nitzany FE (1966) Transmission and host range of tomato yellow leaf curl virus. Phytopathology 56, 1127-1131.
 * Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.</t>
   </si>
@@ -65,101 +65,101 @@
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>APMOV0</t>
   </si>
   <si>
     <t>Comovirus andesense</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Andean potato mottle, a new member of the Cowpea mosaic virus group. Phytopathology 67, 969-974.
 ------- As Lycopersicon pimpinellifolium. Lm (type strain) tested. Symptomless systemic infection.</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Fribourg CE (1977) Andean potato calico strain of tobacco ringspot virus. Phytopathology 67, 174-178.
 ------- TRSV-Ca. As Lycopersicon pimpinellifolium.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Aslan B, Birgücü AK, Uluişik S, Karaca I (2022) Life table parameters of Tuta absoluta (Meyrick, 1917)(Lepidoptera: Gelechiidae) on four wild tomato species. Turkish Journal of Entomology 46(2), 175-186.</t>
+  </si>
+  <si>
     <t>PLRV00</t>
   </si>
   <si>
     <t>Polerovirus PLRV</t>
   </si>
   <si>
     <t>* Thomas PE, Hassan S (2002) First Report of Twenty-two New Hosts of Potato leafroll virus. Plant Disease 86(5), 561. 
 ------- as Lycopersicon pimpinefolium</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis (as Solanum)</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- At least 51 species, absence of symptoms (except for Solanum depilatum and S. lycopersicum)</t>
   </si>
   <si>
     <t>PDMV00</t>
   </si>
   <si>
     <t>Potato deforming mosaic virus (Argentina)</t>
   </si>
   <si>
     <t>PYV000</t>
   </si>
   <si>
     <t>Potato yellowing virus</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t>* Jewehan A, Salem N, Tóth Z, Salamon P, Szabó Z (2021) Screening of Solanum (sections Lycopersicon and Juglandifolia) germplasm for reactions to the tomato brown rugose fruit virus (ToBRFV). Journal of Plant Diseases and Protection. https://doi.org/10.1007/s41348-021-00535-x
 ------- some accessions were susceptible, others were tolerant in inoculation study.</t>
   </si>
   <si>
-    <t>GNORAB</t>
-[...7 lines deleted...]
-  <si>
     <t>APLV00</t>
   </si>
   <si>
     <t>Tymovirus latandigenum</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Host plant reaction, physical properties and serology of three isolates of Andean potato latent virus from Peru. Annals of Applied Biology 86, 373-380.</t>
   </si>
   <si>
     <t>APMMV0</t>
   </si>
   <si>
     <t>Tymovirus mosandigenum</t>
   </si>
   <si>
     <t>XANTGA</t>
   </si>
   <si>
     <t>Xanthomonas hortorum pv. gardneri</t>
   </si>
   <si>
     <t>* Liabeuf D, Francis DM, Sim SC (2015) Screening cultivated and wild tomato germplasm for resistance to Xanthomonas gardneri. Acta Horticulturae 1069, 65-70.
 ------- 3 (out of 51 tested) accessions of S. pimpinellifolium appear to be resistant to X. gardneri in both greenhouse and field trials</t>
   </si>
   <si>
@@ -188,56 +188,50 @@
     <t>Aonidomytilus albus (as Solanum)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Liquido NJ, Harris EJ, Dekker LA (1994) Ecology of Bactrocera latifrons (Diptera: Tephritidae) populations: Host plants, natural enemies, distribution, and abundance. Annals of the Entomological Society of America 87(1), 71-84.</t>
   </si>
   <si>
     <t>PYMV00</t>
   </si>
   <si>
     <t>Begomovirus tuberosi</t>
   </si>
   <si>
     <t>* Romay G, Chirinos DT, Geraud-Pouey F, Torres M, Bragard C (2016) First report of Potato yellow mosaic virus infecting Solanum americanum in Venezuela. New Disease Reports 34, 20.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanum)</t>
   </si>
   <si>
     <t>PYVV00</t>
   </si>
   <si>
     <t>Crinivirus flavisolani (as Solanum)</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
@@ -760,51 +754,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D53"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -880,77 +874,77 @@
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>28</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
@@ -1064,204 +1058,204 @@
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="C22" t="s">
         <v>59</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>40</v>
       </c>
       <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>60</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>40</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>40</v>
       </c>
       <c r="B27" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>73</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>74</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>40</v>
       </c>
       <c r="B30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>78</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>40</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>80</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>40</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>40</v>
       </c>
       <c r="B33" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>40</v>
       </c>
       <c r="B34" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
         <v>87</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>40</v>
       </c>
       <c r="B35" t="s">
         <v>88</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>40</v>
       </c>
       <c r="B36" t="s">
         <v>90</v>
       </c>
@@ -1306,203 +1300,191 @@
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40" t="s">
         <v>98</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>100</v>
       </c>
       <c r="C41" t="s">
         <v>101</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>40</v>
       </c>
       <c r="B42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C42" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>104</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>40</v>
       </c>
       <c r="B43" t="s">
         <v>105</v>
       </c>
       <c r="C43" t="s">
         <v>106</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>40</v>
       </c>
       <c r="B44" t="s">
         <v>107</v>
       </c>
       <c r="C44" t="s">
         <v>108</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>40</v>
+        <v>109</v>
       </c>
       <c r="B45" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C45" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B46" t="s">
+        <v>110</v>
+      </c>
+      <c r="C46" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B47" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
         <v>114</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B48" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="C48" t="s">
         <v>116</v>
       </c>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B49" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C49" t="s">
         <v>118</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B50" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C50" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D50" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B51" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C51" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>124</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>125</v>
       </c>
       <c r="C52" t="s">
         <v>126</v>
       </c>
       <c r="D52"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D53"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>