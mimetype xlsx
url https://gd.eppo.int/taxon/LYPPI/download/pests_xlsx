--- v1 (2026-01-28)
+++ v2 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYPPI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Cohen S, Nitzany FE (1966) Transmission and host range of tomato yellow leaf curl virus. Phytopathology 56, 1127-1131.
 * Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.</t>
   </si>
@@ -332,50 +332,60 @@
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SEPTLM</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>SYNCEN</t>
   </si>
   <si>
     <t>Synchytrium endobioticum (as Solanum)</t>
   </si>
   <si>
     <t>DUMV00</t>
   </si>
   <si>
     <t>Tymovirus dulcamarae (as Solanum)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
@@ -754,51 +764,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D52"/>
+  <dimension ref="A1:D53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1314,177 +1324,191 @@
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>100</v>
       </c>
       <c r="C41" t="s">
         <v>101</v>
       </c>
       <c r="D41" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>40</v>
       </c>
       <c r="B42" t="s">
         <v>103</v>
       </c>
       <c r="C42" t="s">
         <v>104</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>40</v>
       </c>
       <c r="B43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>40</v>
       </c>
       <c r="B44" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C44" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>111</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B46" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C46" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B47" t="s">
         <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>115</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B48" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
       <c r="C48" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>117</v>
+      </c>
+      <c r="D48" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B49" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="C49" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>119</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B50" t="s">
         <v>120</v>
       </c>
       <c r="C50" t="s">
         <v>121</v>
       </c>
       <c r="D50" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B51" t="s">
         <v>123</v>
       </c>
       <c r="C51" t="s">
         <v>124</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B52" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C52" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D52"/>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>112</v>
+      </c>
+      <c r="B53" t="s">
+        <v>128</v>
+      </c>
+      <c r="C53" t="s">
+        <v>129</v>
+      </c>
+      <c r="D53"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>