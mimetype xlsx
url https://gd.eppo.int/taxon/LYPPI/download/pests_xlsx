--- v2 (2026-03-09)
+++ v3 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYPPI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Cohen S, Nitzany FE (1966) Transmission and host range of tomato yellow leaf curl virus. Phytopathology 56, 1127-1131.
 * Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.</t>
   </si>
@@ -244,50 +244,56 @@
   <si>
     <t>DACUCI</t>
   </si>
   <si>
     <t>Dacus ciliatus</t>
   </si>
   <si>
     <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.
 ------- As Solanum pimpinellifolium.</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Solanum)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LEUIUG</t>
   </si>
   <si>
     <t>Leucinodes ugandensis (as Solanum)</t>
   </si>
   <si>
     <t>* Mally R, Korycinska A, Agassiz DJL, Hall J, Hodgetts J, Nuss M (2015) Discovery of an unknown diversity of Leucinodes species damaging Solanaceae fruits in sub-Saharan Africa and moving in trade (Insecta, Lepidoptera, Pyraloidea). ZooKeys 472, 117-162.</t>
   </si>
   <si>
     <t>TBRV00</t>
   </si>
   <si>
     <t>Nepovirus nigranuli (as Solanum)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
@@ -764,51 +770,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D53"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1160,112 +1166,112 @@
         <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>40</v>
       </c>
       <c r="B28" t="s">
         <v>72</v>
       </c>
       <c r="C28" t="s">
         <v>73</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>40</v>
       </c>
       <c r="B29" t="s">
         <v>74</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>40</v>
       </c>
       <c r="B30" t="s">
+        <v>76</v>
+      </c>
+      <c r="C30" t="s">
         <v>77</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>78</v>
       </c>
-      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>40</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>80</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>40</v>
       </c>
       <c r="B32" t="s">
+        <v>81</v>
+      </c>
+      <c r="C32" t="s">
         <v>82</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>40</v>
       </c>
       <c r="B33" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>40</v>
       </c>
       <c r="B34" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="C34" t="s">
         <v>87</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>40</v>
       </c>
       <c r="B35" t="s">
         <v>88</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>40</v>
       </c>
       <c r="B36" t="s">
         <v>90</v>
       </c>
@@ -1310,205 +1316,217 @@
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40" t="s">
         <v>98</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>100</v>
       </c>
       <c r="C41" t="s">
         <v>101</v>
       </c>
-      <c r="D41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>40</v>
       </c>
       <c r="B42" t="s">
+        <v>102</v>
+      </c>
+      <c r="C42" t="s">
         <v>103</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>40</v>
       </c>
       <c r="B43" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" t="s">
         <v>106</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>107</v>
       </c>
-      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>40</v>
       </c>
       <c r="B44" t="s">
         <v>108</v>
       </c>
       <c r="C44" t="s">
         <v>109</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>40</v>
       </c>
       <c r="B45" t="s">
         <v>110</v>
       </c>
       <c r="C45" t="s">
         <v>111</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>40</v>
+      </c>
+      <c r="B46" t="s">
         <v>112</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B47" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C47" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B48" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C48" t="s">
         <v>117</v>
       </c>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B49" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
       <c r="C49" t="s">
         <v>119</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B50" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="C50" t="s">
         <v>121</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B51" t="s">
+        <v>122</v>
+      </c>
+      <c r="C51" t="s">
         <v>123</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B52" t="s">
+        <v>125</v>
+      </c>
+      <c r="C52" t="s">
         <v>126</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>127</v>
       </c>
-      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B53" t="s">
         <v>128</v>
       </c>
       <c r="C53" t="s">
         <v>129</v>
       </c>
       <c r="D53"/>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>114</v>
+      </c>
+      <c r="B54" t="s">
+        <v>130</v>
+      </c>
+      <c r="C54" t="s">
+        <v>131</v>
+      </c>
+      <c r="D54"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>