--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -1004,52 +1004,58 @@
 ------- Confirmed host in Brazil.</t>
   </si>
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Marquez J, Forghani F, Hajihassani A (2021) First report of the root-knot nematode, Meloidogyne floridensis, on tomato in Georgia, USA. Plant Disease 105(4), 1228. https://doi.org/10.1094/PDIS-10-20-2286-PDN
 * Marquez J, Hajihassani A (2023) Identification and virulence of five isolates of root-knot nematode Meloidogyne floridensis on vegetables. Plant Disease 107(5), 1522-15888.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Pan S, Liu C, Zhang F, Chen Z, Li Y (2022) First report of Meloidogyne graminicola on tomato (Solanum lycopersicum) in Hainan, China. Plant Disease 106(7), 2000-2001. https://doi.org/10.1094/PDIS-09-21-1942-PDN
-* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Dabur KR, Taya AS &amp; Bajaj HK (2004) Life cycle of Meloidogyne graminicola on paddy and its host range studies. Indian Journal of Nematology 34, 80-84.
+------- does not support multiplication of Meloidogyne graminicola 
+* Pan S, Liu C, Zhang F, Chen Z, Li Y (2022) First report of Meloidogyne graminicola on tomato (Solanum lycopersicum) in Hainan, China. Plant Disease 106(7), 2000-2001. https://doi.org/10.1094/PDIS-09-21-1942-PDN
+------- confirmed host. Reproduction factor = 5.3
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- host.</t>
   </si>
   <si>
     <t>MELGLC</t>
   </si>
   <si>
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t>* Sen F, Aydinli (2021) Host status of cultivated crops to Meloidogyne luci. European Journal of Plant Pathology 161(3), 607-618.
 ------- In experiments, cvs. Barbaros F1, Falcon, H-2274, Rio Grande, Super Ancon were found to be excellent hosts.
 * Strajnar P, Širca S, Knapič M &amp; Urek G (2011) Effect of Slovenian climatic conditions on the development and survival of the root-knot nematode Meloidogyne ethiopica. European Journal of Plant Pathology 129, 81-88
 -------In experiments, cv. San Marzano F1 was found to be an exelent host (RF = 91)</t>
   </si>
   <si>
     <t>MELGMA</t>
   </si>
   <si>
     <t>Meloidogyne mali</t>
   </si>
   <si>
     <t>* Ambrogioni L, Carletti B, Roversi PF (2014) Chapter 14 Nematodi galligeni pp. 338-365. In: Nematologia Agraria generale e applicata (Ambrogioni L., d'Errico F.P., Greco N., Marinari Palmisano A. Roversi P.F. eds.). Società Italiana di Nematologia - Tipografia Cuppini – Florence
 ------- confirmed host (in experimental conditions)</t>
   </si>
   <si>
     <t>CRNPPE</t>