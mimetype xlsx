--- v1 (2025-12-08)
+++ v2 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYPES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="685">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="686">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -457,56 +457,50 @@
 * Fontenele RS, Bhaskara A, Cobb IN, Majure LC, Salywon AM, Avalos-Calleros JA, Argüello-Astorga GR, Schmidlin K, Roumagnac P, Ribeiro SG, Kraberger S (2021) Identification of the begomoviruses squash leaf curl virus and watermelon chlorotic stunt virus in various plant samples in North America. Viruses 13(5), 810. https://doi.org/10.3390/v13050810</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Al Shihi AA, Al Sadi AM, Deadman M, Briddon RW, Shahid MS (2018) Identification of a distinct strain of Cotton leaf curl Gezira virus infecting tomato in Oman. Journal of Phytopathology. 166(3), 199-205.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>* Bradley JD, Tremewan WG, Smith A (1973) British tortricoid moths. Cochylidae and Tortricidae: Tortricinae. The Ray Society, London, 251 pp.</t>
-  </si>
-[...4 lines deleted...]
-    <t>'Candidatus Phytoplasma americanum' (as Solanum)</t>
   </si>
   <si>
     <t>PHYPTR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii'</t>
   </si>
   <si>
     <t xml:space="preserve">* Hiruki C, Wang K (2004) Clover proliferation phytoplasma: 'Candidatus Phytoplasma trifolii'. International Journal of Systematic and Evolutionary Microbiology 54, 1349-1353.
 </t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma trifolii' (as Solanum)</t>
   </si>
   <si>
     <t>PVH000</t>
   </si>
   <si>
     <t>Carlavirus chisolani</t>
   </si>
   <si>
     <t>* Xu Z, Weng H, Yang Z, Wang L, Mao Q, Cao Y, Song X, Rao S, Chen J, Li Y, Li J (2024) First report of potato virus H infecting tomato (Solanum lycopersicum) in China. Plant Disease. 108(10): 3204.</t>
   </si>
   <si>
     <t>PVS000</t>
@@ -1659,50 +1653,63 @@
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.
 * McQuate GT, Liquido NJ (2016) Provisional list of suitable host plants of Bactrocera (Bactrocera) latifrons (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). 
 * Mziray HA, Makundi RH, Mwatawala M, Maerere A, De Meyer M (2010) Host use of Bactrocera latifrons, a new invasive tephritid species in Tanzania. Journal of Econonmic Entomololy 103(1), 70-76.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.
 * Leblanc L, Vueti ET, Drew AI, Allwood AJ (2012) Host plant records for fruit flies (Diptera: Tephritidae: Dacini) in the Pacific islands. Proceedings of the Hawaiian Society 44, 11-53.</t>
   </si>
   <si>
     <t>PEPGMV</t>
   </si>
   <si>
     <t>Begomovirus capsicummusivi</t>
   </si>
   <si>
+    <t>CHILCU</t>
+  </si>
+  <si>
+    <t>Begomovirus chillicapsici</t>
+  </si>
+  <si>
+    <t>* Brown JK, Zerbini FM, Navas-Castillo J, Moriones E, Ramos-Sobrinho R, Silva JCF, Fiallo-Olive E, Briddon RW, Hernández-Zepeda C, Idris A, Malathi VG, Martin DP, Rivera-Bustamante R, Ueda S, Varsani A (2015) Revision of Begomovirus taxonomy based on pairwise sequence comparisons. Archives of Virology 160, 1593-1619. https://doi.org/10.1007/s00705-015-2398-y
+------- based on isolate considered as chilli leaf curl virus
+* Sangeeta, Kumar RV, Yadav BK, Bhatt BS, Krishna R, Krishnan N, Karkute SG, Kumar S, Singh B, Singh AK (2023) Diverse begomovirus-betasatellite complexes cause tomato leaf curl disease in the western India. Virus Research 328, 199079. doi: 10.1016/j.virusres.2023.199079.
+------- several isolates found on tomato
+* Venkataravanappa V, Swarnalatha P, Reddy CNL, Chauhan N, Krishna Reddy M (2016) Association of recombinant Chilli leaf curl virus with enation leaf curl disease of tomato: a new host for chilli begomovirus in India. Phytoparasitica 44, 213-223.</t>
+  </si>
+  <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Basak J (2016) Tomato yellow leaf curl virus: a serious threat to tomato plants world wide. Journal of Plant Pathology and Microbiology, 7(4), 346.
 * Cohen S, Antignus Y (1994) Tomato yellow leaf curl virus, a whitefly-borne geminivirus of tomatoes. In Advances in disease vector research. Springer New York, pp. 259-288.
 * Moriones E, Navas-Castillo J (2000) Tomato yellow leaf curl virus, an emerging virus complex causing epidemics worldwide. Virus Research 71, 123–134.</t>
   </si>
   <si>
     <t>TGMV00</t>
   </si>
   <si>
     <t>Begomovirus solanumaureimusivi</t>
   </si>
   <si>
     <t>* Hamilton WD, Sanders RC, Coutts RH, Buck KW (1981) Characterisation of tomato golden mosaic virus as a geminivirus. FEMS Microbiology Letters 11(4), 263-267.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
@@ -2044,50 +2051,60 @@
     <t>Orthotospovirus tomatoflavi</t>
   </si>
   <si>
     <t>* Londoño A, Capobianco H, Zhang S, Polston J (2012) First record of Tomato chlorotic spot virus in the USA. Tropical Plant Pathology 37(5), 333-338.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* Abbes K, Harbi A, Wanassi T, Ricupero M, Mazzeo G, Russo A, Biondi A, Zappalà L, Chermiti B (2023) The cotton mealybug Phenacoccus solenopsis Tinsley (Hemiptera: Pseudococcidae) is spreading in North Africa: first report in Tunisia. Oriental Insects. https://doi.org/10.1080/00305316.2023.2253237
 * Ricupero M, Biondi A, Russo A, Zappalà L, Mazzeo G (2021) The cotton mealybug is spreading along the Mediterranean: first pest detection in Italian tomatoes. Insects 12(8), 675. https://doi.org/10.3390/insects12080675
 * Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
+------- Tomato is the preferred host.</t>
   </si>
   <si>
     <t>TASVD0</t>
   </si>
   <si>
     <t>Pospiviroid apicimpeditum</t>
   </si>
   <si>
     <t>* Antignus Y, Lachman O, Pearlsmand M, Gofman R, Bar-Joseph M (2002) A new disease of greenhouse tomatoes in Israel caused by a distinct strain to Tomato apical stunt viroid (TASVd). Phytoparasitica, 30(5), 502-510.</t>
   </si>
   <si>
     <t>TCDVD0</t>
   </si>
   <si>
     <t>Pospiviroid chloronani</t>
   </si>
   <si>
     <t>* Ling KS, Verhoeven JTJ, Singh RP, Brown JK (2009) First report of Tomato chlorotic dwarf viroid in greenhouse tomatoes in Arizona. Plant Disease 93(10), p 1075.</t>
   </si>
   <si>
     <t>CLVD00</t>
   </si>
   <si>
     <t>Pospiviroid latenscolumneae</t>
   </si>
@@ -2266,60 +2283,50 @@
   </si>
   <si>
     <t>Tomato yellow mosaic virus</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
   </si>
   <si>
     <t>* Alfaro-Fernández, A, Córdoba-Sellés MC, Juárez M, Herrera-Vásquez JA, Sánchez-Navarro JA, Cebrián MC, Font MI, Jordá C (2010) Occurrence and geographical distribution of the ‘Torrado’ disease in Spain. Journal of Phytopathology 158(7-8), 457-469.
 * Alfaro-Fernández A, Córdoba-Sellés C, Cebrián MC, Sánchez-Navarro JA, Espino A, Martín R, Jordá C (2007) First report of Tomato torrado virus in tomato in the Canary Islands, Spain. Plant Disease 91(8), p 1060.
 * Moodley V, Gubba A, Mafongoya PL (2020) Emergence and full genome analysis of tomato torrado virus in South Africa. Viruses 12(10),1167. https://doi.org/10.3390/v12101167
 * Verbeek M, Dullemans AM, van den Heuvel JFJM, Maris PC, van der Vlugt RAA (2007) Identification and characterization of tomato torrado virus, a new plant picorna-like virus from tomato. Archives of Virology 152(5), 881-890.</t>
   </si>
   <si>
     <t>TOANV0</t>
   </si>
   <si>
     <t>Torradovirus marchitezum</t>
   </si>
   <si>
     <t>* Verbeek M, Dullemans AM, Van den Heuvel JF, Maris PC, Van der Vlugt RA (2008) Tomato marchitez virus, a new plant picorna-like virus from tomato related to tomato torrado virus. Archives of virology 153(1), 127-134.
 ------- confirmed host.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Idriss GEA, du Plessis H, Khamis FM, Ekesi S, Tanga CM, Mohamed SA (2020) Host range and effects of plant speices on preference and fitness of Tuta absoluta (Lepidoptera: Gelechiidae). Journal of Economic Entomology 113(3), 1279-1289.
-------- Tomato is the preferred host.</t>
   </si>
   <si>
     <t>XANTAV</t>
   </si>
   <si>
     <t>Xanthomonas axonopodis pv. vesicatoria (no longer in use)</t>
   </si>
   <si>
     <t>XANTEU</t>
   </si>
   <si>
     <t>Xanthomonas euvesicatoria pv. euvesicatoria</t>
   </si>
   <si>
     <t>* Ma X, Lewis Ivey ML, Miller SA (2011) First report of Xanthomonas gardneri causing bacterial spot of tomato in Ohio and Michigan. Plant Disease 95(2), p 1584.</t>
   </si>
   <si>
     <t>XANTPF</t>
   </si>
   <si>
     <t>Xanthomonas euvesicatoria pv. perforans</t>
   </si>
   <si>
     <t>* Aiello D, Scuderi G, Vitale A, Firrao G, Polizzi G, Cirvilleri G (2013) A pith necrosis caused by Xanthomonas perforans on tomato plants. European Journal of Plant Pathology 137(1), 29-41.</t>
   </si>
@@ -3366,2801 +3373,2803 @@
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>82</v>
       </c>
       <c r="B48" t="s">
         <v>134</v>
       </c>
       <c r="C48" t="s">
         <v>135</v>
       </c>
       <c r="D48" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>82</v>
       </c>
       <c r="B49" t="s">
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>82</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s">
         <v>140</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>82</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C51" t="s">
         <v>142</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>143</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>82</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>82</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>82</v>
       </c>
       <c r="B54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D54" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>82</v>
       </c>
       <c r="B55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>82</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>156</v>
       </c>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>82</v>
       </c>
       <c r="B57" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
         <v>158</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>82</v>
       </c>
       <c r="B58" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C58" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>161</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>82</v>
       </c>
       <c r="B59" t="s">
         <v>162</v>
       </c>
       <c r="C59" t="s">
         <v>163</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>82</v>
       </c>
       <c r="B60" t="s">
         <v>164</v>
       </c>
       <c r="C60" t="s">
         <v>165</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>82</v>
       </c>
       <c r="B61" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C61" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>168</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>82</v>
       </c>
       <c r="B62" t="s">
         <v>169</v>
       </c>
       <c r="C62" t="s">
         <v>170</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>82</v>
       </c>
       <c r="B63" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C63" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D63" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>82</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C64" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D64" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>82</v>
       </c>
       <c r="B65" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C65" t="s">
         <v>178</v>
       </c>
-      <c r="D65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>82</v>
       </c>
       <c r="B66" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C66" t="s">
         <v>180</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>82</v>
       </c>
       <c r="B67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C67" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D67" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>82</v>
       </c>
       <c r="B68" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C68" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D68" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>82</v>
       </c>
       <c r="B69" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C69" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D69" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>82</v>
       </c>
       <c r="B70" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C70" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D70" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>82</v>
       </c>
       <c r="B71" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C71" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D71" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>82</v>
       </c>
       <c r="B72" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C72" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D72" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>82</v>
       </c>
       <c r="B73" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C73" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D73" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>82</v>
       </c>
       <c r="B74" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C74" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>82</v>
       </c>
       <c r="B75" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C75" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D75" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>82</v>
       </c>
       <c r="B76" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C76" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D76" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>82</v>
       </c>
       <c r="B77" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C77" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D77" t="s">
         <v>213</v>
       </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>82</v>
       </c>
       <c r="B78" t="s">
         <v>214</v>
       </c>
       <c r="C78" t="s">
         <v>215</v>
       </c>
-      <c r="D78"/>
+      <c r="D78" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C79" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D79" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C80" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D80" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>82</v>
       </c>
       <c r="B81" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C81" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D81" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>82</v>
       </c>
       <c r="B82" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C82" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D82" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C83" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="D83" t="s">
         <v>230</v>
       </c>
+      <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>82</v>
       </c>
       <c r="B84" t="s">
         <v>231</v>
       </c>
       <c r="C84" t="s">
         <v>232</v>
       </c>
-      <c r="D84"/>
+      <c r="D84" t="s">
+        <v>233</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>82</v>
       </c>
       <c r="B85" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C85" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D85" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>82</v>
       </c>
       <c r="B86" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C86" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D86" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>82</v>
       </c>
       <c r="B87" t="s">
+        <v>240</v>
+      </c>
+      <c r="C87" t="s">
+        <v>241</v>
+      </c>
+      <c r="D87" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>82</v>
       </c>
       <c r="B88" t="s">
         <v>242</v>
       </c>
       <c r="C88" t="s">
         <v>243</v>
       </c>
       <c r="D88" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>82</v>
       </c>
       <c r="B89" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C89" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D89" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>82</v>
       </c>
       <c r="B90" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C90" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>249</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>82</v>
       </c>
       <c r="B91" t="s">
         <v>250</v>
       </c>
       <c r="C91" t="s">
         <v>251</v>
       </c>
-      <c r="D91"/>
+      <c r="D91" t="s">
+        <v>252</v>
+      </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>82</v>
       </c>
       <c r="B92" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C92" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="D92" t="s">
         <v>254</v>
       </c>
+      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>82</v>
       </c>
       <c r="B93" t="s">
         <v>255</v>
       </c>
       <c r="C93" t="s">
         <v>256</v>
       </c>
-      <c r="D93"/>
+      <c r="D93" t="s">
+        <v>257</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>82</v>
       </c>
       <c r="B94" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C94" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D94" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>82</v>
       </c>
       <c r="B95" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C95" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D95" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>82</v>
       </c>
       <c r="B96" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C96" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D96" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>82</v>
       </c>
       <c r="B97" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C97" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D97" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>82</v>
       </c>
       <c r="B98" t="s">
         <v>269</v>
       </c>
       <c r="C98" t="s">
         <v>270</v>
       </c>
       <c r="D98" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>82</v>
       </c>
       <c r="B99" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C99" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D99" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>82</v>
       </c>
       <c r="B100" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C100" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D100" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>82</v>
       </c>
       <c r="B101" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C101" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D101" t="s">
         <v>279</v>
       </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>82</v>
       </c>
       <c r="B102" t="s">
         <v>280</v>
       </c>
       <c r="C102" t="s">
         <v>281</v>
       </c>
-      <c r="D102"/>
+      <c r="D102" t="s">
+        <v>282</v>
+      </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>82</v>
       </c>
       <c r="B103" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C103" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D103" t="s">
         <v>284</v>
       </c>
+      <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>82</v>
       </c>
       <c r="B104" t="s">
         <v>285</v>
       </c>
       <c r="C104" t="s">
         <v>286</v>
       </c>
-      <c r="D104"/>
+      <c r="D104" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>82</v>
       </c>
       <c r="B105" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C105" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D105" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>82</v>
       </c>
       <c r="B106" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C106" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D106" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>82</v>
       </c>
       <c r="B107" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C107" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D107" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>82</v>
       </c>
       <c r="B108" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C108" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D108" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>82</v>
       </c>
       <c r="B109" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C109" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D109" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>82</v>
       </c>
       <c r="B110" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C110" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D110" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>82</v>
       </c>
       <c r="B111" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C111" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D111" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>82</v>
       </c>
       <c r="B112" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C112" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D112" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>82</v>
       </c>
       <c r="B113" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C113" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="D113" t="s">
         <v>313</v>
       </c>
+      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>82</v>
       </c>
       <c r="B114" t="s">
         <v>314</v>
       </c>
       <c r="C114" t="s">
         <v>315</v>
       </c>
-      <c r="D114"/>
+      <c r="D114" t="s">
+        <v>316</v>
+      </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>82</v>
       </c>
       <c r="B115" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C115" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D115" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>82</v>
       </c>
       <c r="B116" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C116" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D116" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>82</v>
       </c>
       <c r="B117" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C117" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D117" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>82</v>
       </c>
       <c r="B118" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C118" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D118" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>82</v>
       </c>
       <c r="B119" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C119" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D119" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>82</v>
       </c>
       <c r="B120" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C120" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D120" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>82</v>
       </c>
       <c r="B121" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C121" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D121" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>82</v>
       </c>
       <c r="B122" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C122" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D122" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>82</v>
       </c>
       <c r="B123" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C123" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D123" t="s">
         <v>342</v>
       </c>
+      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>82</v>
       </c>
       <c r="B124" t="s">
         <v>343</v>
       </c>
       <c r="C124" t="s">
         <v>344</v>
       </c>
       <c r="D124"/>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>82</v>
       </c>
       <c r="B125" t="s">
         <v>345</v>
       </c>
       <c r="C125" t="s">
         <v>346</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>82</v>
       </c>
       <c r="B126" t="s">
         <v>347</v>
       </c>
       <c r="C126" t="s">
         <v>348</v>
       </c>
-      <c r="D126"/>
+      <c r="D126" t="s">
+        <v>349</v>
+      </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>82</v>
       </c>
       <c r="B127" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C127" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D127" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>82</v>
       </c>
       <c r="B128" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C128" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D128" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>82</v>
       </c>
       <c r="B129" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C129" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D129" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>82</v>
       </c>
       <c r="B130" t="s">
-        <v>358</v>
+        <v>54</v>
       </c>
       <c r="C130" t="s">
         <v>359</v>
       </c>
       <c r="D130" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>82</v>
       </c>
       <c r="B131" t="s">
-        <v>54</v>
+        <v>361</v>
       </c>
       <c r="C131" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D131" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>82</v>
       </c>
       <c r="B132" t="s">
-        <v>363</v>
+        <v>60</v>
       </c>
       <c r="C132" t="s">
         <v>364</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>82</v>
       </c>
       <c r="B133" t="s">
-        <v>60</v>
+        <v>365</v>
       </c>
       <c r="C133" t="s">
         <v>366</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>82</v>
       </c>
       <c r="B134" t="s">
         <v>367</v>
       </c>
       <c r="C134" t="s">
         <v>368</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>82</v>
       </c>
       <c r="B135" t="s">
         <v>369</v>
       </c>
       <c r="C135" t="s">
         <v>370</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>82</v>
       </c>
       <c r="B136" t="s">
         <v>371</v>
       </c>
       <c r="C136" t="s">
         <v>372</v>
       </c>
-      <c r="D136"/>
+      <c r="D136" t="s">
+        <v>373</v>
+      </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>82</v>
       </c>
       <c r="B137" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C137" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D137" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>82</v>
       </c>
       <c r="B138" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C138" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="D138" t="s">
         <v>378</v>
       </c>
+      <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>82</v>
       </c>
       <c r="B139" t="s">
         <v>379</v>
       </c>
       <c r="C139" t="s">
         <v>380</v>
       </c>
       <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>82</v>
       </c>
       <c r="B140" t="s">
         <v>381</v>
       </c>
       <c r="C140" t="s">
         <v>382</v>
       </c>
       <c r="D140"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>82</v>
       </c>
       <c r="B141" t="s">
         <v>383</v>
       </c>
       <c r="C141" t="s">
         <v>384</v>
       </c>
       <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>82</v>
       </c>
       <c r="B142" t="s">
         <v>385</v>
       </c>
       <c r="C142" t="s">
         <v>386</v>
       </c>
-      <c r="D142"/>
+      <c r="D142" t="s">
+        <v>387</v>
+      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>82</v>
       </c>
       <c r="B143" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C143" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D143" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>82</v>
       </c>
       <c r="B144" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C144" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="D144" t="s">
         <v>392</v>
       </c>
+      <c r="D144"/>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>82</v>
       </c>
       <c r="B145" t="s">
         <v>393</v>
       </c>
       <c r="C145" t="s">
         <v>394</v>
       </c>
       <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>82</v>
       </c>
       <c r="B146" t="s">
         <v>395</v>
       </c>
       <c r="C146" t="s">
         <v>396</v>
       </c>
       <c r="D146"/>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>82</v>
       </c>
       <c r="B147" t="s">
         <v>397</v>
       </c>
       <c r="C147" t="s">
         <v>398</v>
       </c>
-      <c r="D147"/>
+      <c r="D147" t="s">
+        <v>399</v>
+      </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>82</v>
       </c>
       <c r="B148" t="s">
-        <v>399</v>
+        <v>70</v>
       </c>
       <c r="C148" t="s">
         <v>400</v>
       </c>
-      <c r="D148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D148"/>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>82</v>
       </c>
       <c r="B149" t="s">
-        <v>70</v>
+        <v>401</v>
       </c>
       <c r="C149" t="s">
         <v>402</v>
       </c>
-      <c r="D149"/>
+      <c r="D149" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>82</v>
       </c>
       <c r="B150" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C150" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D150" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>82</v>
       </c>
       <c r="B151" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C151" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="D151" t="s">
         <v>408</v>
       </c>
+      <c r="D151"/>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>82</v>
       </c>
       <c r="B152" t="s">
         <v>409</v>
       </c>
       <c r="C152" t="s">
         <v>410</v>
       </c>
-      <c r="D152"/>
+      <c r="D152" t="s">
+        <v>411</v>
+      </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>82</v>
       </c>
       <c r="B153" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C153" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D153" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>82</v>
       </c>
       <c r="B154" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C154" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D154" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>82</v>
       </c>
       <c r="B155" t="s">
-        <v>417</v>
+        <v>73</v>
       </c>
       <c r="C155" t="s">
         <v>418</v>
       </c>
-      <c r="D155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D155"/>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>82</v>
       </c>
       <c r="B156" t="s">
-        <v>73</v>
+        <v>419</v>
       </c>
       <c r="C156" t="s">
         <v>420</v>
       </c>
-      <c r="D156"/>
+      <c r="D156" t="s">
+        <v>421</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>82</v>
       </c>
       <c r="B157" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C157" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D157" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>82</v>
       </c>
       <c r="B158" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C158" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D158" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>82</v>
       </c>
       <c r="B159" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C159" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D159" t="s">
         <v>429</v>
       </c>
+      <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>82</v>
       </c>
       <c r="B160" t="s">
         <v>430</v>
       </c>
       <c r="C160" t="s">
         <v>431</v>
       </c>
-      <c r="D160"/>
+      <c r="D160" t="s">
+        <v>432</v>
+      </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>82</v>
       </c>
       <c r="B161" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C161" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D161" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>82</v>
       </c>
       <c r="B162" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C162" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="D162" t="s">
         <v>437</v>
       </c>
+      <c r="D162"/>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>82</v>
       </c>
       <c r="B163" t="s">
         <v>438</v>
       </c>
       <c r="C163" t="s">
         <v>439</v>
       </c>
-      <c r="D163"/>
+      <c r="D163" t="s">
+        <v>440</v>
+      </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>82</v>
       </c>
       <c r="B164" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C164" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="D164" t="s">
         <v>442</v>
       </c>
+      <c r="D164"/>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>82</v>
       </c>
       <c r="B165" t="s">
         <v>443</v>
       </c>
       <c r="C165" t="s">
         <v>444</v>
       </c>
       <c r="D165"/>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>82</v>
       </c>
       <c r="B166" t="s">
         <v>445</v>
       </c>
       <c r="C166" t="s">
         <v>446</v>
       </c>
       <c r="D166"/>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>82</v>
       </c>
       <c r="B167" t="s">
         <v>447</v>
       </c>
       <c r="C167" t="s">
         <v>448</v>
       </c>
-      <c r="D167"/>
+      <c r="D167" t="s">
+        <v>449</v>
+      </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>82</v>
       </c>
       <c r="B168" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C168" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D168" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>82</v>
       </c>
       <c r="B169" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C169" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="D169" t="s">
         <v>454</v>
       </c>
+      <c r="D169"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>82</v>
       </c>
       <c r="B170" t="s">
         <v>455</v>
       </c>
       <c r="C170" t="s">
         <v>456</v>
       </c>
-      <c r="D170"/>
+      <c r="D170" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>82</v>
       </c>
       <c r="B171" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C171" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D171" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>82</v>
       </c>
       <c r="B172" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C172" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D172" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>82</v>
+        <v>464</v>
       </c>
       <c r="B173" t="s">
-        <v>463</v>
+        <v>86</v>
       </c>
       <c r="C173" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D173" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B174" t="s">
-        <v>86</v>
+        <v>467</v>
       </c>
       <c r="C174" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D174" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B175" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C175" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="D175" t="s">
         <v>471</v>
       </c>
+      <c r="D175"/>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B176" t="s">
         <v>472</v>
       </c>
       <c r="C176" t="s">
         <v>473</v>
       </c>
-      <c r="D176"/>
+      <c r="D176" t="s">
+        <v>474</v>
+      </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B177" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C177" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D177" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B178" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C178" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D178" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B179" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C179" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D179" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B180" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C180" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="D180" t="s">
         <v>485</v>
       </c>
+      <c r="D180"/>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B181" t="s">
         <v>486</v>
       </c>
       <c r="C181" t="s">
         <v>487</v>
       </c>
-      <c r="D181"/>
+      <c r="D181" t="s">
+        <v>488</v>
+      </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B182" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C182" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D182" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B183" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C183" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D183" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B184" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C184" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D184" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B185" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C185" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D185"/>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B186" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C186" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D186" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B187" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C187" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D187" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B188" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C188" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D188" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B189" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C189" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D189"/>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B190" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C190" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D190"/>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B191" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C191" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D191" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B192" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C192" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D192" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B193" t="s">
         <v>132</v>
       </c>
       <c r="C193" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D193" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B194" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C194" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D194" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B195" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C195" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D195" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B196" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C196" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D196" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B197" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C197" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D197"/>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B198" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C198" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D198" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B199" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C199" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D199" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B200" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C200" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D200" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B201" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C201" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D201" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B202" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C202" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D202" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B203" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C203" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D203"/>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B204" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C204" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D204"/>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B205" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C205" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D205" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B206" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C206" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D206" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B207" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C207" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D207" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B208" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C208" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D208" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B209" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C209" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D209" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B210" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C210" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D210" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B211" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C211" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D211" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B212" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C212" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D212" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B213" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C213" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D213" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B214" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C214" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D214" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B215" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C215" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D215" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B216" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C216" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D216" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B217" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C217" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D217" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B218" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C218" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D218" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B219" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C219" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D219" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B220" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C220" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D220" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B221" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C221" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D221" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B222" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C222" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D222" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B223" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C223" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D223" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B224" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C224" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D224" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B225" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C225" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D225" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B226" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C226" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D226" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B227" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C227" t="s">
-        <v>615</v>
-[...1 lines deleted...]
-      <c r="D227"/>
+        <v>616</v>
+      </c>
+      <c r="D227" t="s">
+        <v>617</v>
+      </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B228" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C228" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="D228"/>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B229" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C229" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D229" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B230" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C230" t="s">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="D230"/>
+        <v>624</v>
+      </c>
+      <c r="D230" t="s">
+        <v>625</v>
+      </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B231" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C231" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>627</v>
+      </c>
+      <c r="D231"/>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B232" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C232" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D232" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B233" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C233" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D233" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B234" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C234" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D234" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B235" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C235" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D235" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B236" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C236" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D236" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B237" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C237" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D237" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B238" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C238" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D238" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B239" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C239" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D239" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B240" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C240" t="s">
-        <v>652</v>
-[...1 lines deleted...]
-      <c r="D240"/>
+        <v>653</v>
+      </c>
+      <c r="D240" t="s">
+        <v>654</v>
+      </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B241" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C241" t="s">
-        <v>654</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="D241"/>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B242" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C242" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D242" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B243" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C243" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D243" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B244" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C244" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D244"/>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B245" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C245" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D245" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B246" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C246" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D246" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B247" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C247" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D247" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B248" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C248" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D248" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B249" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C249" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D249"/>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B250" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C250" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D250"/>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B251" t="s">
         <v>62</v>
       </c>
       <c r="C251" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D251"/>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B252" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C252" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D252" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B253" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C253" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D253"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>