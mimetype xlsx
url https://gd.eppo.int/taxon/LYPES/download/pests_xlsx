--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYPES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="686">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="690">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -122,51 +122,53 @@
   </si>
   <si>
     <t>Cocadviroid rimocitri</t>
   </si>
   <si>
     <t>* Semancik JS, Vidalakis G (2005) The question of Citrus viroid IV as a Cocadviroid. Archives of Virology 150(6), 1059-1067.</t>
   </si>
   <si>
     <t>APMOV0</t>
   </si>
   <si>
     <t>Comovirus andesense</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Andean potato mottle, a new member of the Cowpea mosaic virus group. Phytopathology 67, 969-974.
 ------- As Lycopersicon esculentum. Lm (type train) tested. Symptomless systemic infection or mild mosaic depending on cultivar.</t>
   </si>
   <si>
     <t>FUSAFO</t>
   </si>
   <si>
     <t>Fusarium foetens</t>
   </si>
   <si>
     <t>* Amobonye A, Bhagwat P, Ranjith D, Mohanlall V, Pillai S (2021) Characterisation, pathogenicity and hydrolytic enzyme profiling of selected Fusarium species and their inhibition by novel coumarins. Archives of Microbiology 203, 3495-3508.
-------- When inoculated tomato plants showed symptoms.</t>
+------- When inoculated tomato plants showed symptoms.
+* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+------- experimental host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Babatola JO (1979) Varietal reaction of rice and other food crops to the rice-root nematodes, Hirschmanniella oryzae, H. imamuri and H. spinicaudata. Nematropica 9, 123-128.
 ------- Experiments.
 * Sharma SB (2001) Plant parasitic nematodes in rice-wheat based cropping systems in South Asia. Journal of Crop Production 4, 227-247. 
 ------- It is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
   <si>
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
@@ -1313,80 +1315,93 @@
   <si>
     <t>PREMLA</t>
   </si>
   <si>
     <t>Premnotrypes latithorax (as Solanum)</t>
   </si>
   <si>
     <t>PREMSA</t>
   </si>
   <si>
     <t>Premnotrypes sanfordi (as Solanum)</t>
   </si>
   <si>
     <t>PREMSO</t>
   </si>
   <si>
     <t>Premnotrypes solani (as Solanum)</t>
   </si>
   <si>
     <t>PREMVO</t>
   </si>
   <si>
     <t>Premnotrypes vorax (as Solanum)</t>
   </si>
   <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Solanum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
     <t>PSDMCI</t>
   </si>
   <si>
     <t>Pseudomonas cichorii</t>
   </si>
   <si>
     <t>* Arshad S, Nematollahi S, Rouhrazi K, Khezrinejad N (2021) Characterization of Pseudomonas cichorii isolated from tomato and lettuce in Iran. Journal of Plant Pathology 103(3), 853-861.</t>
   </si>
   <si>
     <t>PUCCPT</t>
   </si>
   <si>
     <t>Puccinia pittieriana</t>
   </si>
   <si>
     <t>* Buriticá CP, Pardo-Cardona VM (1996) Flora Uredineana colombiana. Revista de la Academia Colombiana de Ciencias 20(77), 183-236.
 * Buriticá CP, Yepes MS, Pardo-Cardona VM (2014) Pucciniales (Fungi), royas de Colombia. Revista Facultad Nacional de Agronomía, Medellín, 67 (Suplemento 1), S 1-93.
 * Otálora MAG &amp; Berndt R (2020) Overview of Puccinia (Uredinales) species on Solanaceae. Nova Hedwigia 110, 307–346.</t>
   </si>
   <si>
     <t>PSDMS3</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 3 (no longer in use)</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Sreerama Kumar P,  Rachana RR (2021) Scirtothrips dorsalis (Thysanoptera: Thripidae) is a pest of celery, Apium graveolens (Apiales: Apiaceae): first report and diagnostic characters. Journal of Integrated Pest Management 12(1), 46. https://doi.org/10.1093/jipm/pmab039
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>Septoria malagutii (as Solanum)</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
@@ -2699,51 +2714,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D253"/>
+  <dimension ref="A1:D254"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="620.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4655,1523 +4670,1539 @@
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>82</v>
       </c>
       <c r="B143" t="s">
         <v>388</v>
       </c>
       <c r="C143" t="s">
         <v>389</v>
       </c>
       <c r="D143" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>82</v>
       </c>
       <c r="B144" t="s">
         <v>391</v>
       </c>
       <c r="C144" t="s">
         <v>392</v>
       </c>
-      <c r="D144"/>
+      <c r="D144" t="s">
+        <v>393</v>
+      </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>82</v>
       </c>
       <c r="B145" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C145" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>82</v>
       </c>
       <c r="B146" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C146" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="D146"/>
+        <v>397</v>
+      </c>
+      <c r="D146" t="s">
+        <v>398</v>
+      </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>82</v>
       </c>
       <c r="B147" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C147" t="s">
-        <v>398</v>
-[...3 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="D147"/>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>82</v>
       </c>
       <c r="B148" t="s">
-        <v>70</v>
+        <v>401</v>
       </c>
       <c r="C148" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D148"/>
+        <v>402</v>
+      </c>
+      <c r="D148" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>82</v>
       </c>
       <c r="B149" t="s">
-        <v>401</v>
+        <v>70</v>
       </c>
       <c r="C149" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="D149"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>82</v>
       </c>
       <c r="B150" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C150" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D150" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>82</v>
       </c>
       <c r="B151" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C151" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="D151"/>
+        <v>409</v>
+      </c>
+      <c r="D151" t="s">
+        <v>410</v>
+      </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>82</v>
       </c>
       <c r="B152" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C152" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>82</v>
       </c>
       <c r="B153" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C153" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D153" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>82</v>
       </c>
       <c r="B154" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C154" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D154" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>82</v>
       </c>
       <c r="B155" t="s">
-        <v>73</v>
+        <v>419</v>
       </c>
       <c r="C155" t="s">
-        <v>418</v>
-[...1 lines deleted...]
-      <c r="D155"/>
+        <v>420</v>
+      </c>
+      <c r="D155" t="s">
+        <v>421</v>
+      </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>82</v>
       </c>
       <c r="B156" t="s">
-        <v>419</v>
+        <v>73</v>
       </c>
       <c r="C156" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="D156"/>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>82</v>
       </c>
       <c r="B157" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C157" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D157" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>82</v>
       </c>
       <c r="B158" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C158" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D158" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>82</v>
       </c>
       <c r="B159" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C159" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D159"/>
+        <v>430</v>
+      </c>
+      <c r="D159" t="s">
+        <v>431</v>
+      </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>82</v>
       </c>
       <c r="B160" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C160" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>82</v>
       </c>
       <c r="B161" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C161" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D161" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>82</v>
       </c>
       <c r="B162" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C162" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="D162"/>
+        <v>438</v>
+      </c>
+      <c r="D162" t="s">
+        <v>439</v>
+      </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>82</v>
       </c>
       <c r="B163" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C163" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="D163"/>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>82</v>
       </c>
       <c r="B164" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C164" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="D164"/>
+        <v>443</v>
+      </c>
+      <c r="D164" t="s">
+        <v>444</v>
+      </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>82</v>
       </c>
       <c r="B165" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C165" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D165"/>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>82</v>
       </c>
       <c r="B166" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C166" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D166"/>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>82</v>
       </c>
       <c r="B167" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C167" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D167"/>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>82</v>
       </c>
       <c r="B168" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C168" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D168" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>82</v>
       </c>
       <c r="B169" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C169" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="D169"/>
+        <v>455</v>
+      </c>
+      <c r="D169" t="s">
+        <v>456</v>
+      </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>82</v>
       </c>
       <c r="B170" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C170" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>458</v>
+      </c>
+      <c r="D170"/>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>82</v>
       </c>
       <c r="B171" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C171" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D171" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>82</v>
       </c>
       <c r="B172" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C172" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D172" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>464</v>
+        <v>82</v>
       </c>
       <c r="B173" t="s">
-        <v>86</v>
+        <v>465</v>
       </c>
       <c r="C173" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D173" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B174" t="s">
-        <v>467</v>
+        <v>86</v>
       </c>
       <c r="C174" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D174" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B175" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C175" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="D175"/>
+        <v>472</v>
+      </c>
+      <c r="D175" t="s">
+        <v>473</v>
+      </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B176" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C176" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="D176"/>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B177" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C177" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D177" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B178" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C178" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D178" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B179" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C179" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D179" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B180" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C180" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D180"/>
+        <v>486</v>
+      </c>
+      <c r="D180" t="s">
+        <v>487</v>
+      </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B181" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C181" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="D181"/>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B182" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C182" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D182" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B183" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C183" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D183" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B184" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C184" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D184" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B185" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C185" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="D185"/>
+        <v>500</v>
+      </c>
+      <c r="D185" t="s">
+        <v>501</v>
+      </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B186" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C186" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="D186"/>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B187" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C187" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D187" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B188" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C188" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D188" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B189" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C189" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="D189"/>
+        <v>511</v>
+      </c>
+      <c r="D189" t="s">
+        <v>512</v>
+      </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B190" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C190" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D190"/>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B191" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C191" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="D191"/>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B192" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C192" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D192" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B193" t="s">
-        <v>132</v>
+        <v>520</v>
       </c>
       <c r="C193" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D193" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B194" t="s">
-        <v>521</v>
+        <v>132</v>
       </c>
       <c r="C194" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D194" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B195" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C195" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D195" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B196" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C196" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D196" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B197" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C197" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="D197"/>
+        <v>532</v>
+      </c>
+      <c r="D197" t="s">
+        <v>533</v>
+      </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B198" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C198" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="D198"/>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B199" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C199" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D199" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B200" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C200" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D200" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B201" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C201" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D201" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B202" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C202" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D202" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B203" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C203" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="D203"/>
+        <v>549</v>
+      </c>
+      <c r="D203" t="s">
+        <v>550</v>
+      </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B204" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C204" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D204"/>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B205" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="C205" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="D205"/>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B206" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C206" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D206" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B207" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C207" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D207" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B208" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C208" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D208" t="s">
-        <v>263</v>
+        <v>563</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B209" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C209" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D209" t="s">
-        <v>564</v>
+        <v>263</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B210" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C210" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D210" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B211" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C211" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D211" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B212" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C212" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D212" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B213" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C213" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D213" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B214" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C214" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D214" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B215" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C215" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D215" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B216" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C216" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D216" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B217" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C217" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D217" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B218" t="s">
-        <v>312</v>
+        <v>590</v>
       </c>
       <c r="C218" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D218" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B219" t="s">
-        <v>591</v>
+        <v>312</v>
       </c>
       <c r="C219" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D219" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B220" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C220" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D220" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B221" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C221" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D221" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B222" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C222" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D222" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B223" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C223" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D223" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B224" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C224" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D224" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B225" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C225" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D225" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B226" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C226" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D226" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B227" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C227" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D227" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B228" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C228" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="D228"/>
+        <v>620</v>
+      </c>
+      <c r="D228" t="s">
+        <v>621</v>
+      </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B229" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C229" t="s">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>623</v>
+      </c>
+      <c r="D229"/>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B230" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C230" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D230" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B231" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C231" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="D231"/>
+        <v>628</v>
+      </c>
+      <c r="D231" t="s">
+        <v>629</v>
+      </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B232" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C232" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>631</v>
+      </c>
+      <c r="D232"/>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B233" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C233" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D233" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B234" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C234" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D234" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B235" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C235" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D235" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B236" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C236" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D236" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B237" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C237" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D237" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B238" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C238" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D238" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B239" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C239" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D239" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B240" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C240" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D240" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B241" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C241" t="s">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="D241"/>
+        <v>657</v>
+      </c>
+      <c r="D241" t="s">
+        <v>658</v>
+      </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B242" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C242" t="s">
-        <v>658</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D242"/>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B243" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C243" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D243" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B244" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C244" t="s">
-        <v>664</v>
-[...1 lines deleted...]
-      <c r="D244"/>
+        <v>665</v>
+      </c>
+      <c r="D244" t="s">
+        <v>666</v>
+      </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B245" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C245" t="s">
-        <v>666</v>
-[...3 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="D245"/>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B246" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C246" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D246" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B247" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C247" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D247" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B248" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C248" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D248" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>677</v>
+        <v>468</v>
       </c>
       <c r="B249" t="s">
         <v>678</v>
       </c>
       <c r="C249" t="s">
         <v>679</v>
       </c>
-      <c r="D249"/>
+      <c r="D249" t="s">
+        <v>680</v>
+      </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B250" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C250" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D250"/>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B251" t="s">
-        <v>62</v>
+        <v>682</v>
       </c>
       <c r="C251" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D251"/>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B252" t="s">
-        <v>412</v>
+        <v>62</v>
       </c>
       <c r="C252" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="D252"/>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B253" t="s">
-        <v>684</v>
+        <v>416</v>
       </c>
       <c r="C253" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="D253"/>
+        <v>686</v>
+      </c>
+      <c r="D253" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>681</v>
+      </c>
+      <c r="B254" t="s">
+        <v>688</v>
+      </c>
+      <c r="C254" t="s">
+        <v>689</v>
+      </c>
+      <c r="D254"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>