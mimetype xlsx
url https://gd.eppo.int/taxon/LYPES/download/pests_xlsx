--- v3 (2026-03-01)
+++ v4 (2026-03-24)
@@ -12,89 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYPES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="694">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
   <si>
     <t>PHOMAN</t>
   </si>
   <si>
     <t>Stagonosporopsis andigena</t>
   </si>
   <si>
     <t>* EFSA (2018) Scientific Opinion on the pest categorisation of Stagonosporopsis andigena. EFSA Journal 16(10), 5441. 25 pp. https://doi.org/10.2903/j.efsa.2018.5441
 ------- No evidence in the available literature on S. lycopersicum being a natural host or experimental host.
 * French (2001) Phoma leaf spot. pp. 32-33 In: Hooker WJ. (ed.). Compendium of potato diseases. 2nd Edition The American Phytopathological Society, St. Paul, Minnesota, USA.</t>
   </si>
   <si>
     <t>Experimental</t>
+  </si>
+  <si>
+    <t>PYDV00</t>
+  </si>
+  <si>
+    <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t>* Black LM (1937) A study of Potato yellow dwarf in New York. Cornell Agricultural Experiment Station, Vol. 209, 23 pp.</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
     <t>AFCVD0</t>
   </si>
   <si>
     <t>Apple fruit crinkle viroid</t>
   </si>
   <si>
     <t>* Hataya T (2024) Genetic diversity of apple fruit crinkle viroid populations in Japanese persimmons and the infectivity of a predominant sequence variant to tomato plants. European Journal of Plant Pathology 169(2), 273-285.
 * Suzuki T, Fujibayashi M, Hataya T, Taneda A, He YH, Tsushima T, Duraisamy GS, Siglova K, Matousek J, Sano T (2017) Characterization of host-dependent mutations of apple fruit crinkle viroid replicating in newly identified experimental hosts suggests maintenance of stem-loop structures in the left-hand half of the molecule is important for replication. Journal of General Virology 98(3), 506-516.</t>
   </si>
   <si>
     <t>LIBEAS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter asiaticus'</t>
@@ -782,50 +791,56 @@
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adult
 * Fulton HG&amp; Banham FL (1962) The tuber flea beetle in British Columbia. Canada Department of Agriculture Publication No. 938. Available online: http://publications.gc.ca/pub?id=9.800647&amp;sl=0
 ------- feeding of adult
 * Hill RE, Tate AD (1942) Life history and habits of potato flea beetle in Western Nebraska. Journal of Economic Entomology 35, 879-884.
 ------- feeding of adult
 * Hoerner JL &amp; Gillette CP (1928) The potato flea beetle. Colorado Experiment Station. Entomology Section. Bulletin 337. 
 ------- feeding of adult
 * Neilson CL, Finlayson DG (1953) Notes on the biology of the tuber flea beetle, Epitrix tuberis Gentner (Coleoptera: Chrysomelidae) in the interior of British Colombia. The Canadian Entomologist 85:31-32.
 ------- feeding of adults</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
   <si>
     <t>ERWIRH</t>
   </si>
   <si>
     <t>Erwinia rhapontici</t>
   </si>
   <si>
     <t>* Huang HC, Hsieh TF, Erickson RS (2003) Biology and epidemiology of Erwinia rhapontici, causal agent of pink seed and crown rot of plants. Plant Pathology Bulletin 12, 69-76.</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
     <t>* Martínez, RT, Poojari S, Tolin SA, Cayetano X, Naidu RA (2014) First report of Tomato spotted wilt virus in peppers and tomato in the Dominican Republic. Plant Disease 98(1), 163-164.</t>
   </si>
   <si>
     <t>HETDPA</t>
   </si>
   <si>
     <t>Globodera pallida</t>
   </si>
   <si>
     <t>* Price JA, Coyne D, Blok VC, Jones JT (2021) Potato cyst nematodes Globodera rostochiensis and G. pallida. Molecular Plant Pathology  22, 495-507. https://doi.org/10.1111/mpp.13047
 * Sullivan MJ, Inserra RN, Franco J, Moreno-Leheude I, Greco N (2007) Potato cyst nematodes: Plant host status and their regulatory impact. Nematropica 37, 193-201.</t>
   </si>
   <si>
     <t>HETDRO</t>
   </si>
   <si>
     <t>Globodera rostochiensis</t>
@@ -1187,51 +1202,51 @@
     <t>PHRDMU</t>
   </si>
   <si>
     <t>Phyrdenus muriceus</t>
   </si>
   <si>
     <t>* Novo RJ, Viglianco A, Vaudagna E (2002) Efectos de insecticidas sobre el gorgojo de la papa, Phyrdenus muriceus (Germ.) (Coleoptera: Curculionidae). AgriScientia 19, 3-10.
 * Rouaux J, Cabrera N, Martínez AS, Posse MC, Luna MG (2020) Diversity and phenology of epigeal Coleoptera assemblages in lettuce and tomato crops in Northern Buenos Aires province, Argentina. Anais da Academia Brasileira de Ciências 92 (supplement 1), e20181391, 15 pp.</t>
   </si>
   <si>
     <t>PHYTCP</t>
   </si>
   <si>
     <t>Phytophthora capsici</t>
   </si>
   <si>
     <t>PHYTCR</t>
   </si>
   <si>
     <t>Phytophthora cryptogea</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica</t>
+    <t>Phytophthora nicotianae</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Nelson RH (1936) Observations on the life history of Platynota stultana Wlsm. on greenhouse rose. Journal of Economic Entomology 29, 306–312.
 * Powell JA (1980) Five insects believed to be newly established or recolonized on Santa Cruz Island, California (Dermaptera, Lepidoptera). Bulletin Southern California Academy of Science 79(3), 97-108.
 * Powell JA (1983) Expanding geographical and ecological range of Platynota stultana in California. Pan–Pacific Entomologist 59, 233–239.</t>
   </si>
   <si>
     <t>PLRV00</t>
   </si>
   <si>
     <t>Polerovirus PLRV</t>
   </si>
   <si>
     <t>* Koç G (2020) Preliminarly survey results and phylogenetic analysis for Tomato yellow leaf curl virus and Potato leaf roll virus on tomato grown in Adana. International Journal of Agriculture, Environment and Food Sciences 4(2), 216-223.
 * EFSA (2020) Scientific Opinion on the pest categorisation of potato leafroll virus (non-EU isolates). EFSA Journal 18(1), 5939. 35 pp. https://doi.org/10.2903/j.efsa.2020.5939
 ------- S. lycopersicon is also a host for the (non-European) isolates PLRV-TYTV</t>
   </si>
   <si>
     <t>PMTV00</t>
@@ -2343,53 +2358,50 @@
     <t>Xanthomonas euvesicatoria pv. perforans</t>
   </si>
   <si>
     <t>* Aiello D, Scuderi G, Vitale A, Firrao G, Polizzi G, Cirvilleri G (2013) A pith necrosis caused by Xanthomonas perforans on tomato plants. European Journal of Plant Pathology 137(1), 29-41.</t>
   </si>
   <si>
     <t>XANTGA</t>
   </si>
   <si>
     <t>Xanthomonas hortorum pv. gardneri</t>
   </si>
   <si>
     <t>* Ma X, Lewis Ivey ML, Miller SA (2011) First report of Xanthomona gardneri causing bacterial spot of tomato in Ohio and Michigan. Plant Disease 95(2), p 1584.</t>
   </si>
   <si>
     <t>XANTVE</t>
   </si>
   <si>
     <t>Xanthomonas vesicatoria</t>
   </si>
   <si>
     <t>* Roach R, Mann R, Gambly CG, Shivars RG, Rodoni B (2018) Identification of Xanthomonas species associated with bacterial leaf spot of tomato, capsicum and chilli crops in eastern Australia. European Journal of Plant Pathology 150(3), 595-608.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
-  </si>
-[...1 lines deleted...]
-    <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanum)</t>
   </si>
   <si>
     <t>Potato yellowing virus (as Solanum)</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Solanum)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
   </si>
   <si>
     <t>THPHSO</t>
   </si>
   <si>
     <t>Thecaphora solani (as Solanum)</t>
   </si>
 </sst>
 </file>
 
@@ -2714,51 +2726,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D254"/>
+  <dimension ref="A1:D256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="620.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2836,65 +2848,65 @@
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>28</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
@@ -2904,65 +2916,65 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>42</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
@@ -2972,131 +2984,131 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>56</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>64</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>69</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
@@ -3112,3097 +3124,3123 @@
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
       <c r="D28" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" t="s">
         <v>82</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>83</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>87</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>92</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>97</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B35" t="s">
         <v>98</v>
       </c>
       <c r="C35" t="s">
         <v>99</v>
       </c>
       <c r="D35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="s">
         <v>102</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>105</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38" t="s">
         <v>107</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>110</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="s">
         <v>112</v>
       </c>
       <c r="D40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>114</v>
       </c>
       <c r="C41" t="s">
         <v>115</v>
       </c>
       <c r="D41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B42" t="s">
         <v>117</v>
       </c>
       <c r="C42" t="s">
         <v>118</v>
       </c>
       <c r="D42" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
         <v>120</v>
       </c>
       <c r="C43" t="s">
         <v>121</v>
       </c>
       <c r="D43" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
         <v>123</v>
       </c>
       <c r="C44" t="s">
         <v>124</v>
       </c>
       <c r="D44" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B45" t="s">
         <v>126</v>
       </c>
       <c r="C45" t="s">
         <v>127</v>
       </c>
       <c r="D45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>130</v>
       </c>
       <c r="D46" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B47" t="s">
         <v>132</v>
       </c>
       <c r="C47" t="s">
         <v>133</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>136</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>137</v>
       </c>
       <c r="C49" t="s">
         <v>138</v>
       </c>
       <c r="D49" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B50" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>141</v>
+      </c>
+      <c r="D50" t="s">
+        <v>142</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>143</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B52" t="s">
         <v>144</v>
       </c>
       <c r="C52" t="s">
         <v>145</v>
       </c>
       <c r="D52" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>147</v>
       </c>
       <c r="C53" t="s">
         <v>148</v>
       </c>
       <c r="D53" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B54" t="s">
         <v>150</v>
       </c>
       <c r="C54" t="s">
         <v>151</v>
       </c>
       <c r="D54" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B55" t="s">
         <v>153</v>
       </c>
       <c r="C55" t="s">
         <v>154</v>
       </c>
       <c r="D55" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>157</v>
+      </c>
+      <c r="D56" t="s">
+        <v>158</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B57" t="s">
-        <v>157</v>
+        <v>27</v>
       </c>
       <c r="C57" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>159</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>160</v>
       </c>
       <c r="C58" t="s">
         <v>161</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>162</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B59" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B60" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>166</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B61" t="s">
         <v>167</v>
       </c>
       <c r="C61" t="s">
         <v>168</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C62" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D62" t="s">
         <v>171</v>
       </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B63" t="s">
         <v>172</v>
       </c>
       <c r="C63" t="s">
         <v>173</v>
       </c>
       <c r="D63" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B64" t="s">
         <v>175</v>
       </c>
       <c r="C64" t="s">
         <v>176</v>
       </c>
       <c r="D64" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B65" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C65" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D65"/>
+        <v>179</v>
+      </c>
+      <c r="D65" t="s">
+        <v>180</v>
+      </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B66" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C66" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D66" t="s">
         <v>181</v>
       </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B67" t="s">
         <v>182</v>
       </c>
       <c r="C67" t="s">
         <v>183</v>
       </c>
       <c r="D67" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B68" t="s">
         <v>185</v>
       </c>
       <c r="C68" t="s">
         <v>186</v>
       </c>
       <c r="D68" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B69" t="s">
         <v>188</v>
       </c>
       <c r="C69" t="s">
         <v>189</v>
       </c>
       <c r="D69" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B70" t="s">
         <v>191</v>
       </c>
       <c r="C70" t="s">
         <v>192</v>
       </c>
       <c r="D70" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B71" t="s">
         <v>194</v>
       </c>
       <c r="C71" t="s">
         <v>195</v>
       </c>
       <c r="D71" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B72" t="s">
         <v>197</v>
       </c>
       <c r="C72" t="s">
         <v>198</v>
       </c>
       <c r="D72" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B73" t="s">
         <v>200</v>
       </c>
       <c r="C73" t="s">
         <v>201</v>
       </c>
       <c r="D73" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B74" t="s">
         <v>203</v>
       </c>
       <c r="C74" t="s">
         <v>204</v>
       </c>
       <c r="D74" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B75" t="s">
         <v>206</v>
       </c>
       <c r="C75" t="s">
         <v>207</v>
       </c>
       <c r="D75" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B76" t="s">
         <v>209</v>
       </c>
       <c r="C76" t="s">
         <v>210</v>
       </c>
       <c r="D76" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B77" t="s">
         <v>212</v>
       </c>
       <c r="C77" t="s">
         <v>213</v>
       </c>
-      <c r="D77"/>
+      <c r="D77" t="s">
+        <v>214</v>
+      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B78" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C78" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D78" t="s">
         <v>216</v>
       </c>
+      <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B79" t="s">
         <v>217</v>
       </c>
       <c r="C79" t="s">
         <v>218</v>
       </c>
       <c r="D79" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B80" t="s">
         <v>220</v>
       </c>
       <c r="C80" t="s">
         <v>221</v>
       </c>
       <c r="D80" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B81" t="s">
         <v>223</v>
       </c>
       <c r="C81" t="s">
         <v>224</v>
       </c>
       <c r="D81" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B82" t="s">
         <v>226</v>
       </c>
       <c r="C82" t="s">
         <v>227</v>
       </c>
       <c r="D82" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>229</v>
       </c>
       <c r="C83" t="s">
         <v>230</v>
       </c>
-      <c r="D83"/>
+      <c r="D83" t="s">
+        <v>231</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B84" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C84" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="D84" t="s">
         <v>233</v>
       </c>
+      <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B85" t="s">
         <v>234</v>
       </c>
       <c r="C85" t="s">
         <v>235</v>
       </c>
       <c r="D85" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>237</v>
       </c>
       <c r="C86" t="s">
         <v>238</v>
       </c>
-      <c r="D86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B87" t="s">
+        <v>239</v>
+      </c>
+      <c r="C87" t="s">
         <v>240</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B88" t="s">
         <v>242</v>
       </c>
       <c r="C88" t="s">
         <v>243</v>
       </c>
       <c r="D88" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B89" t="s">
         <v>245</v>
       </c>
       <c r="C89" t="s">
         <v>246</v>
       </c>
       <c r="D89" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B90" t="s">
+        <v>247</v>
+      </c>
+      <c r="C90" t="s">
         <v>248</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>249</v>
       </c>
-      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B91" t="s">
         <v>250</v>
       </c>
       <c r="C91" t="s">
         <v>251</v>
       </c>
       <c r="D91" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B92" t="s">
         <v>253</v>
       </c>
       <c r="C92" t="s">
         <v>254</v>
       </c>
       <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B93" t="s">
         <v>255</v>
       </c>
       <c r="C93" t="s">
         <v>256</v>
       </c>
       <c r="D93" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B94" t="s">
         <v>258</v>
       </c>
       <c r="C94" t="s">
         <v>259</v>
       </c>
-      <c r="D94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B95" t="s">
+        <v>260</v>
+      </c>
+      <c r="C95" t="s">
         <v>261</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B96" t="s">
+        <v>263</v>
+      </c>
+      <c r="C96" t="s">
         <v>264</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B97" t="s">
+        <v>266</v>
+      </c>
+      <c r="C97" t="s">
         <v>267</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B98" t="s">
         <v>269</v>
       </c>
       <c r="C98" t="s">
         <v>270</v>
       </c>
       <c r="D98" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B99" t="s">
         <v>272</v>
       </c>
       <c r="C99" t="s">
         <v>273</v>
       </c>
       <c r="D99" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B100" t="s">
+        <v>274</v>
+      </c>
+      <c r="C100" t="s">
         <v>275</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B101" t="s">
+        <v>277</v>
+      </c>
+      <c r="C101" t="s">
         <v>278</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>279</v>
       </c>
-      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B102" t="s">
         <v>280</v>
       </c>
       <c r="C102" t="s">
         <v>281</v>
       </c>
       <c r="D102" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B103" t="s">
         <v>283</v>
       </c>
       <c r="C103" t="s">
         <v>284</v>
       </c>
       <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B104" t="s">
         <v>285</v>
       </c>
       <c r="C104" t="s">
         <v>286</v>
       </c>
       <c r="D104" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B105" t="s">
         <v>288</v>
       </c>
       <c r="C105" t="s">
         <v>289</v>
       </c>
-      <c r="D105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B106" t="s">
+        <v>290</v>
+      </c>
+      <c r="C106" t="s">
         <v>291</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B107" t="s">
+        <v>293</v>
+      </c>
+      <c r="C107" t="s">
         <v>294</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B108" t="s">
+        <v>296</v>
+      </c>
+      <c r="C108" t="s">
         <v>297</v>
       </c>
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B109" t="s">
+        <v>299</v>
+      </c>
+      <c r="C109" t="s">
         <v>300</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B110" t="s">
+        <v>302</v>
+      </c>
+      <c r="C110" t="s">
         <v>303</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B111" t="s">
+        <v>305</v>
+      </c>
+      <c r="C111" t="s">
         <v>306</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B112" t="s">
+        <v>308</v>
+      </c>
+      <c r="C112" t="s">
         <v>309</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B113" t="s">
+        <v>311</v>
+      </c>
+      <c r="C113" t="s">
         <v>312</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>313</v>
       </c>
-      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B114" t="s">
         <v>314</v>
       </c>
       <c r="C114" t="s">
         <v>315</v>
       </c>
       <c r="D114" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B115" t="s">
         <v>317</v>
       </c>
       <c r="C115" t="s">
         <v>318</v>
       </c>
-      <c r="D115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B116" t="s">
+        <v>319</v>
+      </c>
+      <c r="C116" t="s">
         <v>320</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B117" t="s">
+        <v>322</v>
+      </c>
+      <c r="C117" t="s">
         <v>323</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B118" t="s">
+        <v>325</v>
+      </c>
+      <c r="C118" t="s">
         <v>326</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B119" t="s">
+        <v>328</v>
+      </c>
+      <c r="C119" t="s">
         <v>329</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B120" t="s">
+        <v>331</v>
+      </c>
+      <c r="C120" t="s">
         <v>332</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B121" t="s">
+        <v>334</v>
+      </c>
+      <c r="C121" t="s">
         <v>335</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B122" t="s">
+        <v>337</v>
+      </c>
+      <c r="C122" t="s">
         <v>338</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B123" t="s">
+        <v>340</v>
+      </c>
+      <c r="C123" t="s">
         <v>341</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>342</v>
       </c>
-      <c r="D123"/>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B124" t="s">
         <v>343</v>
       </c>
       <c r="C124" t="s">
         <v>344</v>
       </c>
-      <c r="D124"/>
+      <c r="D124" t="s">
+        <v>345</v>
+      </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B125" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C125" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D125"/>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B126" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C126" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="D126" t="s">
         <v>349</v>
       </c>
+      <c r="D126"/>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B127" t="s">
         <v>350</v>
       </c>
       <c r="C127" t="s">
         <v>351</v>
       </c>
-      <c r="D127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B128" t="s">
+        <v>352</v>
+      </c>
+      <c r="C128" t="s">
         <v>353</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B129" t="s">
+        <v>355</v>
+      </c>
+      <c r="C129" t="s">
         <v>356</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B130" t="s">
-        <v>54</v>
+        <v>358</v>
       </c>
       <c r="C130" t="s">
         <v>359</v>
       </c>
       <c r="D130" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B131" t="s">
         <v>361</v>
       </c>
       <c r="C131" t="s">
         <v>362</v>
       </c>
       <c r="D131" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B132" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C132" t="s">
         <v>364</v>
       </c>
-      <c r="D132"/>
+      <c r="D132" t="s">
+        <v>365</v>
+      </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B133" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C133" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D133"/>
+        <v>367</v>
+      </c>
+      <c r="D133" t="s">
+        <v>368</v>
+      </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B134" t="s">
-        <v>367</v>
+        <v>63</v>
       </c>
       <c r="C134" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B135" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C135" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B136" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C136" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="D136" t="s">
         <v>373</v>
       </c>
+      <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B137" t="s">
         <v>374</v>
       </c>
       <c r="C137" t="s">
         <v>375</v>
       </c>
-      <c r="D137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B138" t="s">
+        <v>376</v>
+      </c>
+      <c r="C138" t="s">
         <v>377</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>378</v>
       </c>
-      <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B139" t="s">
         <v>379</v>
       </c>
       <c r="C139" t="s">
         <v>380</v>
       </c>
-      <c r="D139"/>
+      <c r="D139" t="s">
+        <v>381</v>
+      </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B140" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C140" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D140"/>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B141" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C141" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B142" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C142" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D142" t="s">
         <v>387</v>
       </c>
+      <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B143" t="s">
         <v>388</v>
       </c>
       <c r="C143" t="s">
         <v>389</v>
       </c>
-      <c r="D143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D143"/>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B144" t="s">
+        <v>390</v>
+      </c>
+      <c r="C144" t="s">
         <v>391</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B145" t="s">
+        <v>393</v>
+      </c>
+      <c r="C145" t="s">
         <v>394</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>395</v>
       </c>
-      <c r="D145"/>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B146" t="s">
         <v>396</v>
       </c>
       <c r="C146" t="s">
         <v>397</v>
       </c>
       <c r="D146" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B147" t="s">
         <v>399</v>
       </c>
       <c r="C147" t="s">
         <v>400</v>
       </c>
       <c r="D147"/>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B148" t="s">
         <v>401</v>
       </c>
       <c r="C148" t="s">
         <v>402</v>
       </c>
       <c r="D148" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B149" t="s">
-        <v>70</v>
+        <v>404</v>
       </c>
       <c r="C149" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D149"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B150" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C150" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D150" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B151" t="s">
-        <v>408</v>
+        <v>73</v>
       </c>
       <c r="C151" t="s">
         <v>409</v>
       </c>
-      <c r="D151" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D151"/>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B152" t="s">
+        <v>410</v>
+      </c>
+      <c r="C152" t="s">
         <v>411</v>
       </c>
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>412</v>
       </c>
-      <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B153" t="s">
         <v>413</v>
       </c>
       <c r="C153" t="s">
         <v>414</v>
       </c>
       <c r="D153" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B154" t="s">
         <v>416</v>
       </c>
       <c r="C154" t="s">
         <v>417</v>
       </c>
-      <c r="D154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D154"/>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B155" t="s">
+        <v>418</v>
+      </c>
+      <c r="C155" t="s">
         <v>419</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B156" t="s">
-        <v>73</v>
+        <v>421</v>
       </c>
       <c r="C156" t="s">
         <v>422</v>
       </c>
-      <c r="D156"/>
+      <c r="D156" t="s">
+        <v>423</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B157" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C157" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D157" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B158" t="s">
-        <v>426</v>
+        <v>76</v>
       </c>
       <c r="C158" t="s">
         <v>427</v>
       </c>
-      <c r="D158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B159" t="s">
+        <v>428</v>
+      </c>
+      <c r="C159" t="s">
         <v>429</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B160" t="s">
+        <v>431</v>
+      </c>
+      <c r="C160" t="s">
         <v>432</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>433</v>
       </c>
-      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B161" t="s">
         <v>434</v>
       </c>
       <c r="C161" t="s">
         <v>435</v>
       </c>
       <c r="D161" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B162" t="s">
         <v>437</v>
       </c>
       <c r="C162" t="s">
         <v>438</v>
       </c>
-      <c r="D162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D162"/>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B163" t="s">
+        <v>439</v>
+      </c>
+      <c r="C163" t="s">
         <v>440</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
         <v>441</v>
       </c>
-      <c r="D163"/>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B164" t="s">
         <v>442</v>
       </c>
       <c r="C164" t="s">
         <v>443</v>
       </c>
       <c r="D164" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B165" t="s">
         <v>445</v>
       </c>
       <c r="C165" t="s">
         <v>446</v>
       </c>
       <c r="D165"/>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B166" t="s">
         <v>447</v>
       </c>
       <c r="C166" t="s">
         <v>448</v>
       </c>
-      <c r="D166"/>
+      <c r="D166" t="s">
+        <v>449</v>
+      </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B167" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C167" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D167"/>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B168" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C168" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="D168" t="s">
         <v>453</v>
       </c>
+      <c r="D168"/>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B169" t="s">
         <v>454</v>
       </c>
       <c r="C169" t="s">
         <v>455</v>
       </c>
-      <c r="D169" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D169"/>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B170" t="s">
+        <v>456</v>
+      </c>
+      <c r="C170" t="s">
         <v>457</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>458</v>
       </c>
-      <c r="D170"/>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B171" t="s">
         <v>459</v>
       </c>
       <c r="C171" t="s">
         <v>460</v>
       </c>
       <c r="D171" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B172" t="s">
         <v>462</v>
       </c>
       <c r="C172" t="s">
         <v>463</v>
       </c>
-      <c r="D172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D172"/>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B173" t="s">
+        <v>464</v>
+      </c>
+      <c r="C173" t="s">
         <v>465</v>
       </c>
-      <c r="C173" t="s">
+      <c r="D173" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
+        <v>85</v>
+      </c>
+      <c r="B174" t="s">
+        <v>467</v>
+      </c>
+      <c r="C174" t="s">
         <v>468</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="D174" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>468</v>
+        <v>85</v>
       </c>
       <c r="B175" t="s">
+        <v>470</v>
+      </c>
+      <c r="C175" t="s">
         <v>471</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B176" t="s">
+        <v>89</v>
+      </c>
+      <c r="C176" t="s">
         <v>474</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
         <v>475</v>
       </c>
-      <c r="D176"/>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B177" t="s">
         <v>476</v>
       </c>
       <c r="C177" t="s">
         <v>477</v>
       </c>
       <c r="D177" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B178" t="s">
         <v>479</v>
       </c>
       <c r="C178" t="s">
         <v>480</v>
       </c>
-      <c r="D178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D178"/>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B179" t="s">
+        <v>481</v>
+      </c>
+      <c r="C179" t="s">
         <v>482</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B180" t="s">
+        <v>484</v>
+      </c>
+      <c r="C180" t="s">
         <v>485</v>
       </c>
-      <c r="C180" t="s">
+      <c r="D180" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B181" t="s">
+        <v>487</v>
+      </c>
+      <c r="C181" t="s">
         <v>488</v>
       </c>
-      <c r="C181" t="s">
+      <c r="D181" t="s">
         <v>489</v>
       </c>
-      <c r="D181"/>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B182" t="s">
         <v>490</v>
       </c>
       <c r="C182" t="s">
         <v>491</v>
       </c>
       <c r="D182" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B183" t="s">
         <v>493</v>
       </c>
       <c r="C183" t="s">
         <v>494</v>
       </c>
-      <c r="D183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D183"/>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B184" t="s">
+        <v>495</v>
+      </c>
+      <c r="C184" t="s">
         <v>496</v>
       </c>
-      <c r="C184" t="s">
+      <c r="D184" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B185" t="s">
+        <v>498</v>
+      </c>
+      <c r="C185" t="s">
         <v>499</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B186" t="s">
+        <v>501</v>
+      </c>
+      <c r="C186" t="s">
         <v>502</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>503</v>
       </c>
-      <c r="D186"/>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B187" t="s">
         <v>504</v>
       </c>
       <c r="C187" t="s">
         <v>505</v>
       </c>
       <c r="D187" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B188" t="s">
         <v>507</v>
       </c>
       <c r="C188" t="s">
         <v>508</v>
       </c>
-      <c r="D188" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D188"/>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B189" t="s">
+        <v>509</v>
+      </c>
+      <c r="C189" t="s">
         <v>510</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B190" t="s">
+        <v>512</v>
+      </c>
+      <c r="C190" t="s">
         <v>513</v>
       </c>
-      <c r="C190" t="s">
+      <c r="D190" t="s">
         <v>514</v>
       </c>
-      <c r="D190"/>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B191" t="s">
         <v>515</v>
       </c>
       <c r="C191" t="s">
         <v>516</v>
       </c>
-      <c r="D191"/>
+      <c r="D191" t="s">
+        <v>517</v>
+      </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B192" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C192" t="s">
-        <v>518</v>
-[...1 lines deleted...]
-      <c r="D192" t="s">
         <v>519</v>
       </c>
+      <c r="D192"/>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B193" t="s">
         <v>520</v>
       </c>
       <c r="C193" t="s">
         <v>521</v>
       </c>
-      <c r="D193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D193"/>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B194" t="s">
-        <v>132</v>
+        <v>522</v>
       </c>
       <c r="C194" t="s">
         <v>523</v>
       </c>
       <c r="D194" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B195" t="s">
         <v>525</v>
       </c>
       <c r="C195" t="s">
         <v>526</v>
       </c>
       <c r="D195" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B196" t="s">
+        <v>135</v>
+      </c>
+      <c r="C196" t="s">
         <v>528</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B197" t="s">
+        <v>530</v>
+      </c>
+      <c r="C197" t="s">
         <v>531</v>
       </c>
-      <c r="C197" t="s">
+      <c r="D197" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B198" t="s">
+        <v>533</v>
+      </c>
+      <c r="C198" t="s">
         <v>534</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198" t="s">
         <v>535</v>
       </c>
-      <c r="D198"/>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B199" t="s">
         <v>536</v>
       </c>
       <c r="C199" t="s">
         <v>537</v>
       </c>
       <c r="D199" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B200" t="s">
         <v>539</v>
       </c>
       <c r="C200" t="s">
         <v>540</v>
       </c>
-      <c r="D200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D200"/>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B201" t="s">
+        <v>541</v>
+      </c>
+      <c r="C201" t="s">
         <v>542</v>
       </c>
-      <c r="C201" t="s">
+      <c r="D201" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B202" t="s">
+        <v>544</v>
+      </c>
+      <c r="C202" t="s">
         <v>545</v>
       </c>
-      <c r="C202" t="s">
+      <c r="D202" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B203" t="s">
+        <v>547</v>
+      </c>
+      <c r="C203" t="s">
         <v>548</v>
       </c>
-      <c r="C203" t="s">
+      <c r="D203" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B204" t="s">
+        <v>550</v>
+      </c>
+      <c r="C204" t="s">
         <v>551</v>
       </c>
-      <c r="C204" t="s">
+      <c r="D204" t="s">
         <v>552</v>
       </c>
-      <c r="D204"/>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B205" t="s">
         <v>553</v>
       </c>
       <c r="C205" t="s">
         <v>554</v>
       </c>
-      <c r="D205"/>
+      <c r="D205" t="s">
+        <v>555</v>
+      </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B206" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C206" t="s">
-        <v>556</v>
-[...1 lines deleted...]
-      <c r="D206" t="s">
         <v>557</v>
       </c>
+      <c r="D206"/>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B207" t="s">
         <v>558</v>
       </c>
       <c r="C207" t="s">
         <v>559</v>
       </c>
-      <c r="D207" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D207"/>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B208" t="s">
+        <v>560</v>
+      </c>
+      <c r="C208" t="s">
         <v>561</v>
       </c>
-      <c r="C208" t="s">
+      <c r="D208" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B209" t="s">
+        <v>563</v>
+      </c>
+      <c r="C209" t="s">
         <v>564</v>
       </c>
-      <c r="C209" t="s">
+      <c r="D209" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B210" t="s">
         <v>566</v>
       </c>
       <c r="C210" t="s">
         <v>567</v>
       </c>
       <c r="D210" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B211" t="s">
         <v>569</v>
       </c>
       <c r="C211" t="s">
         <v>570</v>
       </c>
       <c r="D211" t="s">
-        <v>571</v>
+        <v>268</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B212" t="s">
+        <v>571</v>
+      </c>
+      <c r="C212" t="s">
         <v>572</v>
       </c>
-      <c r="C212" t="s">
+      <c r="D212" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B213" t="s">
+        <v>574</v>
+      </c>
+      <c r="C213" t="s">
         <v>575</v>
       </c>
-      <c r="C213" t="s">
+      <c r="D213" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B214" t="s">
+        <v>577</v>
+      </c>
+      <c r="C214" t="s">
         <v>578</v>
       </c>
-      <c r="C214" t="s">
+      <c r="D214" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B215" t="s">
+        <v>580</v>
+      </c>
+      <c r="C215" t="s">
         <v>581</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B216" t="s">
+        <v>583</v>
+      </c>
+      <c r="C216" t="s">
         <v>584</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B217" t="s">
+        <v>586</v>
+      </c>
+      <c r="C217" t="s">
         <v>587</v>
       </c>
-      <c r="C217" t="s">
+      <c r="D217" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B218" t="s">
+        <v>589</v>
+      </c>
+      <c r="C218" t="s">
         <v>590</v>
       </c>
-      <c r="C218" t="s">
+      <c r="D218" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B219" t="s">
-        <v>312</v>
+        <v>592</v>
       </c>
       <c r="C219" t="s">
         <v>593</v>
       </c>
       <c r="D219" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B220" t="s">
         <v>595</v>
       </c>
       <c r="C220" t="s">
         <v>596</v>
       </c>
       <c r="D220" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B221" t="s">
+        <v>317</v>
+      </c>
+      <c r="C221" t="s">
         <v>598</v>
       </c>
-      <c r="C221" t="s">
+      <c r="D221" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B222" t="s">
+        <v>600</v>
+      </c>
+      <c r="C222" t="s">
         <v>601</v>
       </c>
-      <c r="C222" t="s">
+      <c r="D222" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B223" t="s">
+        <v>603</v>
+      </c>
+      <c r="C223" t="s">
         <v>604</v>
       </c>
-      <c r="C223" t="s">
+      <c r="D223" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B224" t="s">
+        <v>606</v>
+      </c>
+      <c r="C224" t="s">
         <v>607</v>
       </c>
-      <c r="C224" t="s">
+      <c r="D224" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B225" t="s">
+        <v>609</v>
+      </c>
+      <c r="C225" t="s">
         <v>610</v>
       </c>
-      <c r="C225" t="s">
+      <c r="D225" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B226" t="s">
+        <v>612</v>
+      </c>
+      <c r="C226" t="s">
         <v>613</v>
       </c>
-      <c r="C226" t="s">
+      <c r="D226" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B227" t="s">
+        <v>615</v>
+      </c>
+      <c r="C227" t="s">
         <v>616</v>
       </c>
-      <c r="C227" t="s">
+      <c r="D227" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B228" t="s">
+        <v>618</v>
+      </c>
+      <c r="C228" t="s">
         <v>619</v>
       </c>
-      <c r="C228" t="s">
+      <c r="D228" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B229" t="s">
+        <v>621</v>
+      </c>
+      <c r="C229" t="s">
         <v>622</v>
       </c>
-      <c r="C229" t="s">
+      <c r="D229" t="s">
         <v>623</v>
       </c>
-      <c r="D229"/>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B230" t="s">
         <v>624</v>
       </c>
       <c r="C230" t="s">
         <v>625</v>
       </c>
       <c r="D230" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B231" t="s">
         <v>627</v>
       </c>
       <c r="C231" t="s">
         <v>628</v>
       </c>
-      <c r="D231" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D231"/>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B232" t="s">
+        <v>629</v>
+      </c>
+      <c r="C232" t="s">
         <v>630</v>
       </c>
-      <c r="C232" t="s">
+      <c r="D232" t="s">
         <v>631</v>
       </c>
-      <c r="D232"/>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B233" t="s">
         <v>632</v>
       </c>
       <c r="C233" t="s">
         <v>633</v>
       </c>
       <c r="D233" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B234" t="s">
         <v>635</v>
       </c>
       <c r="C234" t="s">
         <v>636</v>
       </c>
-      <c r="D234" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D234"/>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B235" t="s">
+        <v>637</v>
+      </c>
+      <c r="C235" t="s">
         <v>638</v>
       </c>
-      <c r="C235" t="s">
+      <c r="D235" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B236" t="s">
+        <v>640</v>
+      </c>
+      <c r="C236" t="s">
         <v>641</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D236" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B237" t="s">
+        <v>643</v>
+      </c>
+      <c r="C237" t="s">
         <v>644</v>
       </c>
-      <c r="C237" t="s">
+      <c r="D237" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B238" t="s">
+        <v>646</v>
+      </c>
+      <c r="C238" t="s">
         <v>647</v>
       </c>
-      <c r="C238" t="s">
+      <c r="D238" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B239" t="s">
+        <v>649</v>
+      </c>
+      <c r="C239" t="s">
         <v>650</v>
       </c>
-      <c r="C239" t="s">
+      <c r="D239" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B240" t="s">
+        <v>652</v>
+      </c>
+      <c r="C240" t="s">
         <v>653</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B241" t="s">
+        <v>655</v>
+      </c>
+      <c r="C241" t="s">
         <v>656</v>
       </c>
-      <c r="C241" t="s">
+      <c r="D241" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B242" t="s">
+        <v>658</v>
+      </c>
+      <c r="C242" t="s">
         <v>659</v>
       </c>
-      <c r="C242" t="s">
+      <c r="D242" t="s">
         <v>660</v>
       </c>
-      <c r="D242"/>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B243" t="s">
         <v>661</v>
       </c>
       <c r="C243" t="s">
         <v>662</v>
       </c>
       <c r="D243" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B244" t="s">
         <v>664</v>
       </c>
       <c r="C244" t="s">
         <v>665</v>
       </c>
-      <c r="D244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D244"/>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B245" t="s">
+        <v>666</v>
+      </c>
+      <c r="C245" t="s">
         <v>667</v>
       </c>
-      <c r="C245" t="s">
+      <c r="D245" t="s">
         <v>668</v>
       </c>
-      <c r="D245"/>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B246" t="s">
         <v>669</v>
       </c>
       <c r="C246" t="s">
         <v>670</v>
       </c>
       <c r="D246" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B247" t="s">
         <v>672</v>
       </c>
       <c r="C247" t="s">
         <v>673</v>
       </c>
-      <c r="D247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D247"/>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B248" t="s">
+        <v>674</v>
+      </c>
+      <c r="C248" t="s">
         <v>675</v>
       </c>
-      <c r="C248" t="s">
+      <c r="D248" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B249" t="s">
+        <v>677</v>
+      </c>
+      <c r="C249" t="s">
         <v>678</v>
       </c>
-      <c r="C249" t="s">
+      <c r="D249" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
+        <v>473</v>
+      </c>
+      <c r="B250" t="s">
+        <v>680</v>
+      </c>
+      <c r="C250" t="s">
         <v>681</v>
       </c>
-      <c r="B250" t="s">
+      <c r="D250" t="s">
         <v>682</v>
       </c>
-      <c r="C250" t="s">
-[...2 lines deleted...]
-      <c r="D250"/>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>681</v>
+        <v>473</v>
       </c>
       <c r="B251" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C251" t="s">
         <v>684</v>
       </c>
-      <c r="D251"/>
+      <c r="D251" t="s">
+        <v>685</v>
+      </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B252" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="C252" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D252"/>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B253" t="s">
-        <v>416</v>
+        <v>12</v>
       </c>
       <c r="C253" t="s">
-        <v>686</v>
-[...3 lines deleted...]
-      </c>
+        <v>688</v>
+      </c>
+      <c r="D253"/>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="B254" t="s">
-        <v>688</v>
+        <v>65</v>
       </c>
       <c r="C254" t="s">
         <v>689</v>
       </c>
       <c r="D254"/>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>686</v>
+      </c>
+      <c r="B255" t="s">
+        <v>421</v>
+      </c>
+      <c r="C255" t="s">
+        <v>690</v>
+      </c>
+      <c r="D255" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>686</v>
+      </c>
+      <c r="B256" t="s">
+        <v>692</v>
+      </c>
+      <c r="C256" t="s">
+        <v>693</v>
+      </c>
+      <c r="D256"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>