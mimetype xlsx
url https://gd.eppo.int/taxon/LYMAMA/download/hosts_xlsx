--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYMAMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACRMN</t>
   </si>
   <si>
     <t>Acer mandshuricum</t>
   </si>
   <si>
     <t>* Yurchenko GI, Turova GI (2002) [Features of biology, behavior and population dynamics of the rosy gypsy moth unpaired silkworm (Lymantria mathura Moore) in the Russian Far East]. In Readings in memory of A.I. Kurentsov, pp.84-95. Dalnauka, Vladivostok (RU) (in Russian).
 -------- In laboratory tests carried out in the Russian Far East: most larvae died in the 1st instar.</t>
   </si>
@@ -377,50 +377,64 @@
     <t>QUELT</t>
   </si>
   <si>
     <t>Quercus leucotrichophora</t>
   </si>
   <si>
     <t>* Roychoudhury N, Singh RB, Mishra RK (2020) Occurrence of Lymantria mathura in sal forests of Odisha. Van Sangyan 7(10), 27-31.
 ------- A host plant in India.
 * Singh AP (2021) Insect Pests of Western Himalayan Oaks in Uttarakhand. Forest Research Institute (ICFRE), Dehradun, India, pp 338.</t>
   </si>
   <si>
     <t>QUEMO</t>
   </si>
   <si>
     <t>Quercus mongolica</t>
   </si>
   <si>
     <t>* Chistyakov YuA, Dubatolov VV, Belyaev EA (2016) [Subfamily Lymantriinae]. In Annotated catalogue of the insects of Russian Far East. Vol. II. Lepidoptera. Dalnauka, Vladivostok (RU) (in Russian).
 -------- In the wild, Russian Far East.
 * Kuzmin AA (2019) [Long-term dynamics of the species of the genus Lymantria Hübner, [1819] 1816 (Lepidoptera, Erebidae) in the Amur Region]. Agroforum no. 7, 56-57 (in Russian).
 ------- In the wild, Russian Far East.
 * Singh AP (2021) Insect Pests of Western Himalayan Oaks in Uttarakhand. Forest Research Institute (ICFRE), Dehradun, India, pp 338.
 * Volf M, Abe T, Kogo R, Libra M, Segar ST, Lilip R, Kamata N, Murakami M, Salminen J-P, Novotny V (2018) Polyphenol metabolism in Lymantria mathura larvae is predetermined by dietary history? Abstract of a paper presented at the Zoologické Dny (Zoological Days) (Prague, 2018-08/09), p 235.</t>
   </si>
   <si>
+    <t>QUEPA</t>
+  </si>
+  <si>
+    <t>Quercus palustris</t>
+  </si>
+  <si>
+    <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027
+------- natural host in Korea.
+* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
+------- Indoor test, moderately suitable host (60% larval survival).
+* Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
+------- Indoor test, moderately suitable host (60% larval survival).</t>
+  </si>
+  <si>
     <t>QUEGL</t>
   </si>
   <si>
     <t>Quercus serrata</t>
   </si>
   <si>
     <t>* Kumar Kaustubh, Rahul Joshi, Hassan SMM (2022) Report of occurrence of Lymantria mathura (Lepidoptera: Erebidae) from Saranda Forest Division, Jharkhand, India. Acta Entomology and Zoology 3(1), 30-33. https://doi.org/10.33545/27080013.2022.v3.i1a.61
 * Roonwal ML (1979) Field-ecological studies on mass eruption, seasonal life-history, nocturnal feeding and activity rhythm, and protective behavior and coloration in the sal defoliator, Lymantria mathura (Lepidoptera: Lymantriidae), in sub-Himalayan forests. Records of the Zoological Survey of India 75, 209-236.
 ------- A host plant in India.
 * Singh AP (2021) Insect Pests of Western Himalayan Oaks in Uttarakhand. Forest Research Institute (ICFRE), Dehradun, India, pp 338.</t>
   </si>
   <si>
     <t>KHOAR</t>
   </si>
   <si>
     <t>Salix arbutifolia</t>
   </si>
   <si>
     <t>* Yurchenko GI, Turova GI (2002) [Features of biology, behavior and population dynamics of the rosy gypsy moth unpaired silkworm (Lymantria mathura Moore) in the Russian Far East]. In Readings in memory of A.I. Kurentsov, pp.84-95. Dalnauka, Vladivostok (RU) (in Russian).
 -------- As Chosenia macrolepis, in the wild, Russian Far East.</t>
   </si>
   <si>
     <t>SAXCP</t>
   </si>
   <si>
@@ -753,78 +767,72 @@
   <si>
     <t>PSTME</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, unusual host, larval survival (33%).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
 ------- Indoor test, unusual host, moderatly suitable host, larval survival (33%)</t>
   </si>
   <si>
     <t>QUEAL</t>
   </si>
   <si>
     <t>Quercus alba</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, highly suitable host (79% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
 ------- Indoor test, highly suitable host (79% larval survival).</t>
   </si>
   <si>
-    <t>QUEPA</t>
-[...2 lines deleted...]
-    <t>Quercus palustris</t>
+    <t>QUEPR</t>
+  </si>
+  <si>
+    <t>Quercus prinus</t>
+  </si>
+  <si>
+    <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
+------- Indoor test, highly suitable host (77% larval survival).
+* Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
+------- Indoor test, highly suitable host (77% larval survival).</t>
+  </si>
+  <si>
+    <t>QUERU</t>
+  </si>
+  <si>
+    <t>Quercus rubra</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, moderately suitable host (60% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
 ------- Indoor test, moderately suitable host (60% larval survival).</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
-------- Indoor test, highly suitable host (77% larval survival).
-* Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
-------- Indoor test, highly suitable host (77% larval survival).</t>
-  </si>
-[...4 lines deleted...]
-    <t>Quercus rubra</t>
   </si>
   <si>
     <t>QUEVB</t>
   </si>
   <si>
     <t>Quercus variabilis</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, highly suitable host (90% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
 ------- Indoor test, highly suitable host (90% larval survival).</t>
   </si>
   <si>
     <t>QUEVE</t>
   </si>
   <si>
     <t>Quercus velutina</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, moderately suitable host (62% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
 ------- Indoor test, moderately suitable host (62% larval survival).</t>
   </si>
@@ -1844,695 +1852,695 @@
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
         <v>112</v>
       </c>
       <c r="C45" t="s">
         <v>113</v>
       </c>
       <c r="D45" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="s">
         <v>116</v>
       </c>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D48" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D49" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>124</v>
       </c>
       <c r="C50" t="s">
         <v>125</v>
       </c>
       <c r="D50" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D52" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D53" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C54" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D54" t="s">
-        <v>134</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
         <v>135</v>
       </c>
       <c r="C55" t="s">
         <v>136</v>
       </c>
       <c r="D55" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
         <v>138</v>
       </c>
       <c r="C56" t="s">
         <v>139</v>
       </c>
       <c r="D56" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C57" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D57" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C58" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D58" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C59" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D59" t="s">
-        <v>146</v>
+        <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
         <v>147</v>
       </c>
       <c r="C60" t="s">
         <v>148</v>
       </c>
       <c r="D60" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
         <v>150</v>
       </c>
       <c r="C61" t="s">
         <v>151</v>
       </c>
       <c r="D61" t="s">
-        <v>21</v>
+        <v>152</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D62" t="s">
-        <v>149</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>154</v>
+        <v>4</v>
       </c>
       <c r="B63" t="s">
         <v>155</v>
       </c>
       <c r="C63" t="s">
         <v>156</v>
       </c>
       <c r="D63" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B64" t="s">
         <v>158</v>
       </c>
       <c r="C64" t="s">
         <v>159</v>
       </c>
       <c r="D64" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B65" t="s">
         <v>161</v>
       </c>
       <c r="C65" t="s">
         <v>162</v>
       </c>
       <c r="D65" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B66" t="s">
         <v>164</v>
       </c>
       <c r="C66" t="s">
         <v>165</v>
       </c>
       <c r="D66" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B67" t="s">
+        <v>167</v>
+      </c>
+      <c r="C67" t="s">
+        <v>168</v>
+      </c>
+      <c r="D67" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B68" t="s">
         <v>169</v>
       </c>
       <c r="C68" t="s">
         <v>170</v>
       </c>
       <c r="D68" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B69" t="s">
         <v>172</v>
       </c>
       <c r="C69" t="s">
         <v>173</v>
       </c>
       <c r="D69" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C70" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D70" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B71" t="s">
         <v>177</v>
       </c>
       <c r="C71" t="s">
         <v>178</v>
       </c>
       <c r="D71" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B72" t="s">
         <v>180</v>
       </c>
       <c r="C72" t="s">
         <v>181</v>
       </c>
       <c r="D72" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B73" t="s">
         <v>183</v>
       </c>
       <c r="C73" t="s">
         <v>184</v>
       </c>
       <c r="D73" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B74" t="s">
         <v>186</v>
       </c>
       <c r="C74" t="s">
         <v>187</v>
       </c>
       <c r="D74" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B75" t="s">
         <v>189</v>
       </c>
       <c r="C75" t="s">
         <v>190</v>
       </c>
       <c r="D75" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B76" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" t="s">
+        <v>193</v>
+      </c>
+      <c r="D76" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C77" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D77" t="s">
-        <v>195</v>
+        <v>166</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B78" t="s">
         <v>196</v>
       </c>
       <c r="C78" t="s">
         <v>197</v>
       </c>
       <c r="D78" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B79" t="s">
         <v>199</v>
       </c>
       <c r="C79" t="s">
         <v>200</v>
       </c>
       <c r="D79" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B80" t="s">
         <v>202</v>
       </c>
       <c r="C80" t="s">
         <v>203</v>
       </c>
       <c r="D80" t="s">
-        <v>7</v>
+        <v>204</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B81" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C81" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D81" t="s">
-        <v>206</v>
+        <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B82" t="s">
         <v>207</v>
       </c>
       <c r="C82" t="s">
         <v>208</v>
       </c>
       <c r="D82" t="s">
-        <v>93</v>
+        <v>209</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B83" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C83" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D83" t="s">
-        <v>211</v>
+        <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B84" t="s">
         <v>212</v>
       </c>
       <c r="C84" t="s">
         <v>213</v>
       </c>
       <c r="D84" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B85" t="s">
         <v>215</v>
       </c>
       <c r="C85" t="s">
         <v>216</v>
       </c>
       <c r="D85" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B86" t="s">
         <v>218</v>
       </c>
       <c r="C86" t="s">
         <v>219</v>
       </c>
       <c r="D86" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B87" t="s">
         <v>221</v>
       </c>
       <c r="C87" t="s">
         <v>222</v>
       </c>
       <c r="D87" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B88" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C88" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D88" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B89" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C89" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D89" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B90" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C90" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D90" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B91" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C91" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D91" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B92" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C92" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D92" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">