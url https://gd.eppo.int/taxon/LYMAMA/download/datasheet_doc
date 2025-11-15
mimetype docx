--- v0 (2025-10-09)
+++ v1 (2025-11-15)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Moore)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pink gypsy moth, rosy gypsy moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467568e707c20b8b2" w:history="1">
+            <w:hyperlink r:id="rId1070691862d0be28d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189468e707c20b8f9" w:history="1">
+            <w:hyperlink r:id="rId9390691862d0be2d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYMAMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92475135" name="name102568e707c20bfa4" descr="15106.jpg"/>
+                  <wp:docPr id="75503641" name="name6703691862d0be398" descr="15106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId302768e707c20bfa1" cstate="print"/>
+                          <a:blip r:embed="rId4438691862d0be397" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId758068e707c20c0e8" w:history="1">
+            <w:hyperlink r:id="rId6907691862d0be47f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2807,50 +2807,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus mongolica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quercus palustris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quercus serrata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salix arbutifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3452,63 +3472,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lives in cool, temperate to warm climates with seasonal rainfall and dry periods and it is associated with temperate broadleaf and mixed forests, tropical and subtropical dry broadleaf forests, and tropical and subtropical moist broadleaf forests (Molet, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14423313" name="name629268e707c20dfd5" descr="LYMAMA_distribution_map.jpg"/>
+            <wp:docPr id="72277961" name="name6301691862d0c1b6a" descr="LYMAMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYMAMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId627368e707c20dfd2" cstate="print"/>
+                    <a:blip r:embed="rId3728691862d0c1b68" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7458,51 +7478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 94. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405568e707c20fd10" w:history="1">
+      <w:hyperlink r:id="rId8536691862d0c4d15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects14010094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7548,51 +7568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 30-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958568e707c20fda8" w:history="1">
+      <w:hyperlink r:id="rId6959691862d0c513f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.33545/27080013.2022.v3.i1a.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180468e707c21000f" w:history="1">
+      <w:hyperlink r:id="rId3090691862d0c5c43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8475,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taiwan Insects. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura subpallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Okano,1959. Accessed 22 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519668e707c210390" w:history="1">
+      <w:hyperlink r:id="rId7536691862d0c61e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://gaga.biodiv.tw/new23/9408/079.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Chinese)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8670,51 +8690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moore (Lepidoptera: Lymantriidae). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235068e707c2104c8" w:history="1">
+      <w:hyperlink r:id="rId5259691862d0c6519" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/dissertations_1/5673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8938,51 +8958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280968e707c21067f" w:history="1">
+      <w:hyperlink r:id="rId2688691862d0c6cc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9067,81 +9087,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 464–467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883268e707c210753" w:history="1">
+      <w:hyperlink r:id="rId5491691862d0c6e06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00875.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3745663" name="name527168e707c2107e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="87840196" name="name5797691862d0c6e76" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId751168e707c2107e8" cstate="print"/>
+                    <a:blip r:embed="rId1859691862d0c6e75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9239,137 +9259,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95914119">
+  <w:abstractNum w:abstractNumId="65946083">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42561163">
+    <w:lvl w:ilvl="0" w:tplc="69907920">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42561163" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69907920" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95914118">
+  <w:abstractNum w:abstractNumId="65946082">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99299503">
+    <w:lvl w:ilvl="0" w:tplc="49546821">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10121,55 +10141,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95914118">
-    <w:abstractNumId w:val="95914118"/>
+  <w:num w:numId="65946082">
+    <w:abstractNumId w:val="65946082"/>
   </w:num>
-  <w:num w:numId="95914119">
-    <w:abstractNumId w:val="95914119"/>
+  <w:num w:numId="65946083">
+    <w:abstractNumId w:val="65946083"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21719,51 +21739,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId521818297" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId235481189" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId467568e707c20b8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId189468e707c20b8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId758068e707c20c0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId405568e707c20fd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId958568e707c20fda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId180468e707c21000f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId519668e707c210390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId235068e707c2104c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId280968e707c21067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId883268e707c210753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId302768e707c20bfa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId302768e707c20bfa1.jpg"/><Relationship Id="rId627368e707c20dfd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId627368e707c20dfd2.jpg"/><Relationship Id="rId751168e707c2107e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751168e707c2107e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257485516" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278243587" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1070691862d0be28d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId9390691862d0be2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId6907691862d0be47f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId8536691862d0c4d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId6959691862d0c513f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId3090691862d0c5c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId7536691862d0c61e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId5259691862d0c6519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId2688691862d0c6cc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5491691862d0c6e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId4438691862d0be397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4438691862d0be397.jpg"/><Relationship Id="rId3728691862d0c1b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3728691862d0c1b68.jpg"/><Relationship Id="rId1859691862d0c6e75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1859691862d0c6e75.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>