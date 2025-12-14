--- v1 (2025-11-15)
+++ v2 (2025-12-14)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Moore)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pink gypsy moth, rosy gypsy moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1070691862d0be28d" w:history="1">
+            <w:hyperlink r:id="rId7485693ed7bad7161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9390691862d0be2d2" w:history="1">
+            <w:hyperlink r:id="rId3363693ed7bad7207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYMAMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75503641" name="name6703691862d0be398" descr="15106.jpg"/>
+                  <wp:docPr id="65698117" name="name7111693ed7bad7747" descr="15106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4438691862d0be397" cstate="print"/>
+                          <a:blip r:embed="rId3108693ed7bad7745" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6907691862d0be47f" w:history="1">
+            <w:hyperlink r:id="rId4559693ed7bad78b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3472,63 +3472,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lives in cool, temperate to warm climates with seasonal rainfall and dry periods and it is associated with temperate broadleaf and mixed forests, tropical and subtropical dry broadleaf forests, and tropical and subtropical moist broadleaf forests (Molet, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72277961" name="name6301691862d0c1b6a" descr="LYMAMA_distribution_map.jpg"/>
+            <wp:docPr id="11296052" name="name4511693ed7bad9917" descr="LYMAMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYMAMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3728691862d0c1b68" cstate="print"/>
+                    <a:blip r:embed="rId5898693ed7bad9914" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7478,51 +7478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 94. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8536691862d0c4d15" w:history="1">
+      <w:hyperlink r:id="rId4526693ed7badc103" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects14010094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7568,51 +7568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 30-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6959691862d0c513f" w:history="1">
+      <w:hyperlink r:id="rId3757693ed7badc1cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.33545/27080013.2022.v3.i1a.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3090691862d0c5c43" w:history="1">
+      <w:hyperlink r:id="rId5000693ed7badc771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taiwan Insects. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura subpallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Okano,1959. Accessed 22 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7536691862d0c61e6" w:history="1">
+      <w:hyperlink r:id="rId2880693ed7badcbe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://gaga.biodiv.tw/new23/9408/079.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Chinese)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8690,51 +8690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moore (Lepidoptera: Lymantriidae). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5259691862d0c6519" w:history="1">
+      <w:hyperlink r:id="rId2799693ed7badcd40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/dissertations_1/5673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8958,51 +8958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2688691862d0c6cc3" w:history="1">
+      <w:hyperlink r:id="rId6818693ed7badcf1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9087,81 +9087,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 464–467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5491691862d0c6e06" w:history="1">
+      <w:hyperlink r:id="rId3821693ed7badd0c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00875.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87840196" name="name5797691862d0c6e76" descr="eu_funding_250.png"/>
+            <wp:docPr id="27150028" name="name8068693ed7badd13b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1859691862d0c6e75" cstate="print"/>
+                    <a:blip r:embed="rId8503693ed7badd13a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9259,137 +9259,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65946083">
+  <w:abstractNum w:abstractNumId="85633973">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69907920">
+    <w:lvl w:ilvl="0" w:tplc="85910129">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69907920" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85910129" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65946082">
+  <w:abstractNum w:abstractNumId="85633972">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49546821">
+    <w:lvl w:ilvl="0" w:tplc="67416096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10141,55 +10141,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65946082">
-    <w:abstractNumId w:val="65946082"/>
+  <w:num w:numId="85633972">
+    <w:abstractNumId w:val="85633972"/>
   </w:num>
-  <w:num w:numId="65946083">
-    <w:abstractNumId w:val="65946083"/>
+  <w:num w:numId="85633973">
+    <w:abstractNumId w:val="85633973"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21739,51 +21739,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257485516" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278243587" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1070691862d0be28d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId9390691862d0be2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId6907691862d0be47f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId8536691862d0c4d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId6959691862d0c513f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId3090691862d0c5c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId7536691862d0c61e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId5259691862d0c6519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId2688691862d0c6cc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5491691862d0c6e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId4438691862d0be397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4438691862d0be397.jpg"/><Relationship Id="rId3728691862d0c1b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3728691862d0c1b68.jpg"/><Relationship Id="rId1859691862d0c6e75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1859691862d0c6e75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358158737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId338352037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7485693ed7bad7161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId3363693ed7bad7207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId4559693ed7bad78b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId4526693ed7badc103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId3757693ed7badc1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId5000693ed7badc771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId2880693ed7badcbe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId2799693ed7badcd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId6818693ed7badcf1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3821693ed7badd0c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId3108693ed7bad7745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3108693ed7bad7745.jpg"/><Relationship Id="rId5898693ed7bad9914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5898693ed7bad9914.jpg"/><Relationship Id="rId8503693ed7badd13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8503693ed7badd13a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>