--- v2 (2025-12-14)
+++ v3 (2026-01-24)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Moore)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pink gypsy moth, rosy gypsy moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7485693ed7bad7161" w:history="1">
+            <w:hyperlink r:id="rId989369753aa1e0fdc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3363693ed7bad7207" w:history="1">
+            <w:hyperlink r:id="rId601269753aa1e1021" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYMAMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65698117" name="name7111693ed7bad7747" descr="15106.jpg"/>
+                  <wp:docPr id="58063050" name="name570669753aa1e1672" descr="15106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3108693ed7bad7745" cstate="print"/>
+                          <a:blip r:embed="rId802269753aa1e1671" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4559693ed7bad78b5" w:history="1">
+            <w:hyperlink r:id="rId777069753aa1e178b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3472,63 +3472,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lives in cool, temperate to warm climates with seasonal rainfall and dry periods and it is associated with temperate broadleaf and mixed forests, tropical and subtropical dry broadleaf forests, and tropical and subtropical moist broadleaf forests (Molet, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11296052" name="name4511693ed7bad9917" descr="LYMAMA_distribution_map.jpg"/>
+            <wp:docPr id="45387584" name="name373269753aa1e3821" descr="LYMAMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYMAMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5898693ed7bad9914" cstate="print"/>
+                    <a:blip r:embed="rId734769753aa1e3819" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7478,51 +7478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 94. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4526693ed7badc103" w:history="1">
+      <w:hyperlink r:id="rId148069753aa1e5bfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects14010094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7568,51 +7568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 30-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3757693ed7badc1cc" w:history="1">
+      <w:hyperlink r:id="rId812369753aa1e5c92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.33545/27080013.2022.v3.i1a.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5000693ed7badc771" w:history="1">
+      <w:hyperlink r:id="rId380369753aa1e5efc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taiwan Insects. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura subpallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Okano,1959. Accessed 22 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2880693ed7badcbe3" w:history="1">
+      <w:hyperlink r:id="rId711569753aa1e6268" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://gaga.biodiv.tw/new23/9408/079.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Chinese)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8690,51 +8690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moore (Lepidoptera: Lymantriidae). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2799693ed7badcd40" w:history="1">
+      <w:hyperlink r:id="rId822669753aa1e639f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/dissertations_1/5673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8936,73 +8936,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6818693ed7badcf1e" w:history="1">
+      <w:hyperlink r:id="rId252069753aa1e6561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9087,81 +9087,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 464–467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3821693ed7badd0c0" w:history="1">
+      <w:hyperlink r:id="rId595569753aa1e6635" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00875.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27150028" name="name8068693ed7badd13b" descr="eu_funding_250.png"/>
+            <wp:docPr id="17170645" name="name460569753aa1e67f8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8503693ed7badd13a" cstate="print"/>
+                    <a:blip r:embed="rId518169753aa1e67f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9259,137 +9259,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85633973">
+  <w:abstractNum w:abstractNumId="60882889">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85910129">
+    <w:lvl w:ilvl="0" w:tplc="34010232">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85910129" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34010232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85633972">
+  <w:abstractNum w:abstractNumId="60882888">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67416096">
+    <w:lvl w:ilvl="0" w:tplc="88435845">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10141,55 +10141,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85633972">
-    <w:abstractNumId w:val="85633972"/>
+  <w:num w:numId="60882888">
+    <w:abstractNumId w:val="60882888"/>
   </w:num>
-  <w:num w:numId="85633973">
-    <w:abstractNumId w:val="85633973"/>
+  <w:num w:numId="60882889">
+    <w:abstractNumId w:val="60882889"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21739,51 +21739,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358158737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId338352037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7485693ed7bad7161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId3363693ed7bad7207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId4559693ed7bad78b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId4526693ed7badc103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId3757693ed7badc1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId5000693ed7badc771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId2880693ed7badcbe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId2799693ed7badcd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId6818693ed7badcf1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3821693ed7badd0c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId3108693ed7bad7745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3108693ed7bad7745.jpg"/><Relationship Id="rId5898693ed7bad9914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5898693ed7bad9914.jpg"/><Relationship Id="rId8503693ed7badd13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8503693ed7badd13a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId730320062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402048211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId989369753aa1e0fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId601269753aa1e1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId777069753aa1e178b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId148069753aa1e5bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId812369753aa1e5c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId380369753aa1e5efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId711569753aa1e6268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId822669753aa1e639f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId252069753aa1e6561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId595569753aa1e6635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId802269753aa1e1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId802269753aa1e1671.jpg"/><Relationship Id="rId734769753aa1e3819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734769753aa1e3819.jpg"/><Relationship Id="rId518169753aa1e67f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518169753aa1e67f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>