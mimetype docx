--- v3 (2026-01-24)
+++ v4 (2026-02-15)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Moore)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pink gypsy moth, rosy gypsy moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId989369753aa1e0fdc" w:history="1">
+            <w:hyperlink r:id="rId46386991aa890fc83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601269753aa1e1021" w:history="1">
+            <w:hyperlink r:id="rId32866991aa890fcc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYMAMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58063050" name="name570669753aa1e1672" descr="15106.jpg"/>
+                  <wp:docPr id="96314213" name="name52556991aa890fdae" descr="15106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId802269753aa1e1671" cstate="print"/>
+                          <a:blip r:embed="rId75436991aa890fdac" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId777069753aa1e178b" w:history="1">
+            <w:hyperlink r:id="rId64346991aa890fed2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3472,105 +3472,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lives in cool, temperate to warm climates with seasonal rainfall and dry periods and it is associated with temperate broadleaf and mixed forests, tropical and subtropical dry broadleaf forests, and tropical and subtropical moist broadleaf forests (Molet, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45387584" name="name373269753aa1e3821" descr="LYMAMA_distribution_map.jpg"/>
+            <wp:docPr id="22856681" name="name39746991aa8911486" descr="LYMAMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYMAMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId734769753aa1e3819" cstate="print"/>
+                    <a:blip r:embed="rId87966991aa8911484" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bangladesh, China (Hebei, Heilongjiang, Jilin, Sichuan, Xianggang (Hong Kong), Yunnan), India (Arunachal Pradesh, Assam, Bihar, Jharkand, Madhya Pradesh, Maharashtra, Meghalaya, Nagaland, Odisha, Sikkim, Tripura, Uttarakhand, Uttar Pradesh, West Bengal), Japan (Hokkaido, Honshu, Kyushu, Ryukyu Archipelago, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Myanmar, Nepal, Pakistan, Sri Lanka, Taiwan, Thailand, Vietnam</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -7478,51 +7478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 94. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148069753aa1e5bfc" w:history="1">
+      <w:hyperlink r:id="rId60246991aa891305d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects14010094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7568,51 +7568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 30-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812369753aa1e5c92" w:history="1">
+      <w:hyperlink r:id="rId69956991aa89130f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.33545/27080013.2022.v3.i1a.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380369753aa1e5efc" w:history="1">
+      <w:hyperlink r:id="rId96086991aa8913383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taiwan Insects. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura subpallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Okano,1959. Accessed 22 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711569753aa1e6268" w:history="1">
+      <w:hyperlink r:id="rId89916991aa891370d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://gaga.biodiv.tw/new23/9408/079.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Chinese)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8690,51 +8690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moore (Lepidoptera: Lymantriidae). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822669753aa1e639f" w:history="1">
+      <w:hyperlink r:id="rId70836991aa8913862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/dissertations_1/5673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8958,51 +8958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252069753aa1e6561" w:history="1">
+      <w:hyperlink r:id="rId36816991aa8913a27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9087,81 +9087,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 464–467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595569753aa1e6635" w:history="1">
+      <w:hyperlink r:id="rId80536991aa8913afd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00875.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17170645" name="name460569753aa1e67f8" descr="eu_funding_250.png"/>
+            <wp:docPr id="828259" name="name80456991aa8913b74" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId518169753aa1e67f6" cstate="print"/>
+                    <a:blip r:embed="rId84086991aa8913b73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9259,137 +9259,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60882889">
+  <w:abstractNum w:abstractNumId="48519279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34010232">
+    <w:lvl w:ilvl="0" w:tplc="50597008">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34010232" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50597008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60882888">
+  <w:abstractNum w:abstractNumId="48519278">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88435845">
+    <w:lvl w:ilvl="0" w:tplc="24704587">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10141,55 +10141,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60882888">
-    <w:abstractNumId w:val="60882888"/>
+  <w:num w:numId="48519278">
+    <w:abstractNumId w:val="48519278"/>
   </w:num>
-  <w:num w:numId="60882889">
-    <w:abstractNumId w:val="60882889"/>
+  <w:num w:numId="48519279">
+    <w:abstractNumId w:val="48519279"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21739,51 +21739,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId730320062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId402048211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId989369753aa1e0fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId601269753aa1e1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId777069753aa1e178b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId148069753aa1e5bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId812369753aa1e5c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId380369753aa1e5efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId711569753aa1e6268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId822669753aa1e639f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId252069753aa1e6561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId595569753aa1e6635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId802269753aa1e1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId802269753aa1e1671.jpg"/><Relationship Id="rId734769753aa1e3819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734769753aa1e3819.jpg"/><Relationship Id="rId518169753aa1e67f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518169753aa1e67f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688790391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId888915597" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46386991aa890fc83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId32866991aa890fcc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId64346991aa890fed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId60246991aa891305d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId69956991aa89130f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId96086991aa8913383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId89916991aa891370d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId70836991aa8913862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId36816991aa8913a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80536991aa8913afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId75436991aa890fdac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75436991aa890fdac.jpg"/><Relationship Id="rId87966991aa8911484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87966991aa8911484.jpg"/><Relationship Id="rId84086991aa8913b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84086991aa8913b73.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>