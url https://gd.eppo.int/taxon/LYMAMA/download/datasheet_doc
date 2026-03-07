--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -380,88 +380,88 @@
               <w:t xml:space="preserve"> (Moore)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> pink gypsy moth, rosy gypsy moth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46386991aa890fc83" w:history="1">
+            <w:hyperlink r:id="rId219769ac7506c29da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32866991aa890fcc9" w:history="1">
+            <w:hyperlink r:id="rId529569ac7506c2a1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -475,86 +475,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYMAMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96314213" name="name52556991aa890fdae" descr="15106.jpg"/>
+                  <wp:docPr id="86995129" name="name754469ac7506c2ed1" descr="15106.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15106.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId75436991aa890fdac" cstate="print"/>
+                          <a:blip r:embed="rId491569ac7506c2ecf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId64346991aa890fed2" w:history="1">
+            <w:hyperlink r:id="rId360769ac7506c2ff0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3472,63 +3472,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">L. mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lives in cool, temperate to warm climates with seasonal rainfall and dry periods and it is associated with temperate broadleaf and mixed forests, tropical and subtropical dry broadleaf forests, and tropical and subtropical moist broadleaf forests (Molet, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22856681" name="name39746991aa8911486" descr="LYMAMA_distribution_map.jpg"/>
+            <wp:docPr id="56033013" name="name251969ac7506c55be" descr="LYMAMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYMAMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87966991aa8911484" cstate="print"/>
+                    <a:blip r:embed="rId307369ac7506c55ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7478,51 +7478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 94. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60246991aa891305d" w:history="1">
+      <w:hyperlink r:id="rId487469ac7506c788b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects14010094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7568,51 +7568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 30-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69956991aa89130f5" w:history="1">
+      <w:hyperlink r:id="rId575569ac7506c7969" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.33545/27080013.2022.v3.i1a.61</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7948,51 +7948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96086991aa8913383" w:history="1">
+      <w:hyperlink r:id="rId435569ac7506c7c07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jipm/pmab023</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8495,51 +8495,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Taiwan Insects. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura subpallida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Okano,1959. Accessed 22 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89916991aa891370d" w:history="1">
+      <w:hyperlink r:id="rId100269ac7506c803a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://gaga.biodiv.tw/new23/9408/079.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Chinese)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8690,51 +8690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moore (Lepidoptera: Lymantriidae). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70836991aa8913862" w:history="1">
+      <w:hyperlink r:id="rId969369ac7506c819b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://scholarworks.umass.edu/dissertations_1/5673</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8958,51 +8958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lymantria mathura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36816991aa8913a27" w:history="1">
+      <w:hyperlink r:id="rId530169ac7506c83b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9087,81 +9087,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 464–467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80536991aa8913afd" w:history="1">
+      <w:hyperlink r:id="rId194369ac7506c84b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00875.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="828259" name="name80456991aa8913b74" descr="eu_funding_250.png"/>
+            <wp:docPr id="23226428" name="name786269ac7506c852e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84086991aa8913b73" cstate="print"/>
+                    <a:blip r:embed="rId936569ac7506c852d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9259,137 +9259,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48519279">
+  <w:abstractNum w:abstractNumId="19600973">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50597008">
+    <w:lvl w:ilvl="0" w:tplc="92658431">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50597008" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92658431" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48519278">
+  <w:abstractNum w:abstractNumId="19600972">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24704587">
+    <w:lvl w:ilvl="0" w:tplc="22726658">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10141,55 +10141,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48519278">
-    <w:abstractNumId w:val="48519278"/>
+  <w:num w:numId="19600972">
+    <w:abstractNumId w:val="19600972"/>
   </w:num>
-  <w:num w:numId="48519279">
-    <w:abstractNumId w:val="48519279"/>
+  <w:num w:numId="19600973">
+    <w:abstractNumId w:val="19600973"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21739,51 +21739,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688790391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId888915597" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46386991aa890fc83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId32866991aa890fcc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId64346991aa890fed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId60246991aa891305d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId69956991aa89130f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId96086991aa8913383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId89916991aa891370d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId70836991aa8913862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId36816991aa8913a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80536991aa8913afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId75436991aa890fdac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75436991aa890fdac.jpg"/><Relationship Id="rId87966991aa8911484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87966991aa8911484.jpg"/><Relationship Id="rId84086991aa8913b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84086991aa8913b73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId315105155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId178317473" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId219769ac7506c29da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/" TargetMode="External"/><Relationship Id="rId529569ac7506c2a1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/categorization" TargetMode="External"/><Relationship Id="rId360769ac7506c2ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYMAMA/photos" TargetMode="External"/><Relationship Id="rId487469ac7506c788b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects14010094" TargetMode="External"/><Relationship Id="rId575569ac7506c7969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33545/27080013.2022.v3.i1a.61" TargetMode="External"/><Relationship Id="rId435569ac7506c7c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jipm/pmab023" TargetMode="External"/><Relationship Id="rId100269ac7506c803a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gaga.biodiv.tw/new23/9408/079.htm" TargetMode="External"/><Relationship Id="rId969369ac7506c819b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholarworks.umass.edu/dissertations_1/5673" TargetMode="External"/><Relationship Id="rId530169ac7506c83b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId194369ac7506c84b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00875.x" TargetMode="External"/><Relationship Id="rId491569ac7506c2ecf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491569ac7506c2ecf.jpg"/><Relationship Id="rId307369ac7506c55ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId307369ac7506c55ba.jpg"/><Relationship Id="rId936569ac7506c852d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936569ac7506c852d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>