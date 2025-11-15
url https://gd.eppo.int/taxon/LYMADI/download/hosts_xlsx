--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYMADI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>QUEPE</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>QUERO</t>
   </si>
   <si>
@@ -96,50 +96,59 @@
     <t>1MORG</t>
   </si>
   <si>
     <t>Morus</t>
   </si>
   <si>
     <t>* Ismailova G (2022) Фитофаги шелковицы в условиях Азербайджана [Mulberry Pests in Azerbaijan Conditions]. Bulletin of Science and Practice 8(10), 54-67.</t>
   </si>
   <si>
     <t>1PRNG</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>1QUEG</t>
   </si>
   <si>
     <t>Quercus</t>
+  </si>
+  <si>
+    <t>QUEPA</t>
+  </si>
+  <si>
+    <t>Quercus palustris</t>
+  </si>
+  <si>
+    <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -443,62 +452,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="353.771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -594,50 +603,64 @@
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11"/>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>