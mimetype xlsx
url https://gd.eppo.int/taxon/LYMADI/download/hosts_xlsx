--- v1 (2025-11-15)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LYMADI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>QUEPE</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>QUERO</t>
   </si>
   <si>
@@ -69,50 +69,59 @@
     <t>2DTRE</t>
   </si>
   <si>
     <t>deciduous trees</t>
   </si>
   <si>
     <t>EUCCM</t>
   </si>
   <si>
     <t>Eucalyptus camaldulensis</t>
   </si>
   <si>
     <t>* Mendel Z, Protasov A (2019) The entomofauna on Eucalyptus in Israel: A review. European Journal of Entomology 116, 450-460. https://doi.org/10.14411/eje.2019.046</t>
   </si>
   <si>
     <t>2FRUT</t>
   </si>
   <si>
     <t>fruit trees</t>
   </si>
   <si>
     <t>MABSD</t>
   </si>
   <si>
     <t>Malus domestica</t>
+  </si>
+  <si>
+    <t>MABSI</t>
+  </si>
+  <si>
+    <t>Malus sieversii</t>
+  </si>
+  <si>
+    <t>* Jashenko R, Tanabekova G (2019) Insects that damage the wild populations of Malus sieversii in Kazakhstan. In IOP Conference Series: Earth and Environmental Science 298(1),  012018. IOP Publishing. DOI 10.1088/1755-1315/298/1/012018</t>
   </si>
   <si>
     <t>1MORG</t>
   </si>
   <si>
     <t>Morus</t>
   </si>
   <si>
     <t>* Ismailova G (2022) Фитофаги шелковицы в условиях Азербайджана [Mulberry Pests in Azerbaijan Conditions]. Bulletin of Science and Practice 8(10), 54-67.</t>
   </si>
   <si>
     <t>1PRNG</t>
   </si>
   <si>
     <t>Prunus</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>1QUEG</t>
   </si>
@@ -452,51 +461,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="353.771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -578,88 +587,102 @@
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>30</v>
+      </c>
+      <c r="D12"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">