--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -104,51 +104,51 @@
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UY</t>
   </si>
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>A2 list</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>COSAVE</t>
   </si>
   <si>
     <t>9D</t>
   </si>