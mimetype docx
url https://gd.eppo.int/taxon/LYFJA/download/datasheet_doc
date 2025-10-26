--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese climbing fern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId533268e27d4d6470a" w:history="1">
+            <w:hyperlink r:id="rId295568fd673639676" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId931468e27d4d64785" w:history="1">
+            <w:hyperlink r:id="rId554368fd6736396df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYFJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="40982929" name="name547768e27d4d64d34" descr="4162.jpg"/>
+                  <wp:docPr id="68170257" name="name636368fd6736397a6" descr="4162.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4162.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId968568e27d4d64d32" cstate="print"/>
+                          <a:blip r:embed="rId851268fd6736397a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId453668e27d4d64e44" w:history="1">
+            <w:hyperlink r:id="rId187768fd6736398a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -964,63 +964,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68962198" name="name435968e27d4d65d57" descr="LYFJA_distribution_map.jpg"/>
+            <wp:docPr id="17043336" name="name324068fd67363aad3" descr="LYFJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYFJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId179168e27d4d65d55" cstate="print"/>
+                    <a:blip r:embed="rId174968fd67363aad0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2970,51 +2970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268968e27d4d66c36" w:history="1">
+      <w:hyperlink r:id="rId985168fd67363b9d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cabi.org/isc/datasheet/31783</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 February 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,90 +3417,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988368e27d4d66f0d" w:history="1">
+      <w:hyperlink r:id="rId329468fd67363bca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[acessed on 8 November 2018] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferns of Thailand (2014) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925968e27d4d66f4c" w:history="1">
+      <w:hyperlink r:id="rId822768fd67363bce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://rbg-web2.rbge.org.uk/thaiferns/index. htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3533,90 +3533,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1st edn. Florida Exotic Pest Plant Council, Lygodium Task Force, Florida (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China Editorial Committee (2014) Flora of China. Missouri Botanical Garden and Harvard University Herbaria, St. Louis (US) and Cambridge (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564268e27d4d66fca" w:history="1">
+      <w:hyperlink r:id="rId938468fd67363bd5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/flora_page.aspx?flora_ id=2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan (2015) Flora of Japan database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId956268e27d4d67009" w:history="1">
+      <w:hyperlink r:id="rId134568fd67363bd9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://foj.c.u-tokyo.ac.jp/ gbif/foj/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3649,51 +3649,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Swartz (Pteridophyta: Lygodiaceae). Doctor of Philosophy Dissertation. New York, US: The City University of New York. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Forestry Commission (2011) Does reforestation pay? Loblolly pine for traditional products. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999368e27d4d67087" w:history="1">
+      <w:hyperlink r:id="rId374368fd67363be18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacDonald IAW, Reaser JK, Bright C, Neville LE, Howard GW, Murphy SJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2003) Cape Town (ZA): Global Invasive Species Programme, p. 125 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152668e27d4d67490" w:history="1">
+      <w:hyperlink r:id="rId821668fd67363c21f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gisp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Munger GT (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Fire Effects Information System. USA: USDA Forest Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741968e27d4d67637" w:history="1">
+      <w:hyperlink r:id="rId674468fd67363c3c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/plants/ fern/lygspp/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Fact Sheet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. QLD Government, Brisbane (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386968e27d4d67711" w:history="1">
+      <w:hyperlink r:id="rId310768fd67363c4a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weed s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod ium_japonicum.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) propagation and invasion: effect of environmental variables on spore germination and consequences of establishment for understory plant communities and habitat quality. Master’s Thesis, University of Florida, pp. 70. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Plant Database (2017) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377468e27d4d678d2" w:history="1">
+      <w:hyperlink r:id="rId927168fd67363c65f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=LYJA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 June 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5175,51 +5175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450868e27d4d67a55" w:history="1">
+      <w:hyperlink r:id="rId225268fd67363c7ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 261-266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId611168e27d4d67b1a" w:history="1">
+      <w:hyperlink r:id="rId132168fd67363c8ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12523</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5426,137 +5426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54583364">
+  <w:abstractNum w:abstractNumId="19250395">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60833456">
+    <w:lvl w:ilvl="0" w:tplc="14870399">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60833456" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14870399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54583363">
+  <w:abstractNum w:abstractNumId="19250394">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52875251">
+    <w:lvl w:ilvl="0" w:tplc="14503736">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6308,55 +6308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54583363">
-    <w:abstractNumId w:val="54583363"/>
+  <w:num w:numId="19250394">
+    <w:abstractNumId w:val="19250394"/>
   </w:num>
-  <w:num w:numId="54583364">
-    <w:abstractNumId w:val="54583364"/>
+  <w:num w:numId="19250395">
+    <w:abstractNumId w:val="19250395"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17906,51 +17906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293201056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId277878194" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId533268e27d4d6470a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId931468e27d4d64785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId453668e27d4d64e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId268968e27d4d66c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId988368e27d4d66f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId925968e27d4d66f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId564268e27d4d66fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId956268e27d4d67009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId999368e27d4d67087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId152668e27d4d67490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId741968e27d4d67637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId386968e27d4d67711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId377468e27d4d678d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId450868e27d4d67a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId611168e27d4d67b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId968568e27d4d64d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId968568e27d4d64d32.jpg"/><Relationship Id="rId179168e27d4d65d55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId179168e27d4d65d55.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467412164" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574683189" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId295568fd673639676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId554368fd6736396df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId187768fd6736398a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId985168fd67363b9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId329468fd67363bca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId822768fd67363bce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId938468fd67363bd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId134568fd67363bd9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId374368fd67363be18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId821668fd67363c21f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId674468fd67363c3c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId310768fd67363c4a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId927168fd67363c65f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId225268fd67363c7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId132168fd67363c8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId851268fd6736397a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId851268fd6736397a5.jpg"/><Relationship Id="rId174968fd67363aad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174968fd67363aad0.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>