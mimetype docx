--- v1 (2025-10-26)
+++ v2 (2025-11-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese climbing fern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295568fd673639676" w:history="1">
+            <w:hyperlink r:id="rId2816691d69db9a0e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId554368fd6736396df" w:history="1">
+            <w:hyperlink r:id="rId2625691d69db9a14a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYFJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="68170257" name="name636368fd6736397a6" descr="4162.jpg"/>
+                  <wp:docPr id="33261334" name="name9631691d69db9a22b" descr="4162.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4162.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId851268fd6736397a5" cstate="print"/>
+                          <a:blip r:embed="rId5788691d69db9a229" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId187768fd6736398a0" w:history="1">
+            <w:hyperlink r:id="rId6646691d69db9a321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -964,63 +964,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17043336" name="name324068fd67363aad3" descr="LYFJA_distribution_map.jpg"/>
+            <wp:docPr id="60092460" name="name4530691d69db9b4fb" descr="LYFJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYFJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId174968fd67363aad0" cstate="print"/>
+                    <a:blip r:embed="rId7240691d69db9b4f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2970,51 +2970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985168fd67363b9d0" w:history="1">
+      <w:hyperlink r:id="rId1196691d69db9c36f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cabi.org/isc/datasheet/31783</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 February 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,90 +3417,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329468fd67363bca3" w:history="1">
+      <w:hyperlink r:id="rId8376691d69db9c658" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[acessed on 8 November 2018] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferns of Thailand (2014) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822768fd67363bce1" w:history="1">
+      <w:hyperlink r:id="rId1244691d69db9c698" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://rbg-web2.rbge.org.uk/thaiferns/index. htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3533,90 +3533,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1st edn. Florida Exotic Pest Plant Council, Lygodium Task Force, Florida (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China Editorial Committee (2014) Flora of China. Missouri Botanical Garden and Harvard University Herbaria, St. Louis (US) and Cambridge (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938468fd67363bd5f" w:history="1">
+      <w:hyperlink r:id="rId6613691d69db9c716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/flora_page.aspx?flora_ id=2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan (2015) Flora of Japan database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134568fd67363bd9c" w:history="1">
+      <w:hyperlink r:id="rId9673691d69db9c753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://foj.c.u-tokyo.ac.jp/ gbif/foj/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3649,51 +3649,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Swartz (Pteridophyta: Lygodiaceae). Doctor of Philosophy Dissertation. New York, US: The City University of New York. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Forestry Commission (2011) Does reforestation pay? Loblolly pine for traditional products. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374368fd67363be18" w:history="1">
+      <w:hyperlink r:id="rId5486691d69db9c7d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacDonald IAW, Reaser JK, Bright C, Neville LE, Howard GW, Murphy SJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2003) Cape Town (ZA): Global Invasive Species Programme, p. 125 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821668fd67363c21f" w:history="1">
+      <w:hyperlink r:id="rId3708691d69db9cbd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gisp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Munger GT (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Fire Effects Information System. USA: USDA Forest Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674468fd67363c3c4" w:history="1">
+      <w:hyperlink r:id="rId2140691d69db9cd7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/plants/ fern/lygspp/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Fact Sheet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. QLD Government, Brisbane (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310768fd67363c4a1" w:history="1">
+      <w:hyperlink r:id="rId3805691d69db9ce58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weed s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod ium_japonicum.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) propagation and invasion: effect of environmental variables on spore germination and consequences of establishment for understory plant communities and habitat quality. Master’s Thesis, University of Florida, pp. 70. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Plant Database (2017) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927168fd67363c65f" w:history="1">
+      <w:hyperlink r:id="rId4328691d69db9cfff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=LYJA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 June 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5175,51 +5175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225268fd67363c7ec" w:history="1">
+      <w:hyperlink r:id="rId6682691d69db9d17f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 261-266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132168fd67363c8ce" w:history="1">
+      <w:hyperlink r:id="rId9069691d69db9d244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12523</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5426,137 +5426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19250395">
+  <w:abstractNum w:abstractNumId="14058334">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14870399">
+    <w:lvl w:ilvl="0" w:tplc="14137983">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14870399" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14137983" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19250394">
+  <w:abstractNum w:abstractNumId="14058333">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14503736">
+    <w:lvl w:ilvl="0" w:tplc="76823948">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6308,55 +6308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19250394">
-    <w:abstractNumId w:val="19250394"/>
+  <w:num w:numId="14058333">
+    <w:abstractNumId w:val="14058333"/>
   </w:num>
-  <w:num w:numId="19250395">
-    <w:abstractNumId w:val="19250395"/>
+  <w:num w:numId="14058334">
+    <w:abstractNumId w:val="14058334"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17906,51 +17906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467412164" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574683189" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId295568fd673639676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId554368fd6736396df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId187768fd6736398a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId985168fd67363b9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId329468fd67363bca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId822768fd67363bce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId938468fd67363bd5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId134568fd67363bd9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId374368fd67363be18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId821668fd67363c21f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId674468fd67363c3c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId310768fd67363c4a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId927168fd67363c65f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId225268fd67363c7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId132168fd67363c8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId851268fd6736397a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId851268fd6736397a5.jpg"/><Relationship Id="rId174968fd67363aad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId174968fd67363aad0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId382655016" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId155981096" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2816691d69db9a0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId2625691d69db9a14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId6646691d69db9a321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId1196691d69db9c36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId8376691d69db9c658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1244691d69db9c698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId6613691d69db9c716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId9673691d69db9c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId5486691d69db9c7d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId3708691d69db9cbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId2140691d69db9cd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId3805691d69db9ce58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId4328691d69db9cfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId6682691d69db9d17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9069691d69db9d244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId5788691d69db9a229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5788691d69db9a229.jpg"/><Relationship Id="rId7240691d69db9b4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7240691d69db9b4f9.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>