--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese climbing fern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2816691d69db9a0e0" w:history="1">
+            <w:hyperlink r:id="rId5653693a02df3cec7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2625691d69db9a14a" w:history="1">
+            <w:hyperlink r:id="rId8258693a02df3cf30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYFJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="33261334" name="name9631691d69db9a22b" descr="4162.jpg"/>
+                  <wp:docPr id="48512063" name="name3121693a02df3d5f8" descr="4162.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4162.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5788691d69db9a229" cstate="print"/>
+                          <a:blip r:embed="rId5668693a02df3d5f6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6646691d69db9a321" w:history="1">
+            <w:hyperlink r:id="rId6444693a02df3d71c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -964,63 +964,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60092460" name="name4530691d69db9b4fb" descr="LYFJA_distribution_map.jpg"/>
+            <wp:docPr id="43050938" name="name3484693a02df3eba5" descr="LYFJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYFJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7240691d69db9b4f9" cstate="print"/>
+                    <a:blip r:embed="rId7261693a02df3eba0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2970,51 +2970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1196691d69db9c36f" w:history="1">
+      <w:hyperlink r:id="rId3609693a02df3fd3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cabi.org/isc/datasheet/31783</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 February 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,90 +3417,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8376691d69db9c658" w:history="1">
+      <w:hyperlink r:id="rId8895693a02df40082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[acessed on 8 November 2018] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferns of Thailand (2014) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1244691d69db9c698" w:history="1">
+      <w:hyperlink r:id="rId4818693a02df400c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://rbg-web2.rbge.org.uk/thaiferns/index. htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3533,90 +3533,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1st edn. Florida Exotic Pest Plant Council, Lygodium Task Force, Florida (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China Editorial Committee (2014) Flora of China. Missouri Botanical Garden and Harvard University Herbaria, St. Louis (US) and Cambridge (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6613691d69db9c716" w:history="1">
+      <w:hyperlink r:id="rId9191693a02df40143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/flora_page.aspx?flora_ id=2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan (2015) Flora of Japan database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9673691d69db9c753" w:history="1">
+      <w:hyperlink r:id="rId4820693a02df40181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://foj.c.u-tokyo.ac.jp/ gbif/foj/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3649,51 +3649,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Swartz (Pteridophyta: Lygodiaceae). Doctor of Philosophy Dissertation. New York, US: The City University of New York. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Forestry Commission (2011) Does reforestation pay? Loblolly pine for traditional products. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5486691d69db9c7d0" w:history="1">
+      <w:hyperlink r:id="rId2318693a02df40200" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacDonald IAW, Reaser JK, Bright C, Neville LE, Howard GW, Murphy SJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2003) Cape Town (ZA): Global Invasive Species Programme, p. 125 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3708691d69db9cbd9" w:history="1">
+      <w:hyperlink r:id="rId2520693a02df40733" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gisp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Munger GT (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Fire Effects Information System. USA: USDA Forest Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2140691d69db9cd7f" w:history="1">
+      <w:hyperlink r:id="rId8120693a02df40a72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/plants/ fern/lygspp/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Fact Sheet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. QLD Government, Brisbane (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3805691d69db9ce58" w:history="1">
+      <w:hyperlink r:id="rId1671693a02df40b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weed s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod ium_japonicum.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) propagation and invasion: effect of environmental variables on spore germination and consequences of establishment for understory plant communities and habitat quality. Master’s Thesis, University of Florida, pp. 70. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Plant Database (2017) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4328691d69db9cfff" w:history="1">
+      <w:hyperlink r:id="rId8130693a02df40e48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=LYJA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 June 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5175,51 +5175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6682691d69db9d17f" w:history="1">
+      <w:hyperlink r:id="rId4618693a02df40fdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 261-266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9069691d69db9d244" w:history="1">
+      <w:hyperlink r:id="rId7615693a02df410a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12523</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5426,137 +5426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14058334">
+  <w:abstractNum w:abstractNumId="92237758">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14137983">
+    <w:lvl w:ilvl="0" w:tplc="32154946">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14137983" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32154946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14058333">
+  <w:abstractNum w:abstractNumId="92237757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76823948">
+    <w:lvl w:ilvl="0" w:tplc="71602607">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6308,55 +6308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14058333">
-    <w:abstractNumId w:val="14058333"/>
+  <w:num w:numId="92237757">
+    <w:abstractNumId w:val="92237757"/>
   </w:num>
-  <w:num w:numId="14058334">
-    <w:abstractNumId w:val="14058334"/>
+  <w:num w:numId="92237758">
+    <w:abstractNumId w:val="92237758"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17906,51 +17906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId382655016" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId155981096" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2816691d69db9a0e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId2625691d69db9a14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId6646691d69db9a321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId1196691d69db9c36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId8376691d69db9c658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId1244691d69db9c698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId6613691d69db9c716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId9673691d69db9c753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId5486691d69db9c7d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId3708691d69db9cbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId2140691d69db9cd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId3805691d69db9ce58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId4328691d69db9cfff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId6682691d69db9d17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9069691d69db9d244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId5788691d69db9a229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5788691d69db9a229.jpg"/><Relationship Id="rId7240691d69db9b4f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7240691d69db9b4f9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448480022" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId270946312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5653693a02df3cec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId8258693a02df3cf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId6444693a02df3d71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId3609693a02df3fd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId8895693a02df40082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId4818693a02df400c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId9191693a02df40143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId4820693a02df40181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId2318693a02df40200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId2520693a02df40733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId8120693a02df40a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId1671693a02df40b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId8130693a02df40e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId4618693a02df40fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7615693a02df410a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId5668693a02df3d5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5668693a02df3d5f6.jpg"/><Relationship Id="rId7261693a02df3eba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7261693a02df3eba0.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>