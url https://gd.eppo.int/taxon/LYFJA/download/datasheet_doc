--- v3 (2025-12-10)
+++ v4 (2026-01-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese climbing fern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5653693a02df3cec7" w:history="1">
+            <w:hyperlink r:id="rId11996960ae6d0e504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8258693a02df3cf30" w:history="1">
+            <w:hyperlink r:id="rId33416960ae6d0e56d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYFJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="48512063" name="name3121693a02df3d5f8" descr="4162.jpg"/>
+                  <wp:docPr id="95489973" name="name21726960ae6d0e689" descr="4162.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4162.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5668693a02df3d5f6" cstate="print"/>
+                          <a:blip r:embed="rId36666960ae6d0e688" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6444693a02df3d71c" w:history="1">
+            <w:hyperlink r:id="rId68356960ae6d0e7bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -964,63 +964,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43050938" name="name3484693a02df3eba5" descr="LYFJA_distribution_map.jpg"/>
+            <wp:docPr id="71281940" name="name56056960ae6d0f85f" descr="LYFJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYFJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7261693a02df3eba0" cstate="print"/>
+                    <a:blip r:embed="rId41746960ae6d0f85c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2970,51 +2970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3609693a02df3fd3e" w:history="1">
+      <w:hyperlink r:id="rId39756960ae6d108ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cabi.org/isc/datasheet/31783</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 February 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,90 +3417,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8895693a02df40082" w:history="1">
+      <w:hyperlink r:id="rId91736960ae6d10c01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[acessed on 8 November 2018] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferns of Thailand (2014) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4818693a02df400c3" w:history="1">
+      <w:hyperlink r:id="rId13506960ae6d10c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://rbg-web2.rbge.org.uk/thaiferns/index. htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3533,90 +3533,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1st edn. Florida Exotic Pest Plant Council, Lygodium Task Force, Florida (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China Editorial Committee (2014) Flora of China. Missouri Botanical Garden and Harvard University Herbaria, St. Louis (US) and Cambridge (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9191693a02df40143" w:history="1">
+      <w:hyperlink r:id="rId48096960ae6d10cc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/flora_page.aspx?flora_ id=2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan (2015) Flora of Japan database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4820693a02df40181" w:history="1">
+      <w:hyperlink r:id="rId63596960ae6d10cff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://foj.c.u-tokyo.ac.jp/ gbif/foj/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3649,51 +3649,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Swartz (Pteridophyta: Lygodiaceae). Doctor of Philosophy Dissertation. New York, US: The City University of New York. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Forestry Commission (2011) Does reforestation pay? Loblolly pine for traditional products. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2318693a02df40200" w:history="1">
+      <w:hyperlink r:id="rId40786960ae6d10d7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacDonald IAW, Reaser JK, Bright C, Neville LE, Howard GW, Murphy SJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2003) Cape Town (ZA): Global Invasive Species Programme, p. 125 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2520693a02df40733" w:history="1">
+      <w:hyperlink r:id="rId44036960ae6d11194" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gisp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Munger GT (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Fire Effects Information System. USA: USDA Forest Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8120693a02df40a72" w:history="1">
+      <w:hyperlink r:id="rId11256960ae6d11342" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/plants/ fern/lygspp/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Fact Sheet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. QLD Government, Brisbane (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1671693a02df40b83" w:history="1">
+      <w:hyperlink r:id="rId79306960ae6d1141b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weed s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod ium_japonicum.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) propagation and invasion: effect of environmental variables on spore germination and consequences of establishment for understory plant communities and habitat quality. Master’s Thesis, University of Florida, pp. 70. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Plant Database (2017) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8130693a02df40e48" w:history="1">
+      <w:hyperlink r:id="rId83186960ae6d115d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=LYJA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 June 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5153,73 +5153,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4618693a02df40fdd" w:history="1">
+      <w:hyperlink r:id="rId71736960ae6d11768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 261-266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7615693a02df410a6" w:history="1">
+      <w:hyperlink r:id="rId17766960ae6d11837" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12523</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5426,137 +5426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92237758">
+  <w:abstractNum w:abstractNumId="24870930">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32154946">
+    <w:lvl w:ilvl="0" w:tplc="62105775">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32154946" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62105775" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92237757">
+  <w:abstractNum w:abstractNumId="24870929">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71602607">
+    <w:lvl w:ilvl="0" w:tplc="25082888">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6308,55 +6308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92237757">
-    <w:abstractNumId w:val="92237757"/>
+  <w:num w:numId="24870929">
+    <w:abstractNumId w:val="24870929"/>
   </w:num>
-  <w:num w:numId="92237758">
-    <w:abstractNumId w:val="92237758"/>
+  <w:num w:numId="24870930">
+    <w:abstractNumId w:val="24870930"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17906,51 +17906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448480022" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId270946312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5653693a02df3cec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId8258693a02df3cf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId6444693a02df3d71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId3609693a02df3fd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId8895693a02df40082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId4818693a02df400c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId9191693a02df40143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId4820693a02df40181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId2318693a02df40200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId2520693a02df40733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId8120693a02df40a72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId1671693a02df40b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId8130693a02df40e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId4618693a02df40fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7615693a02df410a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId5668693a02df3d5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5668693a02df3d5f6.jpg"/><Relationship Id="rId7261693a02df3eba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7261693a02df3eba0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526971333" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126501732" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11996960ae6d0e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId33416960ae6d0e56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId68356960ae6d0e7bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId39756960ae6d108ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId91736960ae6d10c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId13506960ae6d10c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId48096960ae6d10cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId63596960ae6d10cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId40786960ae6d10d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId44036960ae6d11194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId11256960ae6d11342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId79306960ae6d1141b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId83186960ae6d115d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId71736960ae6d11768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17766960ae6d11837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId36666960ae6d0e688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36666960ae6d0e688.jpg"/><Relationship Id="rId41746960ae6d0f85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41746960ae6d0f85c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>