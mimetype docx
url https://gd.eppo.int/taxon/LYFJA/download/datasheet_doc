--- v4 (2026-01-09)
+++ v5 (2026-02-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese climbing fern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11996960ae6d0e504" w:history="1">
+            <w:hyperlink r:id="rId86036998f7223d329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33416960ae6d0e56d" w:history="1">
+            <w:hyperlink r:id="rId78096998f7223d399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYFJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="95489973" name="name21726960ae6d0e689" descr="4162.jpg"/>
+                  <wp:docPr id="62204261" name="name68826998f7223e61e" descr="4162.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4162.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId36666960ae6d0e688" cstate="print"/>
+                          <a:blip r:embed="rId62726998f7223e616" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId68356960ae6d0e7bd" w:history="1">
+            <w:hyperlink r:id="rId62476998f7223e992" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -964,63 +964,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71281940" name="name56056960ae6d0f85f" descr="LYFJA_distribution_map.jpg"/>
+            <wp:docPr id="30876404" name="name42366998f722403a1" descr="LYFJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYFJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41746960ae6d0f85c" cstate="print"/>
+                    <a:blip r:embed="rId70846998f7224039e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2970,51 +2970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39756960ae6d108ea" w:history="1">
+      <w:hyperlink r:id="rId60826998f72241924" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cabi.org/isc/datasheet/31783</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 February 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,90 +3417,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91736960ae6d10c01" w:history="1">
+      <w:hyperlink r:id="rId60136998f72241d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[acessed on 8 November 2018] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferns of Thailand (2014) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13506960ae6d10c41" w:history="1">
+      <w:hyperlink r:id="rId58726998f72241d59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://rbg-web2.rbge.org.uk/thaiferns/index. htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3533,90 +3533,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1st edn. Florida Exotic Pest Plant Council, Lygodium Task Force, Florida (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China Editorial Committee (2014) Flora of China. Missouri Botanical Garden and Harvard University Herbaria, St. Louis (US) and Cambridge (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48096960ae6d10cc0" w:history="1">
+      <w:hyperlink r:id="rId94066998f72241dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/flora_page.aspx?flora_ id=2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan (2015) Flora of Japan database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63596960ae6d10cff" w:history="1">
+      <w:hyperlink r:id="rId54556998f72241e40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://foj.c.u-tokyo.ac.jp/ gbif/foj/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3649,51 +3649,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Swartz (Pteridophyta: Lygodiaceae). Doctor of Philosophy Dissertation. New York, US: The City University of New York. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Forestry Commission (2011) Does reforestation pay? Loblolly pine for traditional products. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40786960ae6d10d7f" w:history="1">
+      <w:hyperlink r:id="rId30206998f72241ece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacDonald IAW, Reaser JK, Bright C, Neville LE, Howard GW, Murphy SJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2003) Cape Town (ZA): Global Invasive Species Programme, p. 125 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44036960ae6d11194" w:history="1">
+      <w:hyperlink r:id="rId89666998f72242369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gisp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Munger GT (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Fire Effects Information System. USA: USDA Forest Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11256960ae6d11342" w:history="1">
+      <w:hyperlink r:id="rId88026998f72242551" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/plants/ fern/lygspp/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Fact Sheet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. QLD Government, Brisbane (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79306960ae6d1141b" w:history="1">
+      <w:hyperlink r:id="rId93936998f72242660" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weed s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod ium_japonicum.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) propagation and invasion: effect of environmental variables on spore germination and consequences of establishment for understory plant communities and habitat quality. Master’s Thesis, University of Florida, pp. 70. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Plant Database (2017) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83186960ae6d115d1" w:history="1">
+      <w:hyperlink r:id="rId84706998f7224284c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=LYJA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 June 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5175,51 +5175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71736960ae6d11768" w:history="1">
+      <w:hyperlink r:id="rId19186998f72242a14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 261-266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17766960ae6d11837" w:history="1">
+      <w:hyperlink r:id="rId49126998f72242ae3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12523</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5426,137 +5426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24870930">
+  <w:abstractNum w:abstractNumId="15976115">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62105775">
+    <w:lvl w:ilvl="0" w:tplc="20377547">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62105775" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20377547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24870929">
+  <w:abstractNum w:abstractNumId="15976114">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25082888">
+    <w:lvl w:ilvl="0" w:tplc="74148693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6308,55 +6308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24870929">
-    <w:abstractNumId w:val="24870929"/>
+  <w:num w:numId="15976114">
+    <w:abstractNumId w:val="15976114"/>
   </w:num>
-  <w:num w:numId="24870930">
-    <w:abstractNumId w:val="24870930"/>
+  <w:num w:numId="15976115">
+    <w:abstractNumId w:val="15976115"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17906,51 +17906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526971333" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId126501732" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11996960ae6d0e504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId33416960ae6d0e56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId68356960ae6d0e7bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId39756960ae6d108ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId91736960ae6d10c01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId13506960ae6d10c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId48096960ae6d10cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId63596960ae6d10cff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId40786960ae6d10d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId44036960ae6d11194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId11256960ae6d11342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId79306960ae6d1141b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId83186960ae6d115d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId71736960ae6d11768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17766960ae6d11837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId36666960ae6d0e688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36666960ae6d0e688.jpg"/><Relationship Id="rId41746960ae6d0f85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41746960ae6d0f85c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId107711836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367001156" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86036998f7223d329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId78096998f7223d399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId62476998f7223e992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId60826998f72241924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId60136998f72241d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId58726998f72241d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId94066998f72241dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId54556998f72241e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId30206998f72241ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId89666998f72242369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId88026998f72242551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId93936998f72242660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId84706998f7224284c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId19186998f72242a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49126998f72242ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId62726998f7223e616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62726998f7223e616.jpg"/><Relationship Id="rId70846998f7224039e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70846998f7224039e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>