--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Thunberg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Japanese climbing fern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86036998f7223d329" w:history="1">
+            <w:hyperlink r:id="rId476569b3b6dab9bef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78096998f7223d399" w:history="1">
+            <w:hyperlink r:id="rId458769b3b6dab9c57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYFJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-90"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1209600"/>
-                  <wp:docPr id="62204261" name="name68826998f7223e61e" descr="4162.jpg"/>
+                  <wp:docPr id="51414871" name="name899269b3b6daba265" descr="4162.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4162.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62726998f7223e616" cstate="print"/>
+                          <a:blip r:embed="rId326369b3b6daba263" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1209600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62476998f7223e992" w:history="1">
+            <w:hyperlink r:id="rId633069b3b6daba3ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -964,63 +964,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30876404" name="name42366998f722403a1" descr="LYFJA_distribution_map.jpg"/>
+            <wp:docPr id="69987492" name="name523969b3b6dabb820" descr="LYFJA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYFJA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70846998f7224039e" cstate="print"/>
+                    <a:blip r:embed="rId248069b3b6dabb81d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2970,51 +2970,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60826998f72241924" w:history="1">
+      <w:hyperlink r:id="rId572069b3b6dabc6b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cabi.org/isc/datasheet/31783</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 February 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3417,90 +3417,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60136998f72241d06" w:history="1">
+      <w:hyperlink r:id="rId320469b3b6dabc9b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/ </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[acessed on 8 November 2018] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ferns of Thailand (2014) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58726998f72241d59" w:history="1">
+      <w:hyperlink r:id="rId953869b3b6dabc9f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://rbg-web2.rbge.org.uk/thaiferns/index. htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3533,90 +3533,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1st edn. Florida Exotic Pest Plant Council, Lygodium Task Force, Florida (US). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of China Editorial Committee (2014) Flora of China. Missouri Botanical Garden and Harvard University Herbaria, St. Louis (US) and Cambridge (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94066998f72241dfa" w:history="1">
+      <w:hyperlink r:id="rId822669b3b6dabca71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/flora_page.aspx?flora_ id=2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Japan (2015) Flora of Japan database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54556998f72241e40" w:history="1">
+      <w:hyperlink r:id="rId583369b3b6dabcaaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://foj.c.u-tokyo.ac.jp/ gbif/foj/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3649,51 +3649,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Swartz (Pteridophyta: Lygodiaceae). Doctor of Philosophy Dissertation. New York, US: The City University of New York. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia Forestry Commission (2011) Does reforestation pay? Loblolly pine for traditional products. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30206998f72241ece" w:history="1">
+      <w:hyperlink r:id="rId752669b3b6dabcb2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 1 March 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4283,51 +4283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MacDonald IAW, Reaser JK, Bright C, Neville LE, Howard GW, Murphy SJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2003) Cape Town (ZA): Global Invasive Species Programme, p. 125 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89666998f72242369" w:history="1">
+      <w:hyperlink r:id="rId280669b3b6dabcf24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gisp.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4545,51 +4545,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Munger GT (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. Fire Effects Information System. USA: USDA Forest Service. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88026998f72242551" w:history="1">
+      <w:hyperlink r:id="rId499169b3b6dabd0d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fs.fed.us/database/feis/plants/ fern/lygspp/all.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 May 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Fact Sheet: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. QLD Government, Brisbane (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93936998f72242660" w:history="1">
+      <w:hyperlink r:id="rId990269b3b6dabd1b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keyserver.lucidcentral.org/weed s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod ium_japonicum.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 9 May 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4942,51 +4942,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) propagation and invasion: effect of environmental variables on spore germination and consequences of establishment for understory plant communities and habitat quality. Master’s Thesis, University of Florida, pp. 70. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA Plant Database (2017) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84706998f7224284c" w:history="1">
+      <w:hyperlink r:id="rId397969b3b6dabd358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=LYJA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 10 June 2017]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5175,51 +5175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lygodium japonicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19186998f72242a14" w:history="1">
+      <w:hyperlink r:id="rId214069b3b6dabd4dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5295,51 +5295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 261-266. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49126998f72242ae3" w:history="1">
+      <w:hyperlink r:id="rId251169b3b6dabd5a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12523</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5426,137 +5426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15976115">
+  <w:abstractNum w:abstractNumId="23992448">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20377547">
+    <w:lvl w:ilvl="0" w:tplc="34151845">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20377547" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34151845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15976114">
+  <w:abstractNum w:abstractNumId="23992447">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74148693">
+    <w:lvl w:ilvl="0" w:tplc="44990727">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6308,55 +6308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15976114">
-    <w:abstractNumId w:val="15976114"/>
+  <w:num w:numId="23992447">
+    <w:abstractNumId w:val="23992447"/>
   </w:num>
-  <w:num w:numId="15976115">
-    <w:abstractNumId w:val="15976115"/>
+  <w:num w:numId="23992448">
+    <w:abstractNumId w:val="23992448"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17906,51 +17906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId107711836" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367001156" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId86036998f7223d329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId78096998f7223d399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId62476998f7223e992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId60826998f72241924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId60136998f72241d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId58726998f72241d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId94066998f72241dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId54556998f72241e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId30206998f72241ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId89666998f72242369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId88026998f72242551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId93936998f72242660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId84706998f7224284c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId19186998f72242a14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49126998f72242ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId62726998f7223e616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62726998f7223e616.jpg"/><Relationship Id="rId70846998f7224039e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70846998f7224039e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId624292732" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId755993353" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId476569b3b6dab9bef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/" TargetMode="External"/><Relationship Id="rId458769b3b6dab9c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/categorization" TargetMode="External"/><Relationship Id="rId633069b3b6daba3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYFJA/photos" TargetMode="External"/><Relationship Id="rId572069b3b6dabc6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabi.org/isc/datasheet/31783" TargetMode="External"/><Relationship Id="rId320469b3b6dabc9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId953869b3b6dabc9f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rbg-web2.rbge.org.uk/thaiferns/index.%20htm" TargetMode="External"/><Relationship Id="rId822669b3b6dabca71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/flora_page.aspx?flora_%20id=2" TargetMode="External"/><Relationship Id="rId583369b3b6dabcaaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://foj.c.u-tokyo.ac.jp/%20gbif/foj/" TargetMode="External"/><Relationship Id="rId752669b3b6dabcb2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfc.state.ga.us/utilization/economic-impacts/DoesReforestationPayLoblollyPineforTraditionalProducts-Mar2011rev.pdf" TargetMode="External"/><Relationship Id="rId280669b3b6dabcf24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gisp.org" TargetMode="External"/><Relationship Id="rId499169b3b6dabd0d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fs.fed.us/database/feis/plants/%20fern/lygspp/all.html" TargetMode="External"/><Relationship Id="rId990269b3b6dabd1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keyserver.lucidcentral.org/weed%20s/data/03030800-0b07-490a-8d04-0605030c0f01/media/Html/Lygod%20ium_japonicum.htm" TargetMode="External"/><Relationship Id="rId397969b3b6dabd358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=LYJA" TargetMode="External"/><Relationship Id="rId214069b3b6dabd4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId251169b3b6dabd5a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12523" TargetMode="External"/><Relationship Id="rId326369b3b6daba263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId326369b3b6daba263.jpg"/><Relationship Id="rId248069b3b6dabb81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248069b3b6dabb81d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>