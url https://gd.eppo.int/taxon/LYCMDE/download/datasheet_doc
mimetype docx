--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese blistering cicada (US), spot clothing wax cicada, spotted lanternfly (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId588668e5ea3582c8c" w:history="1">
+            <w:hyperlink r:id="rId8097690bbe685da5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId731268e5ea3582cf7" w:history="1">
+            <w:hyperlink r:id="rId2468690bbe685dacb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYCMDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72173368" name="name503368e5ea3583441" descr="3733.jpg"/>
+                  <wp:docPr id="28762084" name="name4139690bbe685e121" descr="3733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId480568e5ea3583440" cstate="print"/>
+                          <a:blip r:embed="rId8687690bbe685e120" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId456568e5ea3583562" w:history="1">
+            <w:hyperlink r:id="rId8468690bbe685e251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -4474,63 +4474,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).  Since then, it has spread through the northeast Mid-Atlantic region of the United States via natural dispersal mechanisms and human assisted transportation.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58879407" name="name493768e5ea3585b2a" descr="LYCMDE_distribution_map.jpg"/>
+            <wp:docPr id="64178930" name="name2437690bbe6860a26" descr="LYCMDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYCMDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId553268e5ea3585b27" cstate="print"/>
+                    <a:blip r:embed="rId8618690bbe6860a23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7576,51 +7576,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520868e5ea35870a5" w:history="1">
+      <w:hyperlink r:id="rId9827690bbe6862226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281–286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harper JK, Stone W, Kelsey TW, &amp; Kime LF (2019) Potential economic impact of the spotted lanternfly on agriculture and forestry in Pennsylvania. Center for Rural Pennsylvania. Harrisburg, Pa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId325768e5ea35871e2" w:history="1">
+      <w:hyperlink r:id="rId1042690bbe686235d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9175,51 +9175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316768e5ea3587ad1" w:history="1">
+      <w:hyperlink r:id="rId9662690bbe6862d39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9232,63 +9232,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69835211" name="name870468e5ea3587f5e" descr="eu_funding_250.png"/>
+            <wp:docPr id="56384757" name="name7908690bbe6862e05" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId207468e5ea3587f5c" cstate="print"/>
+                    <a:blip r:embed="rId5742690bbe6862e04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9386,137 +9386,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18034105">
+  <w:abstractNum w:abstractNumId="61319510">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98569801">
+    <w:lvl w:ilvl="0" w:tplc="25239378">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98569801" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25239378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18034104">
+  <w:abstractNum w:abstractNumId="61319509">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44331799">
+    <w:lvl w:ilvl="0" w:tplc="17640664">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10268,55 +10268,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18034104">
-    <w:abstractNumId w:val="18034104"/>
+  <w:num w:numId="61319509">
+    <w:abstractNumId w:val="61319509"/>
   </w:num>
-  <w:num w:numId="18034105">
-    <w:abstractNumId w:val="18034105"/>
+  <w:num w:numId="61319510">
+    <w:abstractNumId w:val="61319510"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21866,51 +21866,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766200129" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId944403518" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId588668e5ea3582c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId731268e5ea3582cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId456568e5ea3583562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId520868e5ea35870a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId325768e5ea35871e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId316768e5ea3587ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId480568e5ea3583440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId480568e5ea3583440.jpg"/><Relationship Id="rId553268e5ea3585b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553268e5ea3585b27.jpg"/><Relationship Id="rId207468e5ea3587f5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId207468e5ea3587f5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416698863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId733785604" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8097690bbe685da5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId2468690bbe685dacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId8468690bbe685e251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId9827690bbe6862226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId1042690bbe686235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId9662690bbe6862d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8687690bbe685e120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8687690bbe685e120.jpg"/><Relationship Id="rId8618690bbe6860a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8618690bbe6860a23.jpg"/><Relationship Id="rId5742690bbe6862e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5742690bbe6862e04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>