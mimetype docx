--- v1 (2025-11-05)
+++ v2 (2025-12-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese blistering cicada (US), spot clothing wax cicada, spotted lanternfly (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8097690bbe685da5f" w:history="1">
+            <w:hyperlink r:id="rId360269353395a5c79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2468690bbe685dacb" w:history="1">
+            <w:hyperlink r:id="rId889969353395a5ce2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYCMDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28762084" name="name4139690bbe685e121" descr="3733.jpg"/>
+                  <wp:docPr id="66217860" name="name846469353395a638f" descr="3733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8687690bbe685e120" cstate="print"/>
+                          <a:blip r:embed="rId679969353395a638e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8468690bbe685e251" w:history="1">
+            <w:hyperlink r:id="rId498669353395a64a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -4474,63 +4474,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).  Since then, it has spread through the northeast Mid-Atlantic region of the United States via natural dispersal mechanisms and human assisted transportation.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64178930" name="name2437690bbe6860a26" descr="LYCMDE_distribution_map.jpg"/>
+            <wp:docPr id="39912036" name="name208869353395a8dfe" descr="LYCMDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYCMDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8618690bbe6860a23" cstate="print"/>
+                    <a:blip r:embed="rId194869353395a8dfb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7576,51 +7576,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9827690bbe6862226" w:history="1">
+      <w:hyperlink r:id="rId388369353395aa561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281–286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harper JK, Stone W, Kelsey TW, &amp; Kime LF (2019) Potential economic impact of the spotted lanternfly on agriculture and forestry in Pennsylvania. Center for Rural Pennsylvania. Harrisburg, Pa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1042690bbe686235d" w:history="1">
+      <w:hyperlink r:id="rId561769353395aa696" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9175,51 +9175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9662690bbe6862d39" w:history="1">
+      <w:hyperlink r:id="rId480369353395ab052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9232,63 +9232,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56384757" name="name7908690bbe6862e05" descr="eu_funding_250.png"/>
+            <wp:docPr id="53848273" name="name859069353395ab26f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5742690bbe6862e04" cstate="print"/>
+                    <a:blip r:embed="rId885769353395ab26e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9386,137 +9386,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61319510">
+  <w:abstractNum w:abstractNumId="42417433">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25239378">
+    <w:lvl w:ilvl="0" w:tplc="64213026">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25239378" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64213026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61319509">
+  <w:abstractNum w:abstractNumId="42417432">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17640664">
+    <w:lvl w:ilvl="0" w:tplc="57866483">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10268,55 +10268,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61319509">
-    <w:abstractNumId w:val="61319509"/>
+  <w:num w:numId="42417432">
+    <w:abstractNumId w:val="42417432"/>
   </w:num>
-  <w:num w:numId="61319510">
-    <w:abstractNumId w:val="61319510"/>
+  <w:num w:numId="42417433">
+    <w:abstractNumId w:val="42417433"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21866,51 +21866,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId416698863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId733785604" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8097690bbe685da5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId2468690bbe685dacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId8468690bbe685e251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId9827690bbe6862226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId1042690bbe686235d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId9662690bbe6862d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8687690bbe685e120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8687690bbe685e120.jpg"/><Relationship Id="rId8618690bbe6860a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8618690bbe6860a23.jpg"/><Relationship Id="rId5742690bbe6862e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5742690bbe6862e04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId285755964" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182692906" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId360269353395a5c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId889969353395a5ce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId498669353395a64a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId388369353395aa561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId561769353395aa696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId480369353395ab052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId679969353395a638e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679969353395a638e.jpg"/><Relationship Id="rId194869353395a8dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId194869353395a8dfb.jpg"/><Relationship Id="rId885769353395ab26e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId885769353395ab26e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>