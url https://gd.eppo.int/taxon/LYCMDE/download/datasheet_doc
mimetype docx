--- v2 (2025-12-07)
+++ v3 (2026-02-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese blistering cicada (US), spot clothing wax cicada, spotted lanternfly (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360269353395a5c79" w:history="1">
+            <w:hyperlink r:id="rId258169831603433f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId889969353395a5ce2" w:history="1">
+            <w:hyperlink r:id="rId4424698316034345e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYCMDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66217860" name="name846469353395a638f" descr="3733.jpg"/>
+                  <wp:docPr id="31084474" name="name31486983160343546" descr="3733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId679969353395a638e" cstate="print"/>
+                          <a:blip r:embed="rId77356983160343544" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId498669353395a64a9" w:history="1">
+            <w:hyperlink r:id="rId17406983160343670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -4474,63 +4474,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).  Since then, it has spread through the northeast Mid-Atlantic region of the United States via natural dispersal mechanisms and human assisted transportation.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39912036" name="name208869353395a8dfe" descr="LYCMDE_distribution_map.jpg"/>
+            <wp:docPr id="79756255" name="name76886983160345d96" descr="LYCMDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYCMDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId194869353395a8dfb" cstate="print"/>
+                    <a:blip r:embed="rId76226983160345d93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7576,51 +7576,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388369353395aa561" w:history="1">
+      <w:hyperlink r:id="rId51516983160347359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281–286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harper JK, Stone W, Kelsey TW, &amp; Kime LF (2019) Potential economic impact of the spotted lanternfly on agriculture and forestry in Pennsylvania. Center for Rural Pennsylvania. Harrisburg, Pa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561769353395aa696" w:history="1">
+      <w:hyperlink r:id="rId469169831603474b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9153,73 +9153,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480369353395ab052" w:history="1">
+      <w:hyperlink r:id="rId82146983160347ed6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9232,63 +9232,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53848273" name="name859069353395ab26f" descr="eu_funding_250.png"/>
+            <wp:docPr id="48123017" name="name40816983160347f73" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId885769353395ab26e" cstate="print"/>
+                    <a:blip r:embed="rId16036983160347f72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9386,137 +9386,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42417433">
+  <w:abstractNum w:abstractNumId="36514086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64213026">
+    <w:lvl w:ilvl="0" w:tplc="34775833">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64213026" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34775833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42417432">
+  <w:abstractNum w:abstractNumId="36514085">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57866483">
+    <w:lvl w:ilvl="0" w:tplc="26705986">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10268,55 +10268,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42417432">
-    <w:abstractNumId w:val="42417432"/>
+  <w:num w:numId="36514085">
+    <w:abstractNumId w:val="36514085"/>
   </w:num>
-  <w:num w:numId="42417433">
-    <w:abstractNumId w:val="42417433"/>
+  <w:num w:numId="36514086">
+    <w:abstractNumId w:val="36514086"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21866,51 +21866,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId285755964" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182692906" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId360269353395a5c79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId889969353395a5ce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId498669353395a64a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId388369353395aa561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId561769353395aa696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId480369353395ab052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId679969353395a638e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679969353395a638e.jpg"/><Relationship Id="rId194869353395a8dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId194869353395a8dfb.jpg"/><Relationship Id="rId885769353395ab26e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId885769353395ab26e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId403168880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId752475859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId258169831603433f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId4424698316034345e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId17406983160343670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId51516983160347359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId469169831603474b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId82146983160347ed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77356983160343544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77356983160343544.jpg"/><Relationship Id="rId76226983160345d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76226983160345d93.jpg"/><Relationship Id="rId16036983160347f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16036983160347f72.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>