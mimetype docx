--- v3 (2026-02-04)
+++ v4 (2026-03-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese blistering cicada (US), spot clothing wax cicada, spotted lanternfly (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258169831603433f2" w:history="1">
+            <w:hyperlink r:id="rId666969a6c6f8b80cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4424698316034345e" w:history="1">
+            <w:hyperlink r:id="rId687469a6c6f8b8136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYCMDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31084474" name="name31486983160343546" descr="3733.jpg"/>
+                  <wp:docPr id="8650103" name="name315469a6c6f8b89c2" descr="3733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId77356983160343544" cstate="print"/>
+                          <a:blip r:embed="rId536969a6c6f8b89c0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId17406983160343670" w:history="1">
+            <w:hyperlink r:id="rId298669a6c6f8b8ae1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -4474,63 +4474,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).  Since then, it has spread through the northeast Mid-Atlantic region of the United States via natural dispersal mechanisms and human assisted transportation.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79756255" name="name76886983160345d96" descr="LYCMDE_distribution_map.jpg"/>
+            <wp:docPr id="32196876" name="name786169a6c6f8bb149" descr="LYCMDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYCMDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76226983160345d93" cstate="print"/>
+                    <a:blip r:embed="rId328369a6c6f8bb145" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7576,51 +7576,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51516983160347359" w:history="1">
+      <w:hyperlink r:id="rId626869a6c6f8bcd21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281–286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harper JK, Stone W, Kelsey TW, &amp; Kime LF (2019) Potential economic impact of the spotted lanternfly on agriculture and forestry in Pennsylvania. Center for Rural Pennsylvania. Harrisburg, Pa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469169831603474b2" w:history="1">
+      <w:hyperlink r:id="rId284369a6c6f8bce5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9175,51 +9175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82146983160347ed6" w:history="1">
+      <w:hyperlink r:id="rId308569a6c6f8bd961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9232,63 +9232,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48123017" name="name40816983160347f73" descr="eu_funding_250.png"/>
+            <wp:docPr id="38572743" name="name113469a6c6f8bda25" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16036983160347f72" cstate="print"/>
+                    <a:blip r:embed="rId211269a6c6f8bda24" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9386,137 +9386,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36514086">
+  <w:abstractNum w:abstractNumId="56120300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34775833">
+    <w:lvl w:ilvl="0" w:tplc="17187940">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34775833" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17187940" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36514085">
+  <w:abstractNum w:abstractNumId="56120299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26705986">
+    <w:lvl w:ilvl="0" w:tplc="55486716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10268,55 +10268,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36514085">
-    <w:abstractNumId w:val="36514085"/>
+  <w:num w:numId="56120299">
+    <w:abstractNumId w:val="56120299"/>
   </w:num>
-  <w:num w:numId="36514086">
-    <w:abstractNumId w:val="36514086"/>
+  <w:num w:numId="56120300">
+    <w:abstractNumId w:val="56120300"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21866,51 +21866,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId403168880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId752475859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId258169831603433f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId4424698316034345e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId17406983160343670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId51516983160347359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId469169831603474b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId82146983160347ed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77356983160343544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77356983160343544.jpg"/><Relationship Id="rId76226983160345d93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76226983160345d93.jpg"/><Relationship Id="rId16036983160347f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16036983160347f72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271324332" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187207934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId666969a6c6f8b80cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId687469a6c6f8b8136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId298669a6c6f8b8ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId626869a6c6f8bcd21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId284369a6c6f8bce5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId308569a6c6f8bd961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId536969a6c6f8b89c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536969a6c6f8b89c0.jpg"/><Relationship Id="rId328369a6c6f8bb145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328369a6c6f8bb145.jpg"/><Relationship Id="rId211269a6c6f8bda24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211269a6c6f8bda24.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>