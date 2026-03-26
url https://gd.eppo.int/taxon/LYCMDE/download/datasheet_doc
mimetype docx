--- v4 (2026-03-03)
+++ v5 (2026-03-26)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chinese blistering cicada (US), spot clothing wax cicada, spotted lanternfly (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId666969a6c6f8b80cf" w:history="1">
+            <w:hyperlink r:id="rId934069c58e394e92d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId687469a6c6f8b8136" w:history="1">
+            <w:hyperlink r:id="rId649769c58e394e998" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> LYCMDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8650103" name="name315469a6c6f8b89c2" descr="3733.jpg"/>
+                  <wp:docPr id="31958747" name="name877369c58e394eaa4" descr="3733.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3733.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId536969a6c6f8b89c0" cstate="print"/>
+                          <a:blip r:embed="rId403769c58e394eaa2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId298669a6c6f8b8ae1" w:history="1">
+            <w:hyperlink r:id="rId513369c58e394ebcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -4474,63 +4474,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014).  Since then, it has spread through the northeast Mid-Atlantic region of the United States via natural dispersal mechanisms and human assisted transportation.    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32196876" name="name786169a6c6f8bb149" descr="LYCMDE_distribution_map.jpg"/>
+            <wp:docPr id="9706449" name="name794369c58e3951309" descr="LYCMDE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="LYCMDE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId328369a6c6f8bb145" cstate="print"/>
+                    <a:blip r:embed="rId360569c58e3951305" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7576,51 +7576,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2016) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626869a6c6f8bcd21" w:history="1">
+      <w:hyperlink r:id="rId764169c58e39528ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7762,51 +7762,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281–286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harper JK, Stone W, Kelsey TW, &amp; Kime LF (2019) Potential economic impact of the spotted lanternfly on agriculture and forestry in Pennsylvania. Center for Rural Pennsylvania. Harrisburg, Pa. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284369a6c6f8bce5f" w:history="1">
+      <w:hyperlink r:id="rId113669c58e3952a3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9175,51 +9175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lycorma delicatula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308569a6c6f8bd961" w:history="1">
+      <w:hyperlink r:id="rId625569c58e3953379" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9232,63 +9232,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38572743" name="name113469a6c6f8bda25" descr="eu_funding_250.png"/>
+            <wp:docPr id="37324668" name="name536969c58e3953440" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId211269a6c6f8bda24" cstate="print"/>
+                    <a:blip r:embed="rId576069c58e395343f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9386,137 +9386,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56120300">
+  <w:abstractNum w:abstractNumId="94802018">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17187940">
+    <w:lvl w:ilvl="0" w:tplc="49152847">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17187940" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49152847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56120299">
+  <w:abstractNum w:abstractNumId="94802017">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55486716">
+    <w:lvl w:ilvl="0" w:tplc="19122485">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10268,55 +10268,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56120299">
-    <w:abstractNumId w:val="56120299"/>
+  <w:num w:numId="94802017">
+    <w:abstractNumId w:val="94802017"/>
   </w:num>
-  <w:num w:numId="56120300">
-    <w:abstractNumId w:val="56120300"/>
+  <w:num w:numId="94802018">
+    <w:abstractNumId w:val="94802018"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21866,51 +21866,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271324332" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId187207934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId666969a6c6f8b80cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId687469a6c6f8b8136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId298669a6c6f8b8ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId626869a6c6f8bcd21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId284369a6c6f8bce5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId308569a6c6f8bd961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId536969a6c6f8b89c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536969a6c6f8b89c0.jpg"/><Relationship Id="rId328369a6c6f8bb145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328369a6c6f8bb145.jpg"/><Relationship Id="rId211269a6c6f8bda24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId211269a6c6f8bda24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448590734" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId232808554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId934069c58e394e92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/" TargetMode="External"/><Relationship Id="rId649769c58e394e998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/categorization" TargetMode="External"/><Relationship Id="rId513369c58e394ebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/LYCMDE/photos" TargetMode="External"/><Relationship Id="rId764169c58e39528ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId113669c58e3952a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rural.palegislature.us/documents/reports/Spotted-Lanternfly-2019.pdf" TargetMode="External"/><Relationship Id="rId625569c58e3953379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId403769c58e394eaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId403769c58e394eaa2.jpg"/><Relationship Id="rId360569c58e3951305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId360569c58e3951305.jpg"/><Relationship Id="rId576069c58e395343f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId576069c58e395343f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>